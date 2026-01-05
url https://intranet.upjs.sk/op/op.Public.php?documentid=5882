--- v0 (2025-11-05)
+++ v1 (2026-01-05)
@@ -1,102 +1,99 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28623"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\monika.salachova\Desktop\VYKAZY\TELEFONY\MOBILY\mobily-WEB\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{BCE03A1F-175A-4B69-AC52-85DEF23B08AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{071CEBEE-BA79-40E4-9B30-CE41E622DE79}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Rektorát a UP 2025 " sheetId="15" r:id="rId1"/>
+    <sheet name="Rektorát a UP 2025 " sheetId="16" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="400" uniqueCount="299">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="294">
   <si>
     <t>P.č.</t>
   </si>
   <si>
     <t>Priezvisko</t>
   </si>
   <si>
     <t>Meno</t>
   </si>
   <si>
     <t>číslo mobilu</t>
   </si>
   <si>
     <t>Rektorát</t>
   </si>
   <si>
     <t>ŠDaJ</t>
   </si>
   <si>
-    <t>Karol</t>
-[...1 lines deleted...]
-  <si>
     <t>Adamčíková</t>
   </si>
   <si>
     <t>Iveta</t>
   </si>
   <si>
     <t>Mária</t>
   </si>
   <si>
     <t>Kovalčík</t>
   </si>
   <si>
     <t>Ján</t>
   </si>
   <si>
     <t>Peter</t>
   </si>
   <si>
     <t>Jaroslav</t>
   </si>
   <si>
     <t>Bujňáková</t>
   </si>
   <si>
     <t>Maroš</t>
@@ -140,80 +137,74 @@
   <si>
     <t>Fridmanová</t>
   </si>
   <si>
     <t>Andrea</t>
   </si>
   <si>
     <t>Gregorek</t>
   </si>
   <si>
     <t>Róbert</t>
   </si>
   <si>
     <t>Kelbel</t>
   </si>
   <si>
     <t>Lengyelová</t>
   </si>
   <si>
     <t>Lenka</t>
   </si>
   <si>
     <t>Jozef</t>
   </si>
   <si>
-    <t>Lišková</t>
-[...1 lines deleted...]
-  <si>
     <t>Renáta</t>
   </si>
   <si>
     <t xml:space="preserve">Lučanská </t>
   </si>
   <si>
     <t>Suvák</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t xml:space="preserve">Lukáčová </t>
   </si>
   <si>
     <t>vrátnica</t>
   </si>
   <si>
     <t>UK UPJŠ</t>
   </si>
   <si>
     <t>Marek</t>
   </si>
   <si>
-    <t>Matušovičová</t>
-[...1 lines deleted...]
-  <si>
     <t>Eva</t>
   </si>
   <si>
     <t>Medviďová</t>
   </si>
   <si>
     <t>CIaKT</t>
   </si>
   <si>
     <t>Lipták</t>
   </si>
   <si>
     <t>Milan</t>
   </si>
   <si>
     <t>Baranko</t>
   </si>
   <si>
     <t>Miroslav</t>
   </si>
   <si>
     <t>Pavol</t>
   </si>
   <si>
     <t>Hutňan</t>
@@ -281,53 +272,50 @@
   <si>
     <t>vrátnica Šrobárova</t>
   </si>
   <si>
     <t>Čipkár</t>
   </si>
   <si>
     <t>Popovič</t>
   </si>
   <si>
     <t>Marián</t>
   </si>
   <si>
     <t>Maligda</t>
   </si>
   <si>
     <t>Jana</t>
   </si>
   <si>
     <t>UVZ Danišovce</t>
   </si>
   <si>
     <t>Sidorová</t>
   </si>
   <si>
-    <t>Renata</t>
-[...1 lines deleted...]
-  <si>
     <t>Štofová</t>
   </si>
   <si>
     <t>Mareková</t>
   </si>
   <si>
     <t>Jarčuška</t>
   </si>
   <si>
     <t>Ručinská</t>
   </si>
   <si>
     <t>Silvia</t>
   </si>
   <si>
     <t>Dušan</t>
   </si>
   <si>
     <t>Tkáč</t>
   </si>
   <si>
     <t>Michal</t>
   </si>
   <si>
     <t>Šveda</t>
@@ -401,53 +389,50 @@
   <si>
     <t>vrátnica-Medická 6</t>
   </si>
   <si>
     <t>vrátnica-Medická 4</t>
   </si>
   <si>
     <t>vrátnica-Popradská 76</t>
   </si>
   <si>
     <t>vrátnica-Popradská 66</t>
   </si>
   <si>
     <t>Čorňaková</t>
   </si>
   <si>
     <t>Helfen</t>
   </si>
   <si>
     <t xml:space="preserve">Pavúk </t>
   </si>
   <si>
     <t>Štefan</t>
   </si>
   <si>
-    <t>Šamko</t>
-[...1 lines deleted...]
-  <si>
     <t>Lukačková</t>
   </si>
   <si>
     <t>Irina</t>
   </si>
   <si>
     <t>Bajusová</t>
   </si>
   <si>
     <t>Henrieta</t>
   </si>
   <si>
     <t>Herceg</t>
   </si>
   <si>
     <t>Slavko</t>
   </si>
   <si>
     <t>Ivan</t>
   </si>
   <si>
     <t xml:space="preserve">Szczecinová </t>
   </si>
   <si>
     <t>Kuchta</t>
@@ -461,53 +446,50 @@
   <si>
     <t>Slavomír</t>
   </si>
   <si>
     <t>Tomáš</t>
   </si>
   <si>
     <t>Jánošíková</t>
   </si>
   <si>
     <t>Vitko</t>
   </si>
   <si>
     <t>René</t>
   </si>
   <si>
     <t>Malachovská</t>
   </si>
   <si>
     <t>Dávid</t>
   </si>
   <si>
     <t>Forgáč</t>
   </si>
   <si>
-    <t>Mercinery</t>
-[...1 lines deleted...]
-  <si>
     <t>Vladimír</t>
   </si>
   <si>
     <t>Mocnej</t>
   </si>
   <si>
     <t>Imrich</t>
   </si>
   <si>
     <t>Kováčová</t>
   </si>
   <si>
     <t>správa siete 1</t>
   </si>
   <si>
     <t>správa siete 2</t>
   </si>
   <si>
     <t>Berezňáková</t>
   </si>
   <si>
     <t>Hyrošová</t>
   </si>
   <si>
     <t>Martina</t>
@@ -653,74 +635,68 @@
   <si>
     <t>Kačalová</t>
   </si>
   <si>
     <t>Michaela</t>
   </si>
   <si>
     <t xml:space="preserve">Franková </t>
   </si>
   <si>
     <t xml:space="preserve">Vranayová </t>
   </si>
   <si>
     <t>Šenk</t>
   </si>
   <si>
     <t>948 875 693</t>
   </si>
   <si>
     <t>Huličová</t>
   </si>
   <si>
     <t>Lucia</t>
   </si>
   <si>
-    <t>Jaklovský</t>
-[...1 lines deleted...]
-  <si>
     <t>jedáleň Jesenná 5</t>
   </si>
   <si>
     <t>Ladislav</t>
   </si>
   <si>
     <t>Uličný</t>
   </si>
   <si>
     <t xml:space="preserve">Vešmídová </t>
   </si>
   <si>
     <t>Ondová</t>
   </si>
   <si>
     <t>Šemrák</t>
   </si>
   <si>
-    <t>Pezlar</t>
-[...1 lines deleted...]
-  <si>
     <t>Kaťuchová</t>
   </si>
   <si>
     <t xml:space="preserve">948 893 166 </t>
   </si>
   <si>
     <t>Halánová</t>
   </si>
   <si>
     <t>Elbert</t>
   </si>
   <si>
     <t>Štark</t>
   </si>
   <si>
     <t>Daniel</t>
   </si>
   <si>
     <t>Štromp</t>
   </si>
   <si>
     <t>náhrad. vodič</t>
   </si>
   <si>
     <t>Pella</t>
@@ -734,53 +710,50 @@
   <si>
     <t>948 071 498</t>
   </si>
   <si>
     <t>948 071 496</t>
   </si>
   <si>
     <t>Oriňaková</t>
   </si>
   <si>
     <t>Filčáková</t>
   </si>
   <si>
     <t>Miriama</t>
   </si>
   <si>
     <t>Hofierka</t>
   </si>
   <si>
     <t>Kudla</t>
   </si>
   <si>
     <t>Hrabár</t>
   </si>
   <si>
-    <t>Balogová</t>
-[...1 lines deleted...]
-  <si>
     <t>Adámy</t>
   </si>
   <si>
     <t>Patrik</t>
   </si>
   <si>
     <t>Oravcová</t>
   </si>
   <si>
     <t>Naď</t>
   </si>
   <si>
     <t>Norbert</t>
   </si>
   <si>
     <t>Kozáková</t>
   </si>
   <si>
     <t>Derjaninová</t>
   </si>
   <si>
     <t>Hubeňáková</t>
   </si>
   <si>
     <t>Neubauer</t>
@@ -791,110 +764,101 @@
   <si>
     <t>Viktoriya</t>
   </si>
   <si>
     <t>Horváthová</t>
   </si>
   <si>
     <t xml:space="preserve">Šebeš </t>
   </si>
   <si>
     <t>Alfréd</t>
   </si>
   <si>
     <t xml:space="preserve">948 207 258 </t>
   </si>
   <si>
     <t>Pavlovská</t>
   </si>
   <si>
     <t>Bernáth</t>
   </si>
   <si>
     <t>MŠ UPJŠ</t>
   </si>
   <si>
-    <t>Kusko</t>
-[...1 lines deleted...]
-  <si>
     <t>Tkáčová</t>
   </si>
   <si>
     <t>Gbúr</t>
   </si>
   <si>
     <t>Dubňanská</t>
   </si>
   <si>
     <t>Nina</t>
   </si>
   <si>
     <t>Nigutová</t>
   </si>
   <si>
     <t xml:space="preserve">Štovčik </t>
   </si>
   <si>
     <t>Filipová</t>
   </si>
   <si>
     <t>Szattlerová</t>
   </si>
   <si>
     <t>Krasnovská</t>
   </si>
   <si>
-    <t>Loziňáková</t>
-[...1 lines deleted...]
-  <si>
     <t>Slávka</t>
   </si>
   <si>
     <t>Kolbaská</t>
   </si>
   <si>
     <t>Tomaščíková</t>
   </si>
   <si>
     <t>Orosová</t>
   </si>
   <si>
     <t>materská škola</t>
   </si>
   <si>
     <t>Dohovičová</t>
   </si>
   <si>
     <t>Bačíková</t>
   </si>
   <si>
     <t>Majcher</t>
   </si>
   <si>
-    <t>Trnková</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Krejzová </t>
   </si>
   <si>
     <t>Jarmila</t>
   </si>
   <si>
     <t xml:space="preserve">Semešová </t>
   </si>
   <si>
     <t>Macáková</t>
   </si>
   <si>
     <t>Navalenko</t>
   </si>
   <si>
     <t>Zdenek</t>
   </si>
   <si>
     <t>Bujňák</t>
   </si>
   <si>
     <t>Oravec</t>
   </si>
   <si>
     <t>Vincent</t>
@@ -927,90 +891,117 @@
     <t>Pravec</t>
   </si>
   <si>
     <t xml:space="preserve">Bodnárová </t>
   </si>
   <si>
     <t>Natália</t>
   </si>
   <si>
     <t>Štefancová</t>
   </si>
   <si>
     <t>Ingrida</t>
   </si>
   <si>
     <t>Porhinčáková Hudáková</t>
   </si>
   <si>
     <t>Obušeková</t>
   </si>
   <si>
     <t>Darina</t>
   </si>
   <si>
     <t xml:space="preserve">Pizňak </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Zakuťanská </t>
+  </si>
+  <si>
+    <t>Takáč</t>
+  </si>
+  <si>
+    <t>Barbora</t>
+  </si>
+  <si>
+    <t>Macej</t>
+  </si>
+  <si>
+    <t>Géci</t>
+  </si>
+  <si>
+    <t>Tatiana</t>
+  </si>
+  <si>
+    <t>Görčöšová</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="3" x14ac:knownFonts="1">
+  <fonts count="4" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
+      <name val="Arial"/>
+      <family val="2"/>
+      <charset val="238"/>
+    </font>
+    <font>
+      <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="25">
+  <borders count="23">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
@@ -1195,200 +1186,169 @@
         <color theme="0" tint="-0.14999847407452621"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right/>
-[...9 lines deleted...]
-      <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left/>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </right>
+      <top style="thin">
         <color indexed="64"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
+      <diagonal/>
+    </border>
+    <border>
+      <left style="thin">
+        <color indexed="64"/>
+      </left>
+      <right style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
       </right>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
-      <bottom style="thin">
-[...32 lines deleted...]
-      </bottom>
+      <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="82">
+  <cellXfs count="85">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="2" borderId="1" xfId="0" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
-[...4 lines deleted...]
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="49" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
@@ -1404,125 +1364,151 @@
     <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="11" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="14" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="15" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1"/>
-[...15 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="20" xfId="0" applyBorder="1"/>
-[...16 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normálna" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -1790,2938 +1776,2855 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{558DDBF9-DFBF-4476-8AB5-C0E88D7CAC7D}">
-  <dimension ref="A1:O130"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F3D6B08-E457-43FB-A1A3-D3A7070AA950}">
+  <dimension ref="A1:O125"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A89" zoomScale="106" zoomScaleNormal="106" workbookViewId="0">
-      <selection activeCell="H126" sqref="H126"/>
+    <sheetView tabSelected="1" topLeftCell="A77" zoomScale="106" zoomScaleNormal="106" workbookViewId="0">
+      <selection activeCell="L108" sqref="L108"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.140625" customWidth="1"/>
     <col min="2" max="2" width="23" customWidth="1"/>
     <col min="3" max="3" width="14.7109375" customWidth="1"/>
     <col min="4" max="4" width="17" customWidth="1"/>
     <col min="7" max="7" width="5.140625" customWidth="1"/>
     <col min="8" max="8" width="26.5703125" customWidth="1"/>
     <col min="9" max="9" width="14.7109375" customWidth="1"/>
     <col min="10" max="10" width="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="7" t="s">
+      <c r="B1" s="6" t="s">
         <v>1</v>
       </c>
-      <c r="C1" s="7" t="s">
+      <c r="C1" s="6" t="s">
         <v>2</v>
       </c>
-      <c r="D1" s="7" t="s">
+      <c r="D1" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="G1" s="21"/>
-[...4 lines deleted...]
-      <c r="J1" s="9"/>
+      <c r="G1" s="19"/>
+      <c r="H1" s="20" t="s">
+        <v>26</v>
+      </c>
+      <c r="I1" s="8"/>
+      <c r="J1" s="8"/>
     </row>
     <row r="2" spans="1:10" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
-      <c r="G2" s="21">
+      <c r="G2" s="19">
+        <v>116</v>
+      </c>
+      <c r="H2" s="8" t="s">
+        <v>155</v>
+      </c>
+      <c r="I2" s="8" t="s">
+        <v>156</v>
+      </c>
+      <c r="J2" s="18">
+        <v>940983928</v>
+      </c>
+    </row>
+    <row r="3" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A3" s="23">
+        <v>1</v>
+      </c>
+      <c r="B3" s="22" t="s">
+        <v>226</v>
+      </c>
+      <c r="C3" s="22" t="s">
+        <v>227</v>
+      </c>
+      <c r="D3" s="13">
+        <v>948306274</v>
+      </c>
+      <c r="G3" s="19">
+        <v>117</v>
+      </c>
+      <c r="H3" s="8" t="s">
+        <v>157</v>
+      </c>
+      <c r="I3" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="J3" s="18">
+        <v>940983931</v>
+      </c>
+    </row>
+    <row r="4" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A4" s="23">
+        <v>2</v>
+      </c>
+      <c r="B4" s="22" t="s">
+        <v>279</v>
+      </c>
+      <c r="C4" s="22" t="s">
+        <v>280</v>
+      </c>
+      <c r="D4" s="13">
+        <v>940630356</v>
+      </c>
+      <c r="G4" s="19">
+        <v>118</v>
+      </c>
+      <c r="H4" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="I4" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="J4" s="18">
+        <v>940983929</v>
+      </c>
+    </row>
+    <row r="5" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A5" s="23">
+        <v>3</v>
+      </c>
+      <c r="B5" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C5" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D5" s="9">
+        <v>907945470</v>
+      </c>
+      <c r="G5" s="19">
+        <v>119</v>
+      </c>
+      <c r="H5" s="8" t="s">
+        <v>242</v>
+      </c>
+      <c r="I5" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J5" s="18">
+        <v>948207586</v>
+      </c>
+    </row>
+    <row r="6" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A6" s="23">
+        <v>4</v>
+      </c>
+      <c r="B6" s="7" t="s">
+        <v>69</v>
+      </c>
+      <c r="C6" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D6" s="9">
+        <v>915978085</v>
+      </c>
+      <c r="G6" s="19">
+        <v>120</v>
+      </c>
+      <c r="H6" s="8" t="s">
+        <v>160</v>
+      </c>
+      <c r="I6" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J6" s="18">
+        <v>940983930</v>
+      </c>
+    </row>
+    <row r="7" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A7" s="23">
+        <v>5</v>
+      </c>
+      <c r="B7" s="7" t="s">
+        <v>73</v>
+      </c>
+      <c r="C7" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D7" s="9">
+        <v>918645253</v>
+      </c>
+      <c r="G7" s="19">
         <v>121</v>
       </c>
-      <c r="H2" s="9" t="s">
+      <c r="H7" s="8" t="s">
         <v>161</v>
       </c>
-      <c r="I2" s="9" t="s">
+      <c r="I7" s="8" t="s">
         <v>162</v>
       </c>
-      <c r="J2" s="20">
-[...7 lines deleted...]
-      <c r="B3" s="24" t="s">
+      <c r="J7" s="18">
+        <v>940983932</v>
+      </c>
+    </row>
+    <row r="8" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A8" s="23">
+        <v>6</v>
+      </c>
+      <c r="B8" s="7" t="s">
+        <v>115</v>
+      </c>
+      <c r="C8" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D8" s="9">
+        <v>948875694</v>
+      </c>
+      <c r="G8" s="19">
+        <v>122</v>
+      </c>
+      <c r="H8" s="8" t="s">
+        <v>267</v>
+      </c>
+      <c r="I8" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="J8" s="18">
+        <v>940983940</v>
+      </c>
+    </row>
+    <row r="9" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A9" s="23">
+        <v>7</v>
+      </c>
+      <c r="B9" s="7" t="s">
+        <v>15</v>
+      </c>
+      <c r="C9" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D9" s="9">
+        <v>905580475</v>
+      </c>
+      <c r="G9" s="19">
+        <v>123</v>
+      </c>
+      <c r="H9" s="8" t="s">
+        <v>163</v>
+      </c>
+      <c r="I9" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="J9" s="18">
+        <v>940983934</v>
+      </c>
+    </row>
+    <row r="10" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A10" s="23">
+        <v>8</v>
+      </c>
+      <c r="B10" s="7" t="s">
+        <v>136</v>
+      </c>
+      <c r="C10" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D10" s="9">
+        <v>948875678</v>
+      </c>
+      <c r="G10" s="19">
+        <v>124</v>
+      </c>
+      <c r="H10" s="8" t="s">
+        <v>27</v>
+      </c>
+      <c r="I10" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="J10" s="18">
+        <v>917137463</v>
+      </c>
+    </row>
+    <row r="11" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A11" s="23">
+        <v>9</v>
+      </c>
+      <c r="B11" s="7" t="s">
+        <v>210</v>
+      </c>
+      <c r="C11" s="7" t="s">
+        <v>162</v>
+      </c>
+      <c r="D11" s="9">
+        <v>948068936</v>
+      </c>
+      <c r="G11" s="19">
+        <v>125</v>
+      </c>
+      <c r="H11" s="8" t="s">
+        <v>164</v>
+      </c>
+      <c r="I11" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="J11" s="18">
+        <v>940983936</v>
+      </c>
+    </row>
+    <row r="12" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A12" s="23">
+        <v>10</v>
+      </c>
+      <c r="B12" s="7" t="s">
+        <v>250</v>
+      </c>
+      <c r="C12" s="7" t="s">
+        <v>16</v>
+      </c>
+      <c r="D12" s="9">
+        <v>948209690</v>
+      </c>
+      <c r="G12" s="19">
+        <v>126</v>
+      </c>
+      <c r="H12" s="8" t="s">
+        <v>29</v>
+      </c>
+      <c r="I12" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="J12" s="18">
+        <v>905427318</v>
+      </c>
+    </row>
+    <row r="13" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A13" s="23">
+        <v>11</v>
+      </c>
+      <c r="B13" s="7" t="s">
+        <v>137</v>
+      </c>
+      <c r="C13" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D13" s="9">
+        <v>948907270</v>
+      </c>
+      <c r="G13" s="19">
+        <v>127</v>
+      </c>
+      <c r="H13" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="I13" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="J13" s="18">
+        <v>940983937</v>
+      </c>
+    </row>
+    <row r="14" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A14" s="23">
+        <v>12</v>
+      </c>
+      <c r="B14" s="7" t="s">
+        <v>195</v>
+      </c>
+      <c r="C14" s="7" t="s">
+        <v>62</v>
+      </c>
+      <c r="D14" s="9">
+        <v>915727489</v>
+      </c>
+      <c r="G14" s="19">
+        <v>128</v>
+      </c>
+      <c r="H14" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="I14" s="8" t="s">
+        <v>70</v>
+      </c>
+      <c r="J14" s="18">
+        <v>940983939</v>
+      </c>
+    </row>
+    <row r="15" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A15" s="23">
+        <v>13</v>
+      </c>
+      <c r="B15" s="7" t="s">
+        <v>188</v>
+      </c>
+      <c r="C15" s="7" t="s">
+        <v>34</v>
+      </c>
+      <c r="D15" s="9">
+        <v>907998245</v>
+      </c>
+      <c r="G15" s="19">
+        <v>129</v>
+      </c>
+      <c r="H15" s="8" t="s">
+        <v>145</v>
+      </c>
+      <c r="I15" s="8" t="s">
+        <v>146</v>
+      </c>
+      <c r="J15" s="18">
+        <v>905295767</v>
+      </c>
+    </row>
+    <row r="16" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A16" s="23">
+        <v>14</v>
+      </c>
+      <c r="B16" s="7" t="s">
+        <v>19</v>
+      </c>
+      <c r="C16" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D16" s="9">
+        <v>918640816</v>
+      </c>
+      <c r="G16" s="19">
+        <v>130</v>
+      </c>
+      <c r="H16" s="14" t="s">
+        <v>167</v>
+      </c>
+      <c r="I16" s="14" t="s">
+        <v>54</v>
+      </c>
+      <c r="J16" s="13">
+        <v>940983941</v>
+      </c>
+    </row>
+    <row r="17" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A17" s="23">
+        <v>15</v>
+      </c>
+      <c r="B17" s="7" t="s">
+        <v>245</v>
+      </c>
+      <c r="C17" s="7" t="s">
+        <v>10</v>
+      </c>
+      <c r="D17" s="9">
+        <v>915885378</v>
+      </c>
+      <c r="G17" s="19">
+        <v>131</v>
+      </c>
+      <c r="H17" s="14" t="s">
+        <v>168</v>
+      </c>
+      <c r="I17" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="J17" s="13">
+        <v>940983942</v>
+      </c>
+    </row>
+    <row r="18" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A18" s="23">
+        <v>16</v>
+      </c>
+      <c r="B18" s="7" t="s">
+        <v>291</v>
+      </c>
+      <c r="C18" s="7" t="s">
+        <v>227</v>
+      </c>
+      <c r="D18" s="9">
+        <v>948603996</v>
+      </c>
+      <c r="G18" s="19">
+        <v>132</v>
+      </c>
+      <c r="H18" s="8" t="s">
+        <v>31</v>
+      </c>
+      <c r="I18" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="J18" s="18">
+        <v>917602193</v>
+      </c>
+    </row>
+    <row r="19" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A19" s="23">
+        <v>17</v>
+      </c>
+      <c r="B19" s="7" t="s">
+        <v>293</v>
+      </c>
+      <c r="C19" s="7" t="s">
+        <v>292</v>
+      </c>
+      <c r="D19" s="9">
+        <v>917650828</v>
+      </c>
+      <c r="G19" s="19">
+        <v>133</v>
+      </c>
+      <c r="H19" s="14" t="s">
+        <v>170</v>
+      </c>
+      <c r="I19" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="J19" s="13">
+        <v>940983943</v>
+      </c>
+    </row>
+    <row r="20" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A20" s="23">
+        <v>18</v>
+      </c>
+      <c r="B20" s="7" t="s">
+        <v>209</v>
+      </c>
+      <c r="C20" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D20" s="9" t="s">
+        <v>208</v>
+      </c>
+      <c r="G20" s="19">
+        <v>134</v>
+      </c>
+      <c r="H20" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="I20" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="J20" s="18">
+        <v>948910064</v>
+      </c>
+    </row>
+    <row r="21" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A21" s="23">
+        <v>19</v>
+      </c>
+      <c r="B21" s="7" t="s">
+        <v>24</v>
+      </c>
+      <c r="C21" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D21" s="9">
+        <v>918645256</v>
+      </c>
+      <c r="G21" s="19">
+        <v>135</v>
+      </c>
+      <c r="H21" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="I21" s="14" t="s">
+        <v>172</v>
+      </c>
+      <c r="J21" s="13">
+        <v>940983944</v>
+      </c>
+    </row>
+    <row r="22" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A22" s="23">
+        <v>20</v>
+      </c>
+      <c r="B22" s="7" t="s">
+        <v>116</v>
+      </c>
+      <c r="C22" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D22" s="13">
+        <v>948875683</v>
+      </c>
+      <c r="G22" s="19">
+        <v>136</v>
+      </c>
+      <c r="H22" s="8" t="s">
+        <v>261</v>
+      </c>
+      <c r="I22" s="8" t="s">
+        <v>262</v>
+      </c>
+      <c r="J22" s="18">
+        <v>917650822</v>
+      </c>
+    </row>
+    <row r="23" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A23" s="23">
+        <v>21</v>
+      </c>
+      <c r="B23" s="7" t="s">
+        <v>223</v>
+      </c>
+      <c r="C23" s="7" t="s">
+        <v>12</v>
+      </c>
+      <c r="D23" s="13">
+        <v>948285000</v>
+      </c>
+      <c r="G23" s="19">
+        <v>137</v>
+      </c>
+      <c r="H23" s="14" t="s">
+        <v>95</v>
+      </c>
+      <c r="I23" s="14" t="s">
+        <v>131</v>
+      </c>
+      <c r="J23" s="13">
+        <v>940983945</v>
+      </c>
+    </row>
+    <row r="24" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A24" s="23">
+        <v>22</v>
+      </c>
+      <c r="B24" s="7" t="s">
+        <v>191</v>
+      </c>
+      <c r="C24" s="7" t="s">
+        <v>192</v>
+      </c>
+      <c r="D24" s="9">
+        <v>905385911</v>
+      </c>
+      <c r="G24" s="19">
+        <v>138</v>
+      </c>
+      <c r="H24" s="8" t="s">
+        <v>32</v>
+      </c>
+      <c r="I24" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="J24" s="18">
+        <v>917602199</v>
+      </c>
+    </row>
+    <row r="25" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A25" s="23">
+        <v>23</v>
+      </c>
+      <c r="B25" s="15" t="s">
+        <v>225</v>
+      </c>
+      <c r="C25" s="7" t="s">
+        <v>56</v>
+      </c>
+      <c r="D25" s="9">
+        <v>948875684</v>
+      </c>
+      <c r="G25" s="19">
+        <v>139</v>
+      </c>
+      <c r="H25" s="8" t="s">
+        <v>264</v>
+      </c>
+      <c r="I25" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="J25" s="18">
+        <v>940983935</v>
+      </c>
+    </row>
+    <row r="26" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A26" s="23">
+        <v>24</v>
+      </c>
+      <c r="B26" s="7" t="s">
+        <v>199</v>
+      </c>
+      <c r="C26" s="7" t="s">
+        <v>200</v>
+      </c>
+      <c r="D26" s="13">
+        <v>940618767</v>
+      </c>
+      <c r="G26" s="19">
+        <v>140</v>
+      </c>
+      <c r="H26" s="8" t="s">
+        <v>108</v>
+      </c>
+      <c r="I26" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="J26" s="18">
+        <v>917102479</v>
+      </c>
+    </row>
+    <row r="27" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A27" s="23">
+        <v>25</v>
+      </c>
+      <c r="B27" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="C27" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D27" s="9">
+        <v>907360053</v>
+      </c>
+      <c r="G27" s="19">
+        <v>141</v>
+      </c>
+      <c r="H27" s="8" t="s">
+        <v>107</v>
+      </c>
+      <c r="I27" s="8" t="s">
+        <v>33</v>
+      </c>
+      <c r="J27" s="18">
+        <v>917650826</v>
+      </c>
+    </row>
+    <row r="28" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A28" s="23">
+        <v>26</v>
+      </c>
+      <c r="B28" s="7" t="s">
+        <v>132</v>
+      </c>
+      <c r="C28" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D28" s="9">
+        <v>918897105</v>
+      </c>
+      <c r="G28" s="19">
+        <v>142</v>
+      </c>
+      <c r="H28" s="8" t="s">
+        <v>265</v>
+      </c>
+      <c r="I28" s="8" t="s">
+        <v>266</v>
+      </c>
+      <c r="J28" s="18">
+        <v>940983938</v>
+      </c>
+    </row>
+    <row r="29" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A29" s="23">
+        <v>27</v>
+      </c>
+      <c r="B29" s="7" t="s">
+        <v>82</v>
+      </c>
+      <c r="C29" s="7" t="s">
+        <v>50</v>
+      </c>
+      <c r="D29" s="9">
+        <v>903728133</v>
+      </c>
+      <c r="G29" s="19">
+        <v>143</v>
+      </c>
+      <c r="H29" s="14" t="s">
+        <v>173</v>
+      </c>
+      <c r="I29" s="14" t="s">
+        <v>174</v>
+      </c>
+      <c r="J29" s="13">
+        <v>940983948</v>
+      </c>
+    </row>
+    <row r="30" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A30" s="23">
+        <v>28</v>
+      </c>
+      <c r="B30" s="7" t="s">
+        <v>207</v>
+      </c>
+      <c r="C30" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D30" s="9">
+        <v>948068934</v>
+      </c>
+      <c r="G30" s="19">
+        <v>144</v>
+      </c>
+      <c r="H30" s="14" t="s">
+        <v>268</v>
+      </c>
+      <c r="I30" s="14" t="s">
+        <v>269</v>
+      </c>
+      <c r="J30" s="13">
+        <v>940983947</v>
+      </c>
+    </row>
+    <row r="31" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A31" s="23">
+        <v>29</v>
+      </c>
+      <c r="B31" s="7" t="s">
+        <v>254</v>
+      </c>
+      <c r="C31" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D31" s="9">
+        <v>940625382</v>
+      </c>
+      <c r="G31" s="19">
+        <v>145</v>
+      </c>
+      <c r="H31" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="I31" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="J31" s="13">
+        <v>940983949</v>
+      </c>
+    </row>
+    <row r="32" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A32" s="23">
+        <v>30</v>
+      </c>
+      <c r="B32" s="7" t="s">
+        <v>252</v>
+      </c>
+      <c r="C32" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="D32" s="9">
+        <v>948211557</v>
+      </c>
+      <c r="G32" s="19">
+        <v>146</v>
+      </c>
+      <c r="H32" s="14" t="s">
+        <v>286</v>
+      </c>
+      <c r="I32" s="14" t="s">
+        <v>38</v>
+      </c>
+      <c r="J32" s="13">
+        <v>940624776</v>
+      </c>
+    </row>
+    <row r="33" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A33" s="23">
+        <v>31</v>
+      </c>
+      <c r="B33" s="7" t="s">
+        <v>224</v>
+      </c>
+      <c r="C33" s="7" t="s">
+        <v>138</v>
+      </c>
+      <c r="D33" s="9">
+        <v>948286041</v>
+      </c>
+      <c r="G33" s="19">
+        <v>147</v>
+      </c>
+      <c r="H33" s="8" t="s">
+        <v>278</v>
+      </c>
+      <c r="I33" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="J33" s="18">
+        <v>917650824</v>
+      </c>
+    </row>
+    <row r="34" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A34" s="23">
+        <v>32</v>
+      </c>
+      <c r="B34" s="7" t="s">
+        <v>127</v>
+      </c>
+      <c r="C34" s="7" t="s">
+        <v>128</v>
+      </c>
+      <c r="D34" s="9">
+        <v>915694874</v>
+      </c>
+      <c r="G34" s="19">
+        <v>148</v>
+      </c>
+      <c r="H34" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="I34" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="J34" s="13">
+        <v>940983950</v>
+      </c>
+    </row>
+    <row r="35" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A35" s="23">
+        <v>33</v>
+      </c>
+      <c r="B35" s="7" t="s">
+        <v>95</v>
+      </c>
+      <c r="C35" s="7" t="s">
+        <v>14</v>
+      </c>
+      <c r="D35" s="9">
+        <v>918172209</v>
+      </c>
+      <c r="G35" s="19">
+        <v>149</v>
+      </c>
+      <c r="H35" s="14" t="s">
+        <v>263</v>
+      </c>
+      <c r="I35" s="14" t="s">
+        <v>84</v>
+      </c>
+      <c r="J35" s="13">
+        <v>940983933</v>
+      </c>
+    </row>
+    <row r="36" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A36" s="23">
+        <v>34</v>
+      </c>
+      <c r="B36" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="C36" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D36" s="9">
+        <v>915789983</v>
+      </c>
+      <c r="G36" s="19">
+        <v>150</v>
+      </c>
+      <c r="H36" s="52" t="s">
+        <v>178</v>
+      </c>
+      <c r="I36" s="52" t="s">
+        <v>146</v>
+      </c>
+      <c r="J36" s="13">
+        <v>940983952</v>
+      </c>
+    </row>
+    <row r="37" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A37" s="23">
+        <v>35</v>
+      </c>
+      <c r="B37" s="7" t="s">
+        <v>39</v>
+      </c>
+      <c r="C37" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D37" s="9">
+        <v>918897104</v>
+      </c>
+      <c r="G37" s="19">
+        <v>151</v>
+      </c>
+      <c r="H37" s="52" t="s">
+        <v>179</v>
+      </c>
+      <c r="I37" s="52" t="s">
+        <v>180</v>
+      </c>
+      <c r="J37" s="13">
+        <v>940983953</v>
+      </c>
+    </row>
+    <row r="38" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A38" s="23">
+        <v>36</v>
+      </c>
+      <c r="B38" s="7" t="s">
+        <v>135</v>
+      </c>
+      <c r="C38" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D38" s="9">
+        <v>915992777</v>
+      </c>
+      <c r="G38" s="19">
+        <v>152</v>
+      </c>
+      <c r="H38" s="8" t="s">
+        <v>37</v>
+      </c>
+      <c r="I38" s="8" t="s">
+        <v>38</v>
+      </c>
+      <c r="J38" s="18">
+        <v>917650825</v>
+      </c>
+      <c r="M38" s="41"/>
+    </row>
+    <row r="39" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A39" s="23">
+        <v>37</v>
+      </c>
+      <c r="B39" s="7" t="s">
+        <v>81</v>
+      </c>
+      <c r="C39" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D39" s="9">
+        <v>905295766</v>
+      </c>
+      <c r="G39" s="19">
+        <v>153</v>
+      </c>
+      <c r="H39" s="52" t="s">
+        <v>181</v>
+      </c>
+      <c r="I39" s="52" t="s">
+        <v>43</v>
+      </c>
+      <c r="J39" s="13">
+        <v>940983954</v>
+      </c>
+    </row>
+    <row r="40" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A40" s="23">
+        <v>38</v>
+      </c>
+      <c r="B40" s="7" t="s">
+        <v>139</v>
+      </c>
+      <c r="C40" s="7" t="s">
+        <v>140</v>
+      </c>
+      <c r="D40" s="9">
+        <v>940624772</v>
+      </c>
+      <c r="G40" s="19">
+        <v>154</v>
+      </c>
+      <c r="H40" s="14" t="s">
+        <v>203</v>
+      </c>
+      <c r="I40" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="J40" s="13">
+        <v>940983946</v>
+      </c>
+    </row>
+    <row r="41" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A41" s="23">
+        <v>39</v>
+      </c>
+      <c r="B41" s="7" t="s">
+        <v>229</v>
+      </c>
+      <c r="C41" s="7" t="s">
+        <v>230</v>
+      </c>
+      <c r="D41" s="9">
+        <v>948309071</v>
+      </c>
+      <c r="G41" s="19">
+        <v>155</v>
+      </c>
+      <c r="H41" s="14" t="s">
+        <v>182</v>
+      </c>
+      <c r="I41" s="14" t="s">
+        <v>183</v>
+      </c>
+      <c r="J41" s="13">
+        <v>940983956</v>
+      </c>
+    </row>
+    <row r="42" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A42" s="23">
+        <v>40</v>
+      </c>
+      <c r="B42" s="7" t="s">
+        <v>234</v>
+      </c>
+      <c r="C42" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D42" s="9">
+        <v>905282346</v>
+      </c>
+      <c r="G42" s="19">
+        <v>156</v>
+      </c>
+      <c r="H42" s="14" t="s">
+        <v>270</v>
+      </c>
+      <c r="I42" s="14" t="s">
+        <v>49</v>
+      </c>
+      <c r="J42" s="13">
+        <v>940983951</v>
+      </c>
+      <c r="L42" s="83"/>
+    </row>
+    <row r="43" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A43" s="23">
+        <v>41</v>
+      </c>
+      <c r="B43" s="7" t="s">
+        <v>228</v>
+      </c>
+      <c r="C43" s="7" t="s">
+        <v>174</v>
+      </c>
+      <c r="D43" s="9">
+        <v>905344299</v>
+      </c>
+      <c r="G43" s="19">
+        <v>157</v>
+      </c>
+      <c r="H43" s="14" t="s">
+        <v>40</v>
+      </c>
+      <c r="I43" s="14"/>
+      <c r="J43" s="18">
+        <v>917133597</v>
+      </c>
+    </row>
+    <row r="44" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A44" s="23">
+        <v>42</v>
+      </c>
+      <c r="B44" s="7" t="s">
+        <v>220</v>
+      </c>
+      <c r="C44" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D44" s="9">
+        <v>948875271</v>
+      </c>
+      <c r="F44" s="81"/>
+      <c r="G44" s="19">
+        <v>158</v>
+      </c>
+      <c r="H44" s="14" t="s">
+        <v>184</v>
+      </c>
+      <c r="I44" s="14" t="s">
+        <v>75</v>
+      </c>
+      <c r="J44" s="82">
+        <v>940983957</v>
+      </c>
+    </row>
+    <row r="45" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A45" s="23">
+        <v>43</v>
+      </c>
+      <c r="B45" s="7" t="s">
+        <v>256</v>
+      </c>
+      <c r="C45" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D45" s="9">
+        <v>948987933</v>
+      </c>
+      <c r="F45" s="83"/>
+      <c r="G45" s="84"/>
+      <c r="H45" s="62"/>
+      <c r="I45" s="62"/>
+      <c r="J45" s="64"/>
+      <c r="L45" s="34"/>
+      <c r="O45" s="53"/>
+    </row>
+    <row r="46" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A46" s="23">
+        <v>44</v>
+      </c>
+      <c r="B46" s="7" t="s">
+        <v>117</v>
+      </c>
+      <c r="C46" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D46" s="13">
+        <v>948875686</v>
+      </c>
+      <c r="G46" s="45"/>
+      <c r="H46" s="50"/>
+      <c r="I46" s="50"/>
+      <c r="J46" s="80"/>
+    </row>
+    <row r="47" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A47" s="23">
+        <v>45</v>
+      </c>
+      <c r="B47" s="7" t="s">
+        <v>215</v>
+      </c>
+      <c r="C47" s="7" t="s">
+        <v>212</v>
+      </c>
+      <c r="D47" s="13">
+        <v>948064931</v>
+      </c>
+      <c r="G47" s="79"/>
+      <c r="H47" s="77"/>
+      <c r="I47" s="77"/>
+      <c r="J47" s="54"/>
+    </row>
+    <row r="48" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A48" s="23">
+        <v>46</v>
+      </c>
+      <c r="B48" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="C48" s="7" t="s">
+        <v>75</v>
+      </c>
+      <c r="D48" s="9">
+        <v>918919700</v>
+      </c>
+      <c r="G48" s="78"/>
+      <c r="H48" s="73"/>
+      <c r="I48" s="73"/>
+      <c r="J48" s="75"/>
+    </row>
+    <row r="49" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A49" s="23">
+        <v>47</v>
+      </c>
+      <c r="B49" s="7" t="s">
+        <v>71</v>
+      </c>
+      <c r="C49" s="7"/>
+      <c r="D49" s="9">
+        <v>918919701</v>
+      </c>
+      <c r="G49" s="5"/>
+      <c r="H49" s="3" t="s">
+        <v>41</v>
+      </c>
+      <c r="I49" s="4"/>
+      <c r="J49" s="4"/>
+      <c r="K49" s="34"/>
+    </row>
+    <row r="50" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A50" s="23">
+        <v>48</v>
+      </c>
+      <c r="B50" s="12" t="s">
+        <v>103</v>
+      </c>
+      <c r="C50" s="7" t="s">
+        <v>35</v>
+      </c>
+      <c r="D50" s="9">
+        <v>918619721</v>
+      </c>
+      <c r="G50" s="10">
+        <v>159</v>
+      </c>
+      <c r="H50" s="56" t="s">
+        <v>259</v>
+      </c>
+      <c r="I50" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="J50" s="18">
+        <v>948212765</v>
+      </c>
+    </row>
+    <row r="51" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A51" s="23">
+        <v>49</v>
+      </c>
+      <c r="B51" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="C51" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D51" s="9">
+        <v>917686691</v>
+      </c>
+      <c r="G51" s="10">
+        <v>160</v>
+      </c>
+      <c r="H51" s="57" t="s">
+        <v>258</v>
+      </c>
+      <c r="I51" s="57" t="s">
+        <v>28</v>
+      </c>
+      <c r="J51" s="58">
+        <v>948212762</v>
+      </c>
+    </row>
+    <row r="52" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A52" s="23">
+        <v>50</v>
+      </c>
+      <c r="B52" s="7" t="s">
+        <v>79</v>
+      </c>
+      <c r="C52" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D52" s="9">
+        <v>907213458</v>
+      </c>
+      <c r="G52" s="10">
+        <v>161</v>
+      </c>
+      <c r="H52" s="8" t="s">
+        <v>260</v>
+      </c>
+      <c r="I52" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="J52" s="18">
+        <v>948409326</v>
+      </c>
+    </row>
+    <row r="53" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A53" s="23">
+        <v>51</v>
+      </c>
+      <c r="B53" s="7" t="s">
+        <v>187</v>
+      </c>
+      <c r="C53" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D53" s="13">
+        <v>905492937</v>
+      </c>
+      <c r="G53" s="10">
+        <v>162</v>
+      </c>
+      <c r="H53" s="8" t="s">
+        <v>260</v>
+      </c>
+      <c r="I53" s="8" t="s">
+        <v>158</v>
+      </c>
+      <c r="J53" s="18">
+        <v>918897100</v>
+      </c>
+    </row>
+    <row r="54" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A54" s="23">
+        <v>52</v>
+      </c>
+      <c r="B54" s="7" t="s">
+        <v>129</v>
+      </c>
+      <c r="C54" s="7" t="s">
+        <v>130</v>
+      </c>
+      <c r="D54" s="9">
+        <v>905440612</v>
+      </c>
+      <c r="G54" s="10">
+        <v>163</v>
+      </c>
+      <c r="H54" s="8" t="s">
+        <v>44</v>
+      </c>
+      <c r="I54" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="J54" s="18">
+        <v>917602192</v>
+      </c>
+    </row>
+    <row r="55" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A55" s="23">
+        <v>53</v>
+      </c>
+      <c r="B55" s="7" t="s">
+        <v>251</v>
+      </c>
+      <c r="C55" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D55" s="9">
+        <v>948209694</v>
+      </c>
+      <c r="G55" s="10">
+        <v>164</v>
+      </c>
+      <c r="H55" s="8" t="s">
+        <v>284</v>
+      </c>
+      <c r="I55" s="8" t="s">
+        <v>285</v>
+      </c>
+      <c r="J55" s="18">
+        <v>918897102</v>
+      </c>
+    </row>
+    <row r="56" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A56" s="23">
+        <v>54</v>
+      </c>
+      <c r="B56" s="7" t="s">
+        <v>126</v>
+      </c>
+      <c r="C56" s="7" t="s">
+        <v>28</v>
+      </c>
+      <c r="D56" s="9">
+        <v>905627470</v>
+      </c>
+      <c r="G56" s="10">
+        <v>165</v>
+      </c>
+      <c r="H56" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="I56" s="8"/>
+      <c r="J56" s="18">
+        <v>918897101</v>
+      </c>
+    </row>
+    <row r="57" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A57" s="23">
+        <v>55</v>
+      </c>
+      <c r="B57" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="C57" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D57" s="9">
+        <v>918897110</v>
+      </c>
+      <c r="G57" s="10">
+        <v>166</v>
+      </c>
+      <c r="H57" s="8" t="s">
+        <v>288</v>
+      </c>
+      <c r="I57" s="8" t="s">
+        <v>289</v>
+      </c>
+      <c r="J57" s="18">
+        <v>948604868</v>
+      </c>
+    </row>
+    <row r="58" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A58" s="23">
+        <v>56</v>
+      </c>
+      <c r="B58" s="14" t="s">
+        <v>238</v>
+      </c>
+      <c r="C58" s="14" t="s">
+        <v>239</v>
+      </c>
+      <c r="D58" s="13" t="s">
+        <v>240</v>
+      </c>
+      <c r="G58" s="10">
+        <v>167</v>
+      </c>
+      <c r="H58" s="8" t="s">
+        <v>287</v>
+      </c>
+      <c r="I58" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="J58" s="18">
+        <v>948212770</v>
+      </c>
+    </row>
+    <row r="59" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A59" s="23">
+        <v>57</v>
+      </c>
+      <c r="B59" s="7" t="s">
+        <v>206</v>
+      </c>
+      <c r="C59" s="7" t="s">
+        <v>202</v>
+      </c>
+      <c r="D59" s="9">
+        <v>948018061</v>
+      </c>
+      <c r="G59" s="45"/>
+      <c r="H59" s="42"/>
+      <c r="I59" s="42"/>
+      <c r="J59" s="43"/>
+    </row>
+    <row r="60" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A60" s="23">
+        <v>58</v>
+      </c>
+      <c r="B60" s="14" t="s">
+        <v>197</v>
+      </c>
+      <c r="C60" s="14" t="s">
+        <v>118</v>
+      </c>
+      <c r="D60" s="31" t="s">
+        <v>198</v>
+      </c>
+      <c r="G60" s="45"/>
+      <c r="H60" s="42"/>
+      <c r="I60" s="42"/>
+      <c r="J60" s="43"/>
+    </row>
+    <row r="61" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A61" s="23">
+        <v>59</v>
+      </c>
+      <c r="B61" s="7" t="s">
+        <v>53</v>
+      </c>
+      <c r="C61" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D61" s="9">
+        <v>918412600</v>
+      </c>
+      <c r="G61" s="45"/>
+      <c r="H61" s="42"/>
+      <c r="I61" s="42"/>
+      <c r="J61" s="43"/>
+    </row>
+    <row r="62" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A62" s="23">
+        <v>60</v>
+      </c>
+      <c r="B62" s="7" t="s">
+        <v>211</v>
+      </c>
+      <c r="C62" s="7" t="s">
+        <v>131</v>
+      </c>
+      <c r="D62" s="9" t="s">
+        <v>218</v>
+      </c>
+      <c r="G62" s="7"/>
+      <c r="H62" s="20" t="s">
+        <v>45</v>
+      </c>
+      <c r="I62" s="8"/>
+      <c r="J62" s="21"/>
+    </row>
+    <row r="63" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A63" s="23">
+        <v>61</v>
+      </c>
+      <c r="B63" s="7" t="s">
+        <v>281</v>
+      </c>
+      <c r="C63" s="7" t="s">
+        <v>282</v>
+      </c>
+      <c r="D63" s="9">
+        <v>948137062</v>
+      </c>
+      <c r="G63" s="59">
+        <v>168</v>
+      </c>
+      <c r="H63" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="I63" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="J63" s="18">
+        <v>918883605</v>
+      </c>
+    </row>
+    <row r="64" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A64" s="23">
+        <v>62</v>
+      </c>
+      <c r="B64" s="7" t="s">
+        <v>80</v>
+      </c>
+      <c r="C64" s="7" t="s">
+        <v>70</v>
+      </c>
+      <c r="D64" s="9">
+        <v>918645251</v>
+      </c>
+      <c r="G64" s="59">
+        <v>169</v>
+      </c>
+      <c r="H64" s="8" t="s">
+        <v>93</v>
+      </c>
+      <c r="I64" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="J64" s="18">
+        <v>918823511</v>
+      </c>
+    </row>
+    <row r="65" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A65" s="23">
+        <v>63</v>
+      </c>
+      <c r="B65" s="7" t="s">
+        <v>249</v>
+      </c>
+      <c r="C65" s="7" t="s">
+        <v>11</v>
+      </c>
+      <c r="D65" s="9">
+        <v>948292973</v>
+      </c>
+      <c r="G65" s="59">
+        <v>170</v>
+      </c>
+      <c r="H65" s="8" t="s">
+        <v>151</v>
+      </c>
+      <c r="I65" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="J65" s="18">
+        <v>918989854</v>
+      </c>
+    </row>
+    <row r="66" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A66" s="23">
+        <v>64</v>
+      </c>
+      <c r="B66" s="7" t="s">
+        <v>213</v>
+      </c>
+      <c r="C66" s="7" t="s">
+        <v>212</v>
+      </c>
+      <c r="D66" s="9" t="s">
+        <v>219</v>
+      </c>
+      <c r="G66" s="59">
+        <v>171</v>
+      </c>
+      <c r="H66" s="8" t="s">
+        <v>152</v>
+      </c>
+      <c r="I66" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="J66" s="18">
+        <v>907306292</v>
+      </c>
+    </row>
+    <row r="67" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A67" s="23">
+        <v>65</v>
+      </c>
+      <c r="B67" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="C67" s="7" t="s">
+        <v>87</v>
+      </c>
+      <c r="D67" s="9">
+        <v>905349252</v>
+      </c>
+      <c r="G67" s="59">
+        <v>172</v>
+      </c>
+      <c r="H67" s="8" t="s">
+        <v>51</v>
+      </c>
+      <c r="I67" s="8" t="s">
+        <v>52</v>
+      </c>
+      <c r="J67" s="18">
+        <v>915980092</v>
+      </c>
+    </row>
+    <row r="68" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A68" s="23">
+        <v>66</v>
+      </c>
+      <c r="B68" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="C68" s="7" t="s">
+        <v>134</v>
+      </c>
+      <c r="D68" s="9">
+        <v>918919521</v>
+      </c>
+      <c r="G68" s="59">
+        <v>173</v>
+      </c>
+      <c r="H68" s="8" t="s">
+        <v>55</v>
+      </c>
+      <c r="I68" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="J68" s="9">
+        <v>917734179</v>
+      </c>
+    </row>
+    <row r="69" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A69" s="23">
+        <v>67</v>
+      </c>
+      <c r="B69" s="7" t="s">
+        <v>244</v>
+      </c>
+      <c r="C69" s="7" t="s">
+        <v>54</v>
+      </c>
+      <c r="D69" s="9">
+        <v>948202112</v>
+      </c>
+      <c r="G69" s="59">
+        <v>174</v>
+      </c>
+      <c r="H69" s="8" t="s">
+        <v>46</v>
+      </c>
+      <c r="I69" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="J69" s="18">
+        <v>918919630</v>
+      </c>
+    </row>
+    <row r="70" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A70" s="23">
+        <v>68</v>
+      </c>
+      <c r="B70" s="7" t="s">
+        <v>255</v>
+      </c>
+      <c r="C70" s="7" t="s">
+        <v>253</v>
+      </c>
+      <c r="D70" s="9">
+        <v>948987939</v>
+      </c>
+      <c r="G70" s="59">
+        <v>175</v>
+      </c>
+      <c r="H70" s="8" t="s">
+        <v>189</v>
+      </c>
+      <c r="I70" s="8" t="s">
+        <v>190</v>
+      </c>
+      <c r="J70" s="18">
+        <v>915996803</v>
+      </c>
+    </row>
+    <row r="71" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A71" s="23">
+        <v>69</v>
+      </c>
+      <c r="B71" s="7" t="s">
+        <v>105</v>
+      </c>
+      <c r="C71" s="7"/>
+      <c r="D71" s="9">
+        <v>915717869</v>
+      </c>
+      <c r="G71" s="59">
+        <v>176</v>
+      </c>
+      <c r="H71" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="I71" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="J71" s="18">
+        <v>918883606</v>
+      </c>
+    </row>
+    <row r="72" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A72" s="23">
+        <v>70</v>
+      </c>
+      <c r="B72" s="7" t="s">
+        <v>133</v>
+      </c>
+      <c r="C72" s="7" t="s">
+        <v>125</v>
+      </c>
+      <c r="D72" s="9">
+        <v>918897103</v>
+      </c>
+      <c r="G72" s="59">
+        <v>177</v>
+      </c>
+      <c r="H72" s="8" t="s">
+        <v>57</v>
+      </c>
+      <c r="I72" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="J72" s="9">
+        <v>918792561</v>
+      </c>
+    </row>
+    <row r="73" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A73" s="23">
+        <v>71</v>
+      </c>
+      <c r="B73" s="7" t="s">
+        <v>196</v>
+      </c>
+      <c r="C73" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D73" s="9">
+        <v>917824769</v>
+      </c>
+      <c r="G73" s="59">
+        <v>178</v>
+      </c>
+      <c r="H73" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="I73" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="J73" s="18">
+        <v>915996804</v>
+      </c>
+    </row>
+    <row r="74" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A74" s="23">
+        <v>72</v>
+      </c>
+      <c r="B74" s="7" t="s">
+        <v>72</v>
+      </c>
+      <c r="C74" s="7"/>
+      <c r="D74" s="9">
+        <v>915876956</v>
+      </c>
+      <c r="G74" s="59">
+        <v>179</v>
+      </c>
+      <c r="H74" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="I74" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="J74" s="18">
+        <v>918883607</v>
+      </c>
+    </row>
+    <row r="75" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A75" s="23">
+        <v>73</v>
+      </c>
+      <c r="B75" s="7" t="s">
+        <v>101</v>
+      </c>
+      <c r="C75" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="D75" s="9">
+        <v>905675418</v>
+      </c>
+      <c r="G75" s="59">
+        <v>180</v>
+      </c>
+      <c r="H75" s="8" t="s">
+        <v>61</v>
+      </c>
+      <c r="I75" s="8" t="s">
+        <v>62</v>
+      </c>
+      <c r="J75" s="18">
+        <v>915693992</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A76" s="26"/>
+      <c r="B76" s="38"/>
+      <c r="C76" s="38"/>
+      <c r="D76" s="39"/>
+      <c r="G76" s="59">
+        <v>181</v>
+      </c>
+      <c r="H76" s="8" t="s">
         <v>235</v>
       </c>
-      <c r="C3" s="24" t="s">
+      <c r="I76" s="8" t="s">
+        <v>50</v>
+      </c>
+      <c r="J76" s="18">
+        <v>948137908</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A77" s="35"/>
+      <c r="B77" s="36"/>
+      <c r="C77" s="37"/>
+      <c r="D77" s="40"/>
+      <c r="G77" s="59">
+        <v>182</v>
+      </c>
+      <c r="H77" s="8" t="s">
+        <v>150</v>
+      </c>
+      <c r="I77" s="8" t="s">
+        <v>25</v>
+      </c>
+      <c r="J77" s="18">
+        <v>905973544</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A78" s="27"/>
+      <c r="B78" s="25"/>
+      <c r="C78" s="29"/>
+      <c r="D78" s="30"/>
+      <c r="G78" s="59">
+        <v>183</v>
+      </c>
+      <c r="H78" s="8" t="s">
+        <v>204</v>
+      </c>
+      <c r="I78" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="J78" s="18">
+        <v>940636530</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" ht="15" x14ac:dyDescent="0.25">
+      <c r="A79" s="23"/>
+      <c r="B79" s="16" t="s">
+        <v>92</v>
+      </c>
+      <c r="C79" s="17"/>
+      <c r="D79" s="17"/>
+      <c r="G79" s="59">
+        <v>184</v>
+      </c>
+      <c r="H79" s="8" t="s">
+        <v>63</v>
+      </c>
+      <c r="I79" s="8" t="s">
         <v>236</v>
       </c>
-      <c r="D3" s="15">
-[...2 lines deleted...]
-      <c r="G3" s="21">
+      <c r="J79" s="18">
+        <v>918883611</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A80" s="23">
+        <v>74</v>
+      </c>
+      <c r="B80" s="7" t="s">
+        <v>121</v>
+      </c>
+      <c r="C80" s="7" t="s">
         <v>122</v>
       </c>
-      <c r="H3" s="9" t="s">
-[...22 lines deleted...]
-      <c r="G4" s="21">
+      <c r="D80" s="9">
+        <v>948892758</v>
+      </c>
+      <c r="G80" s="59">
+        <v>185</v>
+      </c>
+      <c r="H80" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="I80" s="57" t="s">
+        <v>38</v>
+      </c>
+      <c r="J80" s="18">
+        <v>905913793</v>
+      </c>
+    </row>
+    <row r="81" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A81" s="23">
+        <v>75</v>
+      </c>
+      <c r="B81" s="7" t="s">
+        <v>273</v>
+      </c>
+      <c r="C81" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="D81" s="9">
+        <v>948214672</v>
+      </c>
+      <c r="G81" s="61"/>
+      <c r="H81" s="62"/>
+      <c r="I81" s="62"/>
+      <c r="J81" s="64"/>
+    </row>
+    <row r="82" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A82" s="23">
+        <v>76</v>
+      </c>
+      <c r="B82" s="7" t="s">
+        <v>274</v>
+      </c>
+      <c r="C82" s="7" t="s">
+        <v>275</v>
+      </c>
+      <c r="D82" s="9">
+        <v>948214678</v>
+      </c>
+      <c r="G82" s="48"/>
+      <c r="H82" s="49"/>
+      <c r="I82" s="49"/>
+      <c r="J82" s="51"/>
+    </row>
+    <row r="83" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A83" s="23">
+        <v>77</v>
+      </c>
+      <c r="B83" s="7" t="s">
+        <v>232</v>
+      </c>
+      <c r="C83" s="7" t="s">
+        <v>33</v>
+      </c>
+      <c r="D83" s="9">
+        <v>915992725</v>
+      </c>
+      <c r="G83" s="60"/>
+      <c r="H83" s="63"/>
+      <c r="I83" s="63"/>
+      <c r="J83" s="65"/>
+    </row>
+    <row r="84" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A84" s="23">
+        <v>78</v>
+      </c>
+      <c r="B84" s="7" t="s">
+        <v>246</v>
+      </c>
+      <c r="C84" s="7" t="s">
+        <v>247</v>
+      </c>
+      <c r="D84" s="9">
+        <v>915919531</v>
+      </c>
+      <c r="G84" s="19"/>
+      <c r="H84" s="20" t="s">
+        <v>153</v>
+      </c>
+      <c r="I84" s="8"/>
+      <c r="J84" s="21"/>
+    </row>
+    <row r="85" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A85" s="23">
+        <v>79</v>
+      </c>
+      <c r="B85" s="7" t="s">
+        <v>221</v>
+      </c>
+      <c r="C85" s="7" t="s">
+        <v>222</v>
+      </c>
+      <c r="D85" s="9">
+        <v>918642748</v>
+      </c>
+      <c r="G85" s="19">
+        <v>186</v>
+      </c>
+      <c r="H85" s="14" t="s">
+        <v>185</v>
+      </c>
+      <c r="I85" s="14" t="s">
+        <v>186</v>
+      </c>
+      <c r="J85" s="13">
+        <v>940947279</v>
+      </c>
+    </row>
+    <row r="86" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A86" s="23">
+        <v>80</v>
+      </c>
+      <c r="B86" s="7" t="s">
         <v>123</v>
       </c>
-      <c r="H4" s="9" t="s">
+      <c r="C86" s="7" t="s">
+        <v>124</v>
+      </c>
+      <c r="D86" s="9">
+        <v>948892757</v>
+      </c>
+      <c r="G86" s="67"/>
+      <c r="H86" s="62"/>
+      <c r="I86" s="62"/>
+      <c r="J86" s="64"/>
+      <c r="K86" s="69"/>
+    </row>
+    <row r="87" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A87" s="23">
+        <v>81</v>
+      </c>
+      <c r="B87" s="7" t="s">
+        <v>272</v>
+      </c>
+      <c r="C87" s="7" t="s">
+        <v>271</v>
+      </c>
+      <c r="D87" s="9">
+        <v>948214667</v>
+      </c>
+      <c r="G87" s="66"/>
+      <c r="H87" s="49"/>
+      <c r="I87" s="49"/>
+      <c r="J87" s="51"/>
+    </row>
+    <row r="88" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A88" s="23">
+        <v>82</v>
+      </c>
+      <c r="B88" s="7" t="s">
+        <v>233</v>
+      </c>
+      <c r="C88" s="7" t="s">
         <v>98</v>
       </c>
-      <c r="I4" s="9" t="s">
-[...39 lines deleted...]
-      <c r="C6" s="8" t="s">
+      <c r="D88" s="9">
+        <v>948308593</v>
+      </c>
+      <c r="G88" s="68"/>
+      <c r="H88" s="63"/>
+      <c r="I88" s="63"/>
+      <c r="J88" s="65"/>
+    </row>
+    <row r="89" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A89" s="23">
+        <v>83</v>
+      </c>
+      <c r="B89" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="C89" s="7" t="s">
+        <v>194</v>
+      </c>
+      <c r="D89" s="9">
+        <v>918412601</v>
+      </c>
+      <c r="G89" s="8"/>
+      <c r="H89" s="20" t="s">
+        <v>64</v>
+      </c>
+      <c r="I89" s="8"/>
+      <c r="J89" s="8"/>
+    </row>
+    <row r="90" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A90" s="23">
+        <v>84</v>
+      </c>
+      <c r="B90" s="7" t="s">
+        <v>89</v>
+      </c>
+      <c r="C90" s="7" t="s">
+        <v>90</v>
+      </c>
+      <c r="D90" s="9">
+        <v>918833589</v>
+      </c>
+      <c r="G90" s="59">
+        <v>187</v>
+      </c>
+      <c r="H90" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="I90" s="8" t="s">
+        <v>66</v>
+      </c>
+      <c r="J90" s="18">
+        <v>905742905</v>
+      </c>
+    </row>
+    <row r="91" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A91" s="23">
+        <v>85</v>
+      </c>
+      <c r="B91" s="7" t="s">
+        <v>141</v>
+      </c>
+      <c r="C91" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D91" s="9">
+        <v>915992778</v>
+      </c>
+      <c r="G91" s="59">
+        <v>188</v>
+      </c>
+      <c r="H91" s="8" t="s">
+        <v>67</v>
+      </c>
+      <c r="I91" s="8"/>
+      <c r="J91" s="18">
+        <v>917107671</v>
+      </c>
+    </row>
+    <row r="92" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A92" s="23">
+        <v>86</v>
+      </c>
+      <c r="B92" s="7" t="s">
+        <v>231</v>
+      </c>
+      <c r="C92" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D92" s="9">
+        <v>940618766</v>
+      </c>
+      <c r="G92" s="67"/>
+      <c r="H92" s="55"/>
+      <c r="I92" s="55"/>
+      <c r="J92" s="72"/>
+    </row>
+    <row r="93" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A93" s="23">
+        <v>87</v>
+      </c>
+      <c r="B93" s="7" t="s">
+        <v>91</v>
+      </c>
+      <c r="C93" s="7" t="s">
+        <v>84</v>
+      </c>
+      <c r="D93" s="9">
+        <v>907980613</v>
+      </c>
+      <c r="G93" s="68"/>
+      <c r="H93" s="71"/>
+      <c r="I93" s="70"/>
+      <c r="J93" s="73"/>
+      <c r="K93" s="69"/>
+    </row>
+    <row r="94" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A94" s="23">
+        <v>88</v>
+      </c>
+      <c r="B94" s="7" t="s">
+        <v>205</v>
+      </c>
+      <c r="C94" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="D94" s="9">
+        <v>905275364</v>
+      </c>
+      <c r="G94" s="19"/>
+      <c r="H94" s="20" t="s">
+        <v>96</v>
+      </c>
+      <c r="I94" s="8"/>
+      <c r="J94" s="8"/>
+    </row>
+    <row r="95" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A95" s="23">
+        <v>89</v>
+      </c>
+      <c r="B95" s="7" t="s">
+        <v>276</v>
+      </c>
+      <c r="C95" s="7" t="s">
+        <v>25</v>
+      </c>
+      <c r="D95" s="9">
+        <v>948214674</v>
+      </c>
+      <c r="G95" s="19">
+        <v>189</v>
+      </c>
+      <c r="H95" s="8" t="s">
+        <v>149</v>
+      </c>
+      <c r="I95" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="J95" s="18">
+        <v>948911071</v>
+      </c>
+    </row>
+    <row r="96" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A96" s="23">
+        <v>90</v>
+      </c>
+      <c r="B96" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="C96" s="7" t="s">
+        <v>77</v>
+      </c>
+      <c r="D96" s="9">
+        <v>948209074</v>
+      </c>
+      <c r="G96" s="19">
+        <v>190</v>
+      </c>
+      <c r="H96" s="8" t="s">
+        <v>97</v>
+      </c>
+      <c r="I96" s="8" t="s">
+        <v>98</v>
+      </c>
+      <c r="J96" s="18">
+        <v>905487134</v>
+      </c>
+      <c r="K96" s="76"/>
+    </row>
+    <row r="97" spans="1:10" ht="15" x14ac:dyDescent="0.2">
+      <c r="A97" s="23">
+        <v>91</v>
+      </c>
+      <c r="B97" s="7" t="s">
+        <v>216</v>
+      </c>
+      <c r="C97" s="7" t="s">
+        <v>217</v>
+      </c>
+      <c r="D97" s="9">
+        <v>948892756</v>
+      </c>
+      <c r="G97" s="67"/>
+      <c r="H97" s="74"/>
+      <c r="I97" s="55"/>
+      <c r="J97" s="55"/>
+    </row>
+    <row r="98" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A98" s="23">
+        <v>92</v>
+      </c>
+      <c r="B98" s="7" t="s">
+        <v>154</v>
+      </c>
+      <c r="C98" s="7" t="s">
+        <v>43</v>
+      </c>
+      <c r="D98" s="9">
+        <v>918833587</v>
+      </c>
+      <c r="G98" s="68"/>
+      <c r="H98" s="73"/>
+      <c r="I98" s="73"/>
+      <c r="J98" s="75"/>
+    </row>
+    <row r="99" spans="1:10" ht="15" x14ac:dyDescent="0.2">
+      <c r="A99" s="23">
+        <v>93</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>277</v>
+      </c>
+      <c r="C99" s="7" t="s">
+        <v>20</v>
+      </c>
+      <c r="D99" s="9">
+        <v>948214676</v>
+      </c>
+      <c r="G99" s="19"/>
+      <c r="H99" s="20" t="s">
+        <v>78</v>
+      </c>
+      <c r="I99" s="8"/>
+      <c r="J99" s="8"/>
+    </row>
+    <row r="100" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A100" s="23">
+        <v>94</v>
+      </c>
+      <c r="B100" s="7" t="s">
+        <v>88</v>
+      </c>
+      <c r="C100" s="7" t="s">
+        <v>85</v>
+      </c>
+      <c r="D100" s="9">
+        <v>905488014</v>
+      </c>
+      <c r="G100" s="19">
+        <v>191</v>
+      </c>
+      <c r="H100" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="I100" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="J100" s="18">
+        <v>915995371</v>
+      </c>
+    </row>
+    <row r="101" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A101" s="23">
+        <v>95</v>
+      </c>
+      <c r="B101" s="7" t="s">
+        <v>104</v>
+      </c>
+      <c r="C101" s="7" t="s">
+        <v>38</v>
+      </c>
+      <c r="D101" s="9">
+        <v>907268125</v>
+      </c>
+      <c r="G101" s="67"/>
+      <c r="H101" s="55"/>
+      <c r="I101" s="55"/>
+      <c r="J101" s="72"/>
+    </row>
+    <row r="102" spans="1:10" ht="15" x14ac:dyDescent="0.2">
+      <c r="A102" s="26"/>
+      <c r="B102" s="28"/>
+      <c r="C102" s="28"/>
+      <c r="D102" s="24"/>
+      <c r="G102" s="68"/>
+      <c r="H102" s="71"/>
+      <c r="I102" s="73"/>
+      <c r="J102" s="73"/>
+    </row>
+    <row r="103" spans="1:10" ht="15" x14ac:dyDescent="0.25">
+      <c r="A103" s="35"/>
+      <c r="B103" s="46"/>
+      <c r="C103" s="46"/>
+      <c r="D103" s="47"/>
+      <c r="G103" s="17"/>
+      <c r="H103" s="16" t="s">
+        <v>243</v>
+      </c>
+      <c r="I103" s="17"/>
+      <c r="J103" s="17"/>
+    </row>
+    <row r="104" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A104" s="27"/>
+      <c r="B104" s="29"/>
+      <c r="C104" s="29"/>
+      <c r="D104" s="30"/>
+      <c r="G104" s="19">
+        <v>192</v>
+      </c>
+      <c r="H104" s="8" t="s">
+        <v>241</v>
+      </c>
+      <c r="I104" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="J104" s="18">
+        <v>948412353</v>
+      </c>
+    </row>
+    <row r="105" spans="1:10" ht="15" x14ac:dyDescent="0.2">
+      <c r="A105" s="19"/>
+      <c r="B105" s="20" t="s">
+        <v>5</v>
+      </c>
+      <c r="C105" s="8"/>
+      <c r="D105" s="21"/>
+      <c r="G105" s="59">
+        <v>193</v>
+      </c>
+      <c r="H105" s="8" t="s">
+        <v>257</v>
+      </c>
+      <c r="I105" s="8"/>
+      <c r="J105" s="18">
+        <v>948207255</v>
+      </c>
+    </row>
+    <row r="106" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A106" s="19">
+        <v>96</v>
+      </c>
+      <c r="B106" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C106" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="D106" s="18">
+        <v>915412830</v>
+      </c>
+      <c r="G106" s="11"/>
+      <c r="H106" s="42"/>
+      <c r="I106" s="42"/>
+      <c r="J106" s="43"/>
+    </row>
+    <row r="107" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A107" s="19">
+        <v>97</v>
+      </c>
+      <c r="B107" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="C107" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="D107" s="18">
+        <v>907708829</v>
+      </c>
+      <c r="G107" s="45"/>
+      <c r="H107" s="42"/>
+      <c r="I107" s="42"/>
+      <c r="J107" s="43"/>
+    </row>
+    <row r="108" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A108" s="19">
+        <v>98</v>
+      </c>
+      <c r="B108" s="7" t="s">
+        <v>237</v>
+      </c>
+      <c r="C108" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D108" s="9">
+        <v>907360124</v>
+      </c>
+      <c r="G108" s="45"/>
+      <c r="H108" s="42"/>
+      <c r="I108" s="42"/>
+      <c r="J108" s="43"/>
+    </row>
+    <row r="109" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A109" s="19">
+        <v>99</v>
+      </c>
+      <c r="B109" s="8" t="s">
+        <v>201</v>
+      </c>
+      <c r="C109" s="8"/>
+      <c r="D109" s="18">
+        <v>940618756</v>
+      </c>
+      <c r="G109" s="11"/>
+      <c r="H109" s="50"/>
+      <c r="I109" s="42"/>
+      <c r="J109" s="43"/>
+    </row>
+    <row r="110" spans="1:10" ht="15" x14ac:dyDescent="0.2">
+      <c r="A110" s="19">
+        <v>100</v>
+      </c>
+      <c r="B110" s="8" t="s">
         <v>9</v>
       </c>
-      <c r="D6" s="10">
-[...45 lines deleted...]
-      <c r="B8" s="8" t="s">
+      <c r="C110" s="8" t="s">
+        <v>10</v>
+      </c>
+      <c r="D110" s="18">
+        <v>918919698</v>
+      </c>
+      <c r="G110" s="11"/>
+      <c r="H110" s="44"/>
+      <c r="I110" s="42"/>
+      <c r="J110" s="42"/>
+    </row>
+    <row r="111" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A111" s="19">
+        <v>101</v>
+      </c>
+      <c r="B111" s="8" t="s">
+        <v>119</v>
+      </c>
+      <c r="C111" s="8" t="s">
+        <v>120</v>
+      </c>
+      <c r="D111" s="18">
+        <v>948936659</v>
+      </c>
+      <c r="G111" s="11"/>
+      <c r="H111" s="42"/>
+      <c r="I111" s="42"/>
+      <c r="J111" s="43"/>
+    </row>
+    <row r="112" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A112" s="19">
+        <v>102</v>
+      </c>
+      <c r="B112" s="8" t="s">
+        <v>290</v>
+      </c>
+      <c r="C112" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="D112" s="18">
+        <v>948487126</v>
+      </c>
+      <c r="G112" s="11"/>
+      <c r="H112" s="42"/>
+      <c r="I112" s="42"/>
+      <c r="J112" s="43"/>
+    </row>
+    <row r="113" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A113" s="19">
+        <v>103</v>
+      </c>
+      <c r="B113" s="8" t="s">
         <v>76</v>
       </c>
-      <c r="C8" s="8" t="s">
-[...45 lines deleted...]
-      <c r="A10" s="25">
+      <c r="C113" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D113" s="18">
+        <v>918327602</v>
+      </c>
+      <c r="G113" s="11"/>
+      <c r="H113" s="42"/>
+      <c r="I113" s="42"/>
+      <c r="J113" s="43"/>
+    </row>
+    <row r="114" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A114" s="19">
+        <v>104</v>
+      </c>
+      <c r="B114" s="8" t="s">
+        <v>109</v>
+      </c>
+      <c r="C114" s="8" t="s">
+        <v>110</v>
+      </c>
+      <c r="D114" s="18">
+        <v>918732374</v>
+      </c>
+      <c r="G114" s="11"/>
+      <c r="H114" s="42"/>
+      <c r="I114" s="42"/>
+      <c r="J114" s="43"/>
+    </row>
+    <row r="115" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A115" s="19">
+        <v>105</v>
+      </c>
+      <c r="B115" s="8" t="s">
+        <v>214</v>
+      </c>
+      <c r="C115" s="8"/>
+      <c r="D115" s="18">
+        <v>940984154</v>
+      </c>
+      <c r="G115" s="11"/>
+      <c r="H115" s="42"/>
+      <c r="I115" s="42"/>
+      <c r="J115" s="43"/>
+    </row>
+    <row r="116" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A116" s="19">
+        <v>106</v>
+      </c>
+      <c r="B116" s="8" t="s">
+        <v>248</v>
+      </c>
+      <c r="C116" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="D116" s="18">
+        <v>907704330</v>
+      </c>
+      <c r="G116" s="11"/>
+      <c r="H116" s="42"/>
+      <c r="I116" s="42"/>
+      <c r="J116" s="43"/>
+    </row>
+    <row r="117" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A117" s="19">
+        <v>107</v>
+      </c>
+      <c r="B117" s="8" t="s">
+        <v>17</v>
+      </c>
+      <c r="C117" s="8" t="s">
+        <v>18</v>
+      </c>
+      <c r="D117" s="18">
+        <v>918412602</v>
+      </c>
+      <c r="G117" s="11"/>
+      <c r="H117" s="32"/>
+      <c r="I117" s="32"/>
+      <c r="J117" s="33"/>
+    </row>
+    <row r="118" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A118" s="19">
+        <v>108</v>
+      </c>
+      <c r="B118" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="C118" s="8"/>
+      <c r="D118" s="18">
+        <v>940642206</v>
+      </c>
+      <c r="G118" s="11"/>
+      <c r="H118" s="32"/>
+      <c r="I118" s="32"/>
+      <c r="J118" s="33"/>
+    </row>
+    <row r="119" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A119" s="19">
+        <v>109</v>
+      </c>
+      <c r="B119" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="C119" s="8"/>
+      <c r="D119" s="18">
+        <v>940642223</v>
+      </c>
+      <c r="G119" s="11"/>
+      <c r="H119" s="32"/>
+      <c r="I119" s="32"/>
+      <c r="J119" s="33"/>
+    </row>
+    <row r="120" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A120" s="19">
+        <v>110</v>
+      </c>
+      <c r="B120" s="8" t="s">
+        <v>21</v>
+      </c>
+      <c r="C120" s="8" t="s">
         <v>8</v>
       </c>
-      <c r="B10" s="8" t="s">
-[...360 lines deleted...]
-      <c r="A24" s="25">
+      <c r="D120" s="18">
+        <v>915995373</v>
+      </c>
+      <c r="G120" s="11"/>
+      <c r="H120" s="32"/>
+      <c r="I120" s="32"/>
+      <c r="J120" s="33"/>
+    </row>
+    <row r="121" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A121" s="19">
+        <v>111</v>
+      </c>
+      <c r="B121" s="8" t="s">
         <v>22</v>
       </c>
-      <c r="B24" s="17" t="s">
-[...22 lines deleted...]
-      <c r="A25" s="25">
+      <c r="C121" s="8" t="s">
         <v>23</v>
       </c>
-      <c r="B25" s="8" t="s">
-[...37 lines deleted...]
-      <c r="H26" s="9" t="s">
+      <c r="D121" s="18">
+        <v>915390636</v>
+      </c>
+    </row>
+    <row r="122" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A122" s="19">
         <v>112</v>
       </c>
-      <c r="I26" s="9" t="s">
-[...22 lines deleted...]
-      <c r="H27" s="9" t="s">
+      <c r="B122" s="8" t="s">
         <v>111</v>
       </c>
-      <c r="I27" s="9" t="s">
-[...2002 lines deleted...]
-      <c r="B119" s="9" t="s">
+      <c r="C122" s="8"/>
+      <c r="D122" s="18">
+        <v>905529567</v>
+      </c>
+    </row>
+    <row r="123" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A123" s="19">
         <v>113</v>
       </c>
-      <c r="C119" s="9" t="s">
+      <c r="B123" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="C123" s="8"/>
+      <c r="D123" s="18">
+        <v>905530558</v>
+      </c>
+    </row>
+    <row r="124" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A124" s="19">
         <v>114</v>
       </c>
-      <c r="D119" s="20">
-[...60 lines deleted...]
-      <c r="A123" s="21">
+      <c r="B124" s="8" t="s">
         <v>113</v>
       </c>
-      <c r="B123" s="9" t="s">
-[...12 lines deleted...]
-      <c r="A124" s="21">
+      <c r="C124" s="8"/>
+      <c r="D124" s="18">
+        <v>905718370</v>
+      </c>
+    </row>
+    <row r="125" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A125" s="19">
+        <v>115</v>
+      </c>
+      <c r="B125" s="8" t="s">
         <v>114</v>
       </c>
-      <c r="B124" s="9" t="s">
-[...91 lines deleted...]
-      <c r="D130" s="20">
+      <c r="C125" s="8"/>
+      <c r="D125" s="18">
         <v>905719501</v>
       </c>
     </row>
   </sheetData>
+  <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hárky</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Rektorát a UP 2025 </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>