--- v1 (2026-01-05)
+++ v2 (2026-03-07)
@@ -1,80 +1,80 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29231"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29628"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="D:\monika.salachova\Desktop\VYKAZY\TELEFONY\MOBILY\mobily-WEB\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{071CEBEE-BA79-40E4-9B30-CE41E622DE79}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{FF1D1E9C-0CE6-404A-A13D-8488456D3EB8}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
-    <sheet name="Rektorát a UP 2025 " sheetId="16" r:id="rId1"/>
+    <sheet name="Rektorát a UP 2026 " sheetId="18" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="391" uniqueCount="294">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="377" uniqueCount="286">
   <si>
     <t>P.č.</t>
   </si>
   <si>
     <t>Priezvisko</t>
   </si>
   <si>
     <t>Meno</t>
   </si>
   <si>
     <t>číslo mobilu</t>
   </si>
   <si>
     <t>Rektorát</t>
   </si>
   <si>
     <t>ŠDaJ</t>
   </si>
   <si>
     <t>Adamčíková</t>
   </si>
   <si>
     <t>Iveta</t>
   </si>
   <si>
@@ -95,86 +95,80 @@
   <si>
     <t>Bujňáková</t>
   </si>
   <si>
     <t>Maroš</t>
   </si>
   <si>
     <t>Čorňáková</t>
   </si>
   <si>
     <t>Daniela</t>
   </si>
   <si>
     <t>Šimkaninová</t>
   </si>
   <si>
     <t>Dagmar</t>
   </si>
   <si>
     <t>Gažová</t>
   </si>
   <si>
     <t>Zuzana</t>
   </si>
   <si>
-    <t>Tóthová</t>
-[...1 lines deleted...]
-  <si>
     <t>Venceľová</t>
   </si>
   <si>
     <t>Adriana</t>
   </si>
   <si>
     <t>Havrilová</t>
   </si>
   <si>
     <t>Katarína</t>
   </si>
   <si>
     <t>BZ UPJŠ</t>
   </si>
   <si>
     <t>Fridmanová</t>
   </si>
   <si>
     <t>Andrea</t>
   </si>
   <si>
     <t>Gregorek</t>
   </si>
   <si>
     <t>Róbert</t>
   </si>
   <si>
     <t>Kelbel</t>
   </si>
   <si>
-    <t>Lengyelová</t>
-[...1 lines deleted...]
-  <si>
     <t>Lenka</t>
   </si>
   <si>
     <t>Jozef</t>
   </si>
   <si>
     <t>Renáta</t>
   </si>
   <si>
     <t xml:space="preserve">Lučanská </t>
   </si>
   <si>
     <t>Suvák</t>
   </si>
   <si>
     <t>Martin</t>
   </si>
   <si>
     <t xml:space="preserve">Lukáčová </t>
   </si>
   <si>
     <t>vrátnica</t>
   </si>
   <si>
     <t>UK UPJŠ</t>
@@ -512,113 +506,92 @@
   <si>
     <t>Engel</t>
   </si>
   <si>
     <t xml:space="preserve">TIP </t>
   </si>
   <si>
     <t>Ružičková</t>
   </si>
   <si>
     <t xml:space="preserve">Bakšiová </t>
   </si>
   <si>
     <t xml:space="preserve">Alžbeta </t>
   </si>
   <si>
     <t xml:space="preserve">Barbarič </t>
   </si>
   <si>
     <t>Juraj</t>
   </si>
   <si>
     <t>Július</t>
   </si>
   <si>
-    <t>Berta</t>
-[...1 lines deleted...]
-  <si>
     <t>Bezegová</t>
   </si>
   <si>
     <t>Ľudmila</t>
   </si>
   <si>
     <t>Čurillová</t>
   </si>
   <si>
     <t>Grega</t>
   </si>
   <si>
-    <t>Hečková</t>
-[...1 lines deleted...]
-  <si>
     <t>Hovanová</t>
   </si>
   <si>
     <t>Jakabová</t>
   </si>
   <si>
     <t>Kačmárová</t>
   </si>
   <si>
     <t>Viera</t>
   </si>
   <si>
-    <t>Kimáková</t>
-[...1 lines deleted...]
-  <si>
     <t>Kocová</t>
   </si>
   <si>
     <t>Valéria</t>
   </si>
   <si>
-    <t>Olejňáková</t>
-[...1 lines deleted...]
-  <si>
     <t>Jaroslava</t>
   </si>
   <si>
     <t>Petrilová</t>
   </si>
   <si>
     <t>Anna</t>
   </si>
   <si>
     <t>Puškáš</t>
   </si>
   <si>
-    <t>Sončová</t>
-[...7 lines deleted...]
-  <si>
     <t>Szucsová</t>
   </si>
   <si>
     <t>Varga</t>
   </si>
   <si>
     <t>Pavel</t>
   </si>
   <si>
     <t>Žiga</t>
   </si>
   <si>
     <t>Trepáčová</t>
   </si>
   <si>
     <t>Stanislava</t>
   </si>
   <si>
     <t>Slovenská</t>
   </si>
   <si>
     <t>Galamb</t>
   </si>
   <si>
     <t>Nilabovič</t>
@@ -719,56 +692,50 @@
   <si>
     <t>Filčáková</t>
   </si>
   <si>
     <t>Miriama</t>
   </si>
   <si>
     <t>Hofierka</t>
   </si>
   <si>
     <t>Kudla</t>
   </si>
   <si>
     <t>Hrabár</t>
   </si>
   <si>
     <t>Adámy</t>
   </si>
   <si>
     <t>Patrik</t>
   </si>
   <si>
     <t>Oravcová</t>
   </si>
   <si>
-    <t>Naď</t>
-[...4 lines deleted...]
-  <si>
     <t>Kozáková</t>
   </si>
   <si>
     <t>Derjaninová</t>
   </si>
   <si>
     <t>Hubeňáková</t>
   </si>
   <si>
     <t>Neubauer</t>
   </si>
   <si>
     <t xml:space="preserve">Sokol </t>
   </si>
   <si>
     <t>Viktoriya</t>
   </si>
   <si>
     <t>Horváthová</t>
   </si>
   <si>
     <t xml:space="preserve">Šebeš </t>
   </si>
   <si>
     <t>Alfréd</t>
@@ -812,176 +779,179 @@
   <si>
     <t>Krasnovská</t>
   </si>
   <si>
     <t>Slávka</t>
   </si>
   <si>
     <t>Kolbaská</t>
   </si>
   <si>
     <t>Tomaščíková</t>
   </si>
   <si>
     <t>Orosová</t>
   </si>
   <si>
     <t>materská škola</t>
   </si>
   <si>
     <t>Dohovičová</t>
   </si>
   <si>
     <t>Bačíková</t>
   </si>
   <si>
-    <t>Majcher</t>
-[...1 lines deleted...]
-  <si>
     <t xml:space="preserve">Krejzová </t>
   </si>
   <si>
     <t>Jarmila</t>
   </si>
   <si>
     <t xml:space="preserve">Semešová </t>
   </si>
   <si>
     <t>Macáková</t>
   </si>
   <si>
-    <t>Navalenko</t>
-[...4 lines deleted...]
-  <si>
     <t>Bujňák</t>
   </si>
   <si>
     <t>Oravec</t>
   </si>
   <si>
     <t>Vincent</t>
   </si>
   <si>
     <t>Vincek</t>
   </si>
   <si>
     <t>Slavomíra</t>
   </si>
   <si>
     <t>Hornyáková</t>
   </si>
   <si>
     <t>Csalová</t>
   </si>
   <si>
     <t>Cvengrošová</t>
   </si>
   <si>
     <t>Marieta</t>
   </si>
   <si>
     <t>Pezlarová</t>
   </si>
   <si>
     <t>Stroková</t>
   </si>
   <si>
-    <t>Pravec</t>
-[...7 lines deleted...]
-  <si>
     <t>Štefancová</t>
   </si>
   <si>
     <t>Ingrida</t>
   </si>
   <si>
     <t>Porhinčáková Hudáková</t>
   </si>
   <si>
     <t>Obušeková</t>
   </si>
   <si>
     <t>Darina</t>
   </si>
   <si>
     <t xml:space="preserve">Pizňak </t>
   </si>
   <si>
     <t xml:space="preserve">Zakuťanská </t>
   </si>
   <si>
     <t>Takáč</t>
   </si>
   <si>
     <t>Barbora</t>
   </si>
   <si>
     <t>Macej</t>
   </si>
   <si>
     <t>Géci</t>
   </si>
   <si>
     <t>Tatiana</t>
   </si>
   <si>
     <t>Görčöšová</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rusnáková </t>
+  </si>
+  <si>
+    <t>Dana</t>
+  </si>
+  <si>
+    <t>Kabošová</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Faťolová </t>
+  </si>
+  <si>
+    <t>Ingrid</t>
+  </si>
+  <si>
+    <t>Pezlar</t>
+  </si>
+  <si>
+    <t>Hricišinová</t>
+  </si>
+  <si>
+    <t>Alexandrová</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Juhásová </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="4" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <sz val="11"/>
-      <name val="Arial"/>
-[...4 lines deleted...]
-      <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="23">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
@@ -1224,74 +1194,76 @@
       <right style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </right>
       <top style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
-      <left style="thin">
+      <left/>
+      <right/>
+      <top style="thin">
         <color indexed="64"/>
-      </left>
-      <right style="thin">
+      </top>
+      <bottom style="thin">
         <color theme="0" tint="-0.14999847407452621"/>
-      </right>
-[...1 lines deleted...]
-      <bottom/>
+      </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
-      <right style="thin">
-[...3 lines deleted...]
-      <bottom/>
+      <right/>
+      <top style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </top>
+      <bottom style="thin">
+        <color theme="0" tint="-0.14999847407452621"/>
+      </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="85">
+  <cellXfs count="96">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
@@ -1402,113 +1374,138 @@
     <xf numFmtId="3" fontId="2" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="16" xfId="0" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="18" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="17" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="6" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="15" xfId="0" applyBorder="1"/>
-    <xf numFmtId="0" fontId="2" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="3" fontId="2" fillId="2" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="21" xfId="0" applyBorder="1"/>
-[...2 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="8" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="3" fontId="2" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="8" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="21" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="20" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="2" fillId="2" borderId="19" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="19" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="19" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="2" borderId="16" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="2" borderId="16" xfId="0" applyFill="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="10" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="22" xfId="0" applyBorder="1"/>
-    <xf numFmtId="3" fontId="2" fillId="2" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...5 lines deleted...]
-    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normálna" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -1776,2872 +1773,2851 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0F3D6B08-E457-43FB-A1A3-D3A7070AA950}">
-  <dimension ref="A1:O125"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{E51DA80F-A96A-4D46-A31C-E15455589C55}">
+  <dimension ref="A1:O127"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A77" zoomScale="106" zoomScaleNormal="106" workbookViewId="0">
-      <selection activeCell="L108" sqref="L108"/>
+    <sheetView tabSelected="1" topLeftCell="A73" zoomScale="106" zoomScaleNormal="106" workbookViewId="0">
+      <selection activeCell="H101" sqref="H101"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="5.140625" customWidth="1"/>
-    <col min="2" max="2" width="23" customWidth="1"/>
+    <col min="2" max="2" width="24.28515625" customWidth="1"/>
     <col min="3" max="3" width="14.7109375" customWidth="1"/>
     <col min="4" max="4" width="17" customWidth="1"/>
     <col min="7" max="7" width="5.140625" customWidth="1"/>
     <col min="8" max="8" width="26.5703125" customWidth="1"/>
     <col min="9" max="9" width="14.7109375" customWidth="1"/>
     <col min="10" max="10" width="17" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="15" x14ac:dyDescent="0.25">
       <c r="A1" s="2" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="6" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="6" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="6" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="19"/>
       <c r="H1" s="20" t="s">
-        <v>26</v>
+        <v>25</v>
       </c>
       <c r="I1" s="8"/>
       <c r="J1" s="8"/>
     </row>
     <row r="2" spans="1:10" ht="15" x14ac:dyDescent="0.25">
       <c r="A2" s="1"/>
       <c r="B2" s="2" t="s">
         <v>4</v>
       </c>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="G2" s="19">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="H2" s="8" t="s">
-        <v>155</v>
+        <v>284</v>
       </c>
       <c r="I2" s="8" t="s">
-        <v>156</v>
+        <v>68</v>
       </c>
       <c r="J2" s="18">
-        <v>940983928</v>
+        <v>917602199</v>
       </c>
     </row>
     <row r="3" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A3" s="23">
         <v>1</v>
       </c>
       <c r="B3" s="22" t="s">
-        <v>226</v>
+        <v>217</v>
       </c>
       <c r="C3" s="22" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="D3" s="13">
         <v>948306274</v>
       </c>
       <c r="G3" s="19">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="H3" s="8" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="I3" s="8" t="s">
-        <v>158</v>
+        <v>154</v>
       </c>
       <c r="J3" s="18">
-        <v>940983931</v>
+        <v>940983928</v>
       </c>
     </row>
     <row r="4" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A4" s="23">
         <v>2</v>
       </c>
-      <c r="B4" s="22" t="s">
-[...6 lines deleted...]
-        <v>940630356</v>
+      <c r="B4" s="7" t="s">
+        <v>13</v>
+      </c>
+      <c r="C4" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D4" s="9">
+        <v>907945470</v>
       </c>
       <c r="G4" s="19">
-        <v>118</v>
+        <v>120</v>
       </c>
       <c r="H4" s="8" t="s">
-        <v>94</v>
+        <v>155</v>
       </c>
       <c r="I4" s="8" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="J4" s="18">
-        <v>940983929</v>
+        <v>940983931</v>
       </c>
     </row>
     <row r="5" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A5" s="23">
         <v>3</v>
       </c>
       <c r="B5" s="7" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="C5" s="7" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="D5" s="9">
-        <v>907945470</v>
+        <v>915978085</v>
       </c>
       <c r="G5" s="19">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="H5" s="8" t="s">
-        <v>242</v>
+        <v>92</v>
       </c>
       <c r="I5" s="8" t="s">
-        <v>30</v>
+        <v>157</v>
       </c>
       <c r="J5" s="18">
-        <v>948207586</v>
+        <v>940983929</v>
       </c>
     </row>
     <row r="6" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A6" s="23">
         <v>4</v>
       </c>
       <c r="B6" s="7" t="s">
-        <v>69</v>
+        <v>71</v>
       </c>
       <c r="C6" s="7" t="s">
-        <v>70</v>
+        <v>10</v>
       </c>
       <c r="D6" s="9">
-        <v>915978085</v>
+        <v>918645253</v>
       </c>
       <c r="G6" s="19">
-        <v>120</v>
+        <v>122</v>
       </c>
       <c r="H6" s="8" t="s">
-        <v>160</v>
+        <v>231</v>
       </c>
       <c r="I6" s="8" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="J6" s="18">
-        <v>940983930</v>
+        <v>948207586</v>
       </c>
     </row>
     <row r="7" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A7" s="23">
         <v>5</v>
       </c>
       <c r="B7" s="7" t="s">
-        <v>73</v>
+        <v>113</v>
       </c>
       <c r="C7" s="7" t="s">
-        <v>10</v>
+        <v>24</v>
       </c>
       <c r="D7" s="9">
-        <v>918645253</v>
+        <v>948875694</v>
       </c>
       <c r="G7" s="19">
-        <v>121</v>
+        <v>123</v>
       </c>
       <c r="H7" s="8" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="I7" s="8" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="J7" s="18">
         <v>940983932</v>
       </c>
     </row>
     <row r="8" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A8" s="23">
         <v>6</v>
       </c>
       <c r="B8" s="7" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="C8" s="7" t="s">
-        <v>25</v>
+        <v>16</v>
       </c>
       <c r="D8" s="9">
-        <v>948875694</v>
+        <v>905580475</v>
       </c>
       <c r="G8" s="19">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="H8" s="8" t="s">
-        <v>267</v>
+        <v>253</v>
       </c>
       <c r="I8" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J8" s="18">
         <v>940983940</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A9" s="23">
         <v>7</v>
       </c>
       <c r="B9" s="7" t="s">
-        <v>15</v>
+        <v>134</v>
       </c>
       <c r="C9" s="7" t="s">
-        <v>16</v>
+        <v>10</v>
       </c>
       <c r="D9" s="9">
-        <v>905580475</v>
+        <v>948875678</v>
       </c>
       <c r="G9" s="19">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="H9" s="8" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="I9" s="8" t="s">
-        <v>66</v>
+        <v>64</v>
       </c>
       <c r="J9" s="18">
         <v>940983934</v>
       </c>
     </row>
     <row r="10" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A10" s="23">
         <v>8</v>
       </c>
       <c r="B10" s="7" t="s">
-        <v>136</v>
+        <v>201</v>
       </c>
       <c r="C10" s="7" t="s">
-        <v>10</v>
+        <v>159</v>
       </c>
       <c r="D10" s="9">
-        <v>948875678</v>
+        <v>948068936</v>
       </c>
       <c r="G10" s="19">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="H10" s="8" t="s">
+        <v>26</v>
+      </c>
+      <c r="I10" s="8" t="s">
         <v>27</v>
-      </c>
-[...1 lines deleted...]
-        <v>28</v>
       </c>
       <c r="J10" s="18">
         <v>917137463</v>
       </c>
     </row>
     <row r="11" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A11" s="23">
         <v>9</v>
       </c>
       <c r="B11" s="7" t="s">
-        <v>210</v>
+        <v>280</v>
       </c>
       <c r="C11" s="7" t="s">
-        <v>162</v>
+        <v>281</v>
       </c>
       <c r="D11" s="9">
-        <v>948068936</v>
+        <v>948910865</v>
       </c>
       <c r="G11" s="19">
-        <v>125</v>
+        <v>127</v>
       </c>
       <c r="H11" s="8" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="I11" s="8" t="s">
         <v>11</v>
       </c>
       <c r="J11" s="18">
         <v>940983936</v>
       </c>
     </row>
     <row r="12" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A12" s="23">
         <v>10</v>
       </c>
       <c r="B12" s="7" t="s">
-        <v>250</v>
+        <v>239</v>
       </c>
       <c r="C12" s="7" t="s">
         <v>16</v>
       </c>
       <c r="D12" s="9">
         <v>948209690</v>
       </c>
       <c r="G12" s="19">
-        <v>126</v>
+        <v>128</v>
       </c>
       <c r="H12" s="8" t="s">
+        <v>28</v>
+      </c>
+      <c r="I12" s="8" t="s">
         <v>29</v>
-      </c>
-[...1 lines deleted...]
-        <v>30</v>
       </c>
       <c r="J12" s="18">
         <v>905427318</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A13" s="23">
         <v>11</v>
       </c>
       <c r="B13" s="7" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="C13" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D13" s="9">
         <v>948907270</v>
       </c>
       <c r="G13" s="19">
-        <v>127</v>
+        <v>129</v>
       </c>
       <c r="H13" s="8" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="I13" s="8" t="s">
-        <v>8</v>
+        <v>68</v>
       </c>
       <c r="J13" s="18">
-        <v>940983937</v>
+        <v>940983939</v>
       </c>
     </row>
     <row r="14" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A14" s="23">
         <v>12</v>
       </c>
       <c r="B14" s="7" t="s">
-        <v>195</v>
+        <v>186</v>
       </c>
       <c r="C14" s="7" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="D14" s="9">
         <v>915727489</v>
       </c>
       <c r="G14" s="19">
-        <v>128</v>
+        <v>130</v>
       </c>
       <c r="H14" s="8" t="s">
-        <v>166</v>
+        <v>143</v>
       </c>
       <c r="I14" s="8" t="s">
-        <v>70</v>
+        <v>144</v>
       </c>
       <c r="J14" s="18">
-        <v>940983939</v>
+        <v>905295767</v>
       </c>
     </row>
     <row r="15" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A15" s="23">
         <v>13</v>
       </c>
       <c r="B15" s="7" t="s">
-        <v>188</v>
+        <v>179</v>
       </c>
       <c r="C15" s="7" t="s">
-        <v>34</v>
+        <v>32</v>
       </c>
       <c r="D15" s="9">
         <v>907998245</v>
       </c>
       <c r="G15" s="19">
-        <v>129</v>
-[...8 lines deleted...]
-        <v>905295767</v>
+        <v>131</v>
+      </c>
+      <c r="H15" s="14" t="s">
+        <v>163</v>
+      </c>
+      <c r="I15" s="14" t="s">
+        <v>52</v>
+      </c>
+      <c r="J15" s="13">
+        <v>940983941</v>
       </c>
     </row>
     <row r="16" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A16" s="23">
         <v>14</v>
       </c>
       <c r="B16" s="7" t="s">
         <v>19</v>
       </c>
       <c r="C16" s="7" t="s">
         <v>20</v>
       </c>
       <c r="D16" s="9">
         <v>918640816</v>
       </c>
       <c r="G16" s="19">
-        <v>130</v>
+        <v>132</v>
       </c>
       <c r="H16" s="14" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="I16" s="14" t="s">
-        <v>54</v>
+        <v>165</v>
       </c>
       <c r="J16" s="13">
-        <v>940983941</v>
+        <v>940983942</v>
       </c>
     </row>
     <row r="17" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A17" s="23">
         <v>15</v>
       </c>
       <c r="B17" s="7" t="s">
-        <v>245</v>
+        <v>234</v>
       </c>
       <c r="C17" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D17" s="9">
         <v>915885378</v>
       </c>
       <c r="G17" s="19">
-        <v>131</v>
-[...8 lines deleted...]
-        <v>940983942</v>
+        <v>133</v>
+      </c>
+      <c r="H17" s="8" t="s">
+        <v>30</v>
+      </c>
+      <c r="I17" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="J17" s="18">
+        <v>917602193</v>
       </c>
     </row>
     <row r="18" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A18" s="23">
         <v>16</v>
       </c>
       <c r="B18" s="7" t="s">
-        <v>291</v>
+        <v>274</v>
       </c>
       <c r="C18" s="7" t="s">
-        <v>227</v>
+        <v>218</v>
       </c>
       <c r="D18" s="9">
         <v>948603996</v>
       </c>
       <c r="G18" s="19">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="H18" s="8" t="s">
-        <v>31</v>
+        <v>145</v>
       </c>
       <c r="I18" s="8" t="s">
-        <v>11</v>
+        <v>146</v>
       </c>
       <c r="J18" s="18">
-        <v>917602193</v>
+        <v>948910064</v>
       </c>
     </row>
     <row r="19" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A19" s="23">
         <v>17</v>
       </c>
       <c r="B19" s="7" t="s">
-        <v>293</v>
+        <v>276</v>
       </c>
       <c r="C19" s="7" t="s">
-        <v>292</v>
+        <v>275</v>
       </c>
       <c r="D19" s="9">
         <v>917650828</v>
       </c>
       <c r="G19" s="19">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="H19" s="14" t="s">
-        <v>170</v>
+        <v>166</v>
       </c>
       <c r="I19" s="14" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="J19" s="13">
-        <v>940983943</v>
+        <v>940983944</v>
       </c>
     </row>
     <row r="20" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A20" s="23">
         <v>18</v>
       </c>
       <c r="B20" s="7" t="s">
-        <v>209</v>
+        <v>200</v>
       </c>
       <c r="C20" s="7" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="D20" s="9" t="s">
-        <v>208</v>
+        <v>199</v>
       </c>
       <c r="G20" s="19">
-        <v>134</v>
+        <v>136</v>
       </c>
       <c r="H20" s="8" t="s">
-        <v>147</v>
+        <v>249</v>
       </c>
       <c r="I20" s="8" t="s">
-        <v>148</v>
+        <v>250</v>
       </c>
       <c r="J20" s="18">
-        <v>948910064</v>
+        <v>917650822</v>
       </c>
     </row>
     <row r="21" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A21" s="23">
         <v>19</v>
       </c>
       <c r="B21" s="7" t="s">
-        <v>24</v>
+        <v>23</v>
       </c>
       <c r="C21" s="7" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="D21" s="9">
         <v>918645256</v>
       </c>
       <c r="G21" s="19">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="H21" s="14" t="s">
-        <v>171</v>
+        <v>93</v>
       </c>
       <c r="I21" s="14" t="s">
-        <v>172</v>
+        <v>129</v>
       </c>
       <c r="J21" s="13">
-        <v>940983944</v>
+        <v>940983945</v>
       </c>
     </row>
     <row r="22" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A22" s="23">
         <v>20</v>
       </c>
       <c r="B22" s="7" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="C22" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D22" s="13">
         <v>948875683</v>
       </c>
       <c r="G22" s="19">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="H22" s="8" t="s">
-        <v>261</v>
+        <v>252</v>
       </c>
       <c r="I22" s="8" t="s">
-        <v>262</v>
+        <v>75</v>
       </c>
       <c r="J22" s="18">
-        <v>917650822</v>
+        <v>940983935</v>
       </c>
     </row>
     <row r="23" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A23" s="23">
         <v>21</v>
       </c>
       <c r="B23" s="7" t="s">
-        <v>223</v>
+        <v>214</v>
       </c>
       <c r="C23" s="7" t="s">
         <v>12</v>
       </c>
       <c r="D23" s="13">
         <v>948285000</v>
       </c>
       <c r="G23" s="19">
-        <v>137</v>
-[...8 lines deleted...]
-        <v>940983945</v>
+        <v>139</v>
+      </c>
+      <c r="H23" s="8" t="s">
+        <v>106</v>
+      </c>
+      <c r="I23" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="J23" s="18">
+        <v>917102479</v>
       </c>
     </row>
     <row r="24" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A24" s="23">
         <v>22</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>191</v>
+        <v>182</v>
       </c>
       <c r="C24" s="7" t="s">
-        <v>192</v>
+        <v>183</v>
       </c>
       <c r="D24" s="9">
         <v>905385911</v>
       </c>
       <c r="G24" s="19">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="H24" s="8" t="s">
-        <v>32</v>
+        <v>105</v>
       </c>
       <c r="I24" s="8" t="s">
-        <v>25</v>
+        <v>31</v>
       </c>
       <c r="J24" s="18">
-        <v>917602199</v>
+        <v>917650826</v>
       </c>
     </row>
     <row r="25" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A25" s="23">
         <v>23</v>
       </c>
       <c r="B25" s="15" t="s">
-        <v>225</v>
+        <v>216</v>
       </c>
       <c r="C25" s="7" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="D25" s="9">
         <v>948875684</v>
       </c>
       <c r="G25" s="19">
-        <v>139</v>
-[...8 lines deleted...]
-        <v>940983935</v>
+        <v>141</v>
+      </c>
+      <c r="H25" s="14" t="s">
+        <v>254</v>
+      </c>
+      <c r="I25" s="14" t="s">
+        <v>255</v>
+      </c>
+      <c r="J25" s="13">
+        <v>940983947</v>
       </c>
     </row>
     <row r="26" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A26" s="23">
         <v>24</v>
       </c>
       <c r="B26" s="7" t="s">
-        <v>199</v>
+        <v>190</v>
       </c>
       <c r="C26" s="7" t="s">
-        <v>200</v>
+        <v>191</v>
       </c>
       <c r="D26" s="13">
         <v>940618767</v>
       </c>
       <c r="G26" s="19">
-        <v>140</v>
-[...8 lines deleted...]
-        <v>917102479</v>
+        <v>142</v>
+      </c>
+      <c r="H26" s="14" t="s">
+        <v>169</v>
+      </c>
+      <c r="I26" s="14" t="s">
+        <v>170</v>
+      </c>
+      <c r="J26" s="13">
+        <v>940983949</v>
       </c>
     </row>
     <row r="27" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A27" s="23">
         <v>25</v>
       </c>
       <c r="B27" s="7" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="C27" s="7" t="s">
         <v>8</v>
       </c>
       <c r="D27" s="9">
         <v>907360053</v>
       </c>
       <c r="G27" s="19">
-        <v>141</v>
-[...8 lines deleted...]
-        <v>917650826</v>
+        <v>143</v>
+      </c>
+      <c r="H27" s="14" t="s">
+        <v>269</v>
+      </c>
+      <c r="I27" s="14" t="s">
+        <v>36</v>
+      </c>
+      <c r="J27" s="13">
+        <v>940624776</v>
       </c>
     </row>
     <row r="28" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A28" s="23">
         <v>26</v>
       </c>
       <c r="B28" s="7" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="C28" s="7" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="D28" s="9">
         <v>918897105</v>
       </c>
       <c r="G28" s="19">
-        <v>142</v>
-[...8 lines deleted...]
-        <v>940983938</v>
+        <v>144</v>
+      </c>
+      <c r="H28" s="14" t="s">
+        <v>171</v>
+      </c>
+      <c r="I28" s="14" t="s">
+        <v>47</v>
+      </c>
+      <c r="J28" s="13">
+        <v>940983950</v>
       </c>
     </row>
     <row r="29" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A29" s="23">
         <v>27</v>
       </c>
       <c r="B29" s="7" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="C29" s="7" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="D29" s="9">
         <v>903728133</v>
       </c>
       <c r="G29" s="19">
-        <v>143</v>
+        <v>145</v>
       </c>
       <c r="H29" s="14" t="s">
-        <v>173</v>
+        <v>251</v>
       </c>
       <c r="I29" s="14" t="s">
-        <v>174</v>
+        <v>82</v>
       </c>
       <c r="J29" s="13">
-        <v>940983948</v>
+        <v>940983933</v>
       </c>
     </row>
     <row r="30" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A30" s="23">
         <v>28</v>
       </c>
       <c r="B30" s="7" t="s">
-        <v>207</v>
+        <v>279</v>
       </c>
       <c r="C30" s="7" t="s">
-        <v>77</v>
+        <v>24</v>
       </c>
       <c r="D30" s="9">
-        <v>948068934</v>
+        <v>948251896</v>
       </c>
       <c r="G30" s="19">
-        <v>144</v>
-[...8 lines deleted...]
-        <v>940983947</v>
+        <v>146</v>
+      </c>
+      <c r="H30" s="8" t="s">
+        <v>35</v>
+      </c>
+      <c r="I30" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="J30" s="18">
+        <v>917650825</v>
       </c>
     </row>
     <row r="31" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A31" s="23">
         <v>29</v>
       </c>
       <c r="B31" s="7" t="s">
-        <v>254</v>
+        <v>198</v>
       </c>
       <c r="C31" s="7" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="D31" s="9">
-        <v>940625382</v>
+        <v>948068934</v>
       </c>
       <c r="G31" s="19">
-        <v>145</v>
-[...5 lines deleted...]
-        <v>176</v>
+        <v>147</v>
+      </c>
+      <c r="H31" s="52" t="s">
+        <v>172</v>
+      </c>
+      <c r="I31" s="52" t="s">
+        <v>41</v>
       </c>
       <c r="J31" s="13">
-        <v>940983949</v>
+        <v>940983954</v>
       </c>
     </row>
     <row r="32" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A32" s="23">
         <v>30</v>
       </c>
       <c r="B32" s="7" t="s">
-        <v>252</v>
+        <v>243</v>
       </c>
       <c r="C32" s="7" t="s">
-        <v>222</v>
+        <v>41</v>
       </c>
       <c r="D32" s="9">
-        <v>948211557</v>
+        <v>940625382</v>
       </c>
       <c r="G32" s="19">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="H32" s="14" t="s">
-        <v>286</v>
+        <v>194</v>
       </c>
       <c r="I32" s="14" t="s">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="J32" s="13">
-        <v>940624776</v>
+        <v>940983946</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A33" s="23">
         <v>31</v>
       </c>
       <c r="B33" s="7" t="s">
-        <v>224</v>
+        <v>241</v>
       </c>
       <c r="C33" s="7" t="s">
-        <v>138</v>
+        <v>213</v>
       </c>
       <c r="D33" s="9">
-        <v>948286041</v>
+        <v>948211557</v>
       </c>
       <c r="G33" s="19">
-        <v>147</v>
-[...8 lines deleted...]
-        <v>917650824</v>
+        <v>149</v>
+      </c>
+      <c r="H33" s="14" t="s">
+        <v>173</v>
+      </c>
+      <c r="I33" s="14" t="s">
+        <v>174</v>
+      </c>
+      <c r="J33" s="13">
+        <v>940983956</v>
       </c>
     </row>
     <row r="34" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A34" s="23">
         <v>32</v>
       </c>
       <c r="B34" s="7" t="s">
-        <v>127</v>
+        <v>215</v>
       </c>
       <c r="C34" s="7" t="s">
-        <v>128</v>
+        <v>136</v>
       </c>
       <c r="D34" s="9">
-        <v>915694874</v>
+        <v>948286041</v>
       </c>
       <c r="G34" s="19">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="H34" s="14" t="s">
-        <v>177</v>
+        <v>256</v>
       </c>
       <c r="I34" s="14" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="J34" s="13">
-        <v>940983950</v>
+        <v>940983951</v>
       </c>
     </row>
     <row r="35" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A35" s="23">
         <v>33</v>
       </c>
       <c r="B35" s="7" t="s">
-        <v>95</v>
+        <v>125</v>
       </c>
       <c r="C35" s="7" t="s">
-        <v>14</v>
+        <v>126</v>
       </c>
       <c r="D35" s="9">
-        <v>918172209</v>
+        <v>915694874</v>
       </c>
       <c r="G35" s="19">
-        <v>149</v>
+        <v>151</v>
       </c>
       <c r="H35" s="14" t="s">
-        <v>263</v>
-[...5 lines deleted...]
-        <v>940983933</v>
+        <v>38</v>
+      </c>
+      <c r="I35" s="14"/>
+      <c r="J35" s="18">
+        <v>917133597</v>
       </c>
     </row>
     <row r="36" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A36" s="23">
         <v>34</v>
       </c>
       <c r="B36" s="7" t="s">
-        <v>36</v>
+        <v>93</v>
       </c>
       <c r="C36" s="7" t="s">
-        <v>35</v>
+        <v>14</v>
       </c>
       <c r="D36" s="9">
-        <v>915789983</v>
+        <v>918172209</v>
       </c>
       <c r="G36" s="19">
-        <v>150</v>
-[...5 lines deleted...]
-        <v>146</v>
+        <v>152</v>
+      </c>
+      <c r="H36" s="14" t="s">
+        <v>175</v>
+      </c>
+      <c r="I36" s="14" t="s">
+        <v>73</v>
       </c>
       <c r="J36" s="13">
-        <v>940983952</v>
+        <v>940983957</v>
       </c>
     </row>
     <row r="37" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A37" s="23">
         <v>35</v>
       </c>
       <c r="B37" s="7" t="s">
-        <v>39</v>
+        <v>34</v>
       </c>
       <c r="C37" s="7" t="s">
-        <v>8</v>
+        <v>33</v>
       </c>
       <c r="D37" s="9">
-        <v>918897104</v>
-[...12 lines deleted...]
-      </c>
+        <v>915789983</v>
+      </c>
+      <c r="G37" s="66"/>
+      <c r="H37" s="94"/>
+      <c r="I37" s="94"/>
+      <c r="J37" s="63"/>
     </row>
     <row r="38" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A38" s="23">
         <v>36</v>
       </c>
       <c r="B38" s="7" t="s">
-        <v>135</v>
+        <v>37</v>
       </c>
       <c r="C38" s="7" t="s">
-        <v>54</v>
+        <v>8</v>
       </c>
       <c r="D38" s="9">
-        <v>915992777</v>
-[...13 lines deleted...]
-      <c r="M38" s="41"/>
+        <v>918897104</v>
+      </c>
+      <c r="G38" s="65"/>
+      <c r="H38" s="75"/>
+      <c r="I38" s="75"/>
+      <c r="J38" s="54"/>
+      <c r="K38" s="34"/>
     </row>
     <row r="39" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A39" s="23">
         <v>37</v>
       </c>
       <c r="B39" s="7" t="s">
-        <v>81</v>
+        <v>133</v>
       </c>
       <c r="C39" s="7" t="s">
-        <v>8</v>
+        <v>52</v>
       </c>
       <c r="D39" s="9">
-        <v>905295766</v>
-[...14 lines deleted...]
-    <row r="40" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
+        <v>915992777</v>
+      </c>
+      <c r="G39" s="67"/>
+      <c r="H39" s="93"/>
+      <c r="I39" s="93"/>
+      <c r="J39" s="64"/>
+      <c r="K39" s="95"/>
+      <c r="M39" s="41"/>
+    </row>
+    <row r="40" spans="1:15" ht="15" x14ac:dyDescent="0.2">
       <c r="A40" s="23">
         <v>38</v>
       </c>
       <c r="B40" s="7" t="s">
-        <v>139</v>
+        <v>79</v>
       </c>
       <c r="C40" s="7" t="s">
-        <v>140</v>
+        <v>8</v>
       </c>
       <c r="D40" s="9">
-        <v>940624772</v>
-[...12 lines deleted...]
-      </c>
+        <v>905295766</v>
+      </c>
+      <c r="G40" s="5"/>
+      <c r="H40" s="3" t="s">
+        <v>39</v>
+      </c>
+      <c r="I40" s="4"/>
+      <c r="J40" s="4"/>
     </row>
     <row r="41" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A41" s="23">
         <v>39</v>
       </c>
       <c r="B41" s="7" t="s">
-        <v>229</v>
+        <v>137</v>
       </c>
       <c r="C41" s="7" t="s">
-        <v>230</v>
+        <v>138</v>
       </c>
       <c r="D41" s="9">
-        <v>948309071</v>
-[...11 lines deleted...]
-        <v>940983956</v>
+        <v>940624772</v>
+      </c>
+      <c r="G41" s="10">
+        <v>153</v>
+      </c>
+      <c r="H41" s="56" t="s">
+        <v>248</v>
+      </c>
+      <c r="I41" s="8" t="s">
+        <v>165</v>
+      </c>
+      <c r="J41" s="18">
+        <v>948212765</v>
       </c>
     </row>
     <row r="42" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A42" s="23">
         <v>40</v>
       </c>
       <c r="B42" s="7" t="s">
-        <v>234</v>
+        <v>223</v>
       </c>
       <c r="C42" s="7" t="s">
-        <v>38</v>
+        <v>36</v>
       </c>
       <c r="D42" s="9">
         <v>905282346</v>
       </c>
-      <c r="G42" s="19">
-[...11 lines deleted...]
-      <c r="L42" s="83"/>
+      <c r="G42" s="10">
+        <v>154</v>
+      </c>
+      <c r="H42" s="57" t="s">
+        <v>247</v>
+      </c>
+      <c r="I42" s="57" t="s">
+        <v>27</v>
+      </c>
+      <c r="J42" s="58">
+        <v>948212762</v>
+      </c>
+      <c r="L42" s="74"/>
     </row>
     <row r="43" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A43" s="23">
         <v>41</v>
       </c>
       <c r="B43" s="7" t="s">
-        <v>228</v>
+        <v>219</v>
       </c>
       <c r="C43" s="7" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="D43" s="9">
         <v>905344299</v>
       </c>
-      <c r="G43" s="19">
-[...7 lines deleted...]
-        <v>917133597</v>
+      <c r="G43" s="10">
+        <v>155</v>
+      </c>
+      <c r="H43" s="57" t="s">
+        <v>285</v>
+      </c>
+      <c r="I43" s="57" t="s">
+        <v>144</v>
+      </c>
+      <c r="J43" s="58">
+        <v>918897100</v>
       </c>
     </row>
     <row r="44" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A44" s="23">
         <v>42</v>
       </c>
       <c r="B44" s="7" t="s">
-        <v>220</v>
+        <v>211</v>
       </c>
       <c r="C44" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D44" s="9">
         <v>948875271</v>
       </c>
-      <c r="F44" s="81"/>
-[...10 lines deleted...]
-        <v>940983957</v>
+      <c r="F44" s="79"/>
+      <c r="G44" s="10">
+        <v>156</v>
+      </c>
+      <c r="H44" s="8" t="s">
+        <v>42</v>
+      </c>
+      <c r="I44" s="8" t="s">
+        <v>41</v>
+      </c>
+      <c r="J44" s="18">
+        <v>917602192</v>
       </c>
     </row>
     <row r="45" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A45" s="23">
         <v>43</v>
       </c>
       <c r="B45" s="7" t="s">
-        <v>256</v>
+        <v>245</v>
       </c>
       <c r="C45" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D45" s="9">
         <v>948987933</v>
       </c>
-      <c r="F45" s="83"/>
-[...3 lines deleted...]
-      <c r="J45" s="64"/>
+      <c r="F45" s="74"/>
+      <c r="G45" s="10">
+        <v>157</v>
+      </c>
+      <c r="H45" s="8" t="s">
+        <v>267</v>
+      </c>
+      <c r="I45" s="8" t="s">
+        <v>268</v>
+      </c>
+      <c r="J45" s="18">
+        <v>918897102</v>
+      </c>
       <c r="L45" s="34"/>
       <c r="O45" s="53"/>
     </row>
     <row r="46" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A46" s="23">
         <v>44</v>
       </c>
       <c r="B46" s="7" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="C46" s="7" t="s">
         <v>11</v>
       </c>
       <c r="D46" s="13">
         <v>948875686</v>
       </c>
-      <c r="G46" s="45"/>
-[...2 lines deleted...]
-      <c r="J46" s="80"/>
+      <c r="G46" s="10">
+        <v>158</v>
+      </c>
+      <c r="H46" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="I46" s="8"/>
+      <c r="J46" s="18">
+        <v>918897101</v>
+      </c>
     </row>
     <row r="47" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A47" s="23">
         <v>45</v>
       </c>
       <c r="B47" s="7" t="s">
-        <v>215</v>
+        <v>206</v>
       </c>
       <c r="C47" s="7" t="s">
-        <v>212</v>
+        <v>203</v>
       </c>
       <c r="D47" s="13">
         <v>948064931</v>
       </c>
-      <c r="G47" s="79"/>
-[...2 lines deleted...]
-      <c r="J47" s="54"/>
+      <c r="G47" s="10">
+        <v>159</v>
+      </c>
+      <c r="H47" s="8" t="s">
+        <v>271</v>
+      </c>
+      <c r="I47" s="8" t="s">
+        <v>272</v>
+      </c>
+      <c r="J47" s="18">
+        <v>948604868</v>
+      </c>
     </row>
     <row r="48" spans="1:15" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A48" s="23">
         <v>46</v>
       </c>
       <c r="B48" s="7" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="C48" s="7" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="D48" s="9">
         <v>918919700</v>
       </c>
-      <c r="G48" s="78"/>
-[...4 lines deleted...]
-    <row r="49" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="G48" s="10">
+        <v>160</v>
+      </c>
+      <c r="H48" s="8" t="s">
+        <v>270</v>
+      </c>
+      <c r="I48" s="8" t="s">
+        <v>75</v>
+      </c>
+      <c r="J48" s="18">
+        <v>948212770</v>
+      </c>
+    </row>
+    <row r="49" spans="1:12" ht="15" x14ac:dyDescent="0.2">
       <c r="A49" s="23">
         <v>47</v>
       </c>
       <c r="B49" s="7" t="s">
-        <v>71</v>
+        <v>69</v>
       </c>
       <c r="C49" s="7"/>
       <c r="D49" s="9">
         <v>918919701</v>
       </c>
-      <c r="G49" s="5"/>
-[...4 lines deleted...]
-      <c r="J49" s="4"/>
+      <c r="G49" s="81"/>
+      <c r="H49" s="82"/>
+      <c r="I49" s="83"/>
+      <c r="J49" s="83"/>
       <c r="K49" s="34"/>
     </row>
-    <row r="50" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="50" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A50" s="23">
         <v>48</v>
       </c>
       <c r="B50" s="12" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C50" s="7" t="s">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="D50" s="9">
         <v>918619721</v>
       </c>
-      <c r="G50" s="10">
-[...12 lines deleted...]
-    <row r="51" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="G50" s="73"/>
+      <c r="H50" s="75"/>
+      <c r="I50" s="75"/>
+      <c r="J50" s="54"/>
+    </row>
+    <row r="51" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A51" s="23">
         <v>49</v>
       </c>
       <c r="B51" s="7" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="C51" s="7" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="D51" s="9">
         <v>917686691</v>
       </c>
-      <c r="G51" s="10">
-[...12 lines deleted...]
-    <row r="52" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="G51" s="72"/>
+      <c r="H51" s="70"/>
+      <c r="I51" s="70"/>
+      <c r="J51" s="71"/>
+    </row>
+    <row r="52" spans="1:12" ht="15" x14ac:dyDescent="0.2">
       <c r="A52" s="23">
         <v>50</v>
       </c>
       <c r="B52" s="7" t="s">
-        <v>79</v>
+        <v>277</v>
       </c>
       <c r="C52" s="7" t="s">
-        <v>28</v>
-[...17 lines deleted...]
-    <row r="53" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+        <v>278</v>
+      </c>
+      <c r="D52" s="13">
+        <v>940630356</v>
+      </c>
+      <c r="G52" s="19"/>
+      <c r="H52" s="20" t="s">
+        <v>151</v>
+      </c>
+      <c r="I52" s="8"/>
+      <c r="J52" s="21"/>
+    </row>
+    <row r="53" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A53" s="23">
         <v>51</v>
       </c>
       <c r="B53" s="7" t="s">
-        <v>187</v>
+        <v>77</v>
       </c>
       <c r="C53" s="7" t="s">
-        <v>77</v>
-[...17 lines deleted...]
-    <row r="54" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+        <v>27</v>
+      </c>
+      <c r="D53" s="9">
+        <v>907213458</v>
+      </c>
+      <c r="G53" s="19">
+        <v>161</v>
+      </c>
+      <c r="H53" s="14" t="s">
+        <v>176</v>
+      </c>
+      <c r="I53" s="14" t="s">
+        <v>177</v>
+      </c>
+      <c r="J53" s="13">
+        <v>940947279</v>
+      </c>
+    </row>
+    <row r="54" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A54" s="23">
         <v>52</v>
       </c>
       <c r="B54" s="7" t="s">
-        <v>129</v>
+        <v>178</v>
       </c>
       <c r="C54" s="7" t="s">
-        <v>130</v>
-[...17 lines deleted...]
-    <row r="55" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+        <v>75</v>
+      </c>
+      <c r="D54" s="13">
+        <v>905492937</v>
+      </c>
+      <c r="G54" s="66"/>
+      <c r="H54" s="61"/>
+      <c r="I54" s="61"/>
+      <c r="J54" s="63"/>
+    </row>
+    <row r="55" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A55" s="23">
         <v>53</v>
       </c>
       <c r="B55" s="7" t="s">
-        <v>251</v>
+        <v>127</v>
       </c>
       <c r="C55" s="7" t="s">
-        <v>20</v>
+        <v>128</v>
       </c>
       <c r="D55" s="9">
-        <v>948209694</v>
-[...14 lines deleted...]
-    <row r="56" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+        <v>905440612</v>
+      </c>
+      <c r="G55" s="65"/>
+      <c r="H55" s="49"/>
+      <c r="I55" s="49"/>
+      <c r="J55" s="51"/>
+    </row>
+    <row r="56" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A56" s="23">
         <v>54</v>
       </c>
       <c r="B56" s="7" t="s">
-        <v>126</v>
+        <v>240</v>
       </c>
       <c r="C56" s="7" t="s">
-        <v>28</v>
+        <v>20</v>
       </c>
       <c r="D56" s="9">
-        <v>905627470</v>
-[...12 lines deleted...]
-    <row r="57" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+        <v>948209694</v>
+      </c>
+      <c r="G56" s="67"/>
+      <c r="H56" s="62"/>
+      <c r="I56" s="62"/>
+      <c r="J56" s="64"/>
+    </row>
+    <row r="57" spans="1:12" ht="15" x14ac:dyDescent="0.2">
       <c r="A57" s="23">
         <v>55</v>
       </c>
       <c r="B57" s="7" t="s">
-        <v>102</v>
+        <v>124</v>
       </c>
       <c r="C57" s="7" t="s">
-        <v>54</v>
+        <v>27</v>
       </c>
       <c r="D57" s="9">
-        <v>918897110</v>
-[...14 lines deleted...]
-    <row r="58" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+        <v>905627470</v>
+      </c>
+      <c r="G57" s="8"/>
+      <c r="H57" s="20" t="s">
+        <v>62</v>
+      </c>
+      <c r="I57" s="8"/>
+      <c r="J57" s="8"/>
+    </row>
+    <row r="58" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A58" s="23">
         <v>56</v>
       </c>
-      <c r="B58" s="14" t="s">
-[...9 lines deleted...]
-        <v>167</v>
+      <c r="B58" s="7" t="s">
+        <v>100</v>
+      </c>
+      <c r="C58" s="7" t="s">
+        <v>52</v>
+      </c>
+      <c r="D58" s="9">
+        <v>918897110</v>
+      </c>
+      <c r="G58" s="59">
+        <v>162</v>
       </c>
       <c r="H58" s="8" t="s">
-        <v>287</v>
+        <v>63</v>
       </c>
       <c r="I58" s="8" t="s">
-        <v>77</v>
+        <v>64</v>
       </c>
       <c r="J58" s="18">
-        <v>948212770</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+        <v>905742905</v>
+      </c>
+    </row>
+    <row r="59" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A59" s="23">
         <v>57</v>
       </c>
-      <c r="B59" s="7" t="s">
-[...13 lines deleted...]
-    <row r="60" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="B59" s="14" t="s">
+        <v>227</v>
+      </c>
+      <c r="C59" s="14" t="s">
+        <v>228</v>
+      </c>
+      <c r="D59" s="13" t="s">
+        <v>229</v>
+      </c>
+      <c r="G59" s="59">
+        <v>163</v>
+      </c>
+      <c r="H59" s="8" t="s">
+        <v>65</v>
+      </c>
+      <c r="I59" s="8"/>
+      <c r="J59" s="18">
+        <v>917107671</v>
+      </c>
+    </row>
+    <row r="60" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A60" s="23">
         <v>58</v>
       </c>
-      <c r="B60" s="14" t="s">
+      <c r="B60" s="7" t="s">
         <v>197</v>
       </c>
-      <c r="C60" s="14" t="s">
-[...3 lines deleted...]
-        <v>198</v>
+      <c r="C60" s="7" t="s">
+        <v>193</v>
+      </c>
+      <c r="D60" s="9">
+        <v>948018061</v>
       </c>
       <c r="G60" s="45"/>
       <c r="H60" s="42"/>
       <c r="I60" s="42"/>
       <c r="J60" s="43"/>
     </row>
-    <row r="61" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="61" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A61" s="23">
         <v>59</v>
       </c>
-      <c r="B61" s="7" t="s">
-[...6 lines deleted...]
-        <v>918412600</v>
+      <c r="B61" s="14" t="s">
+        <v>188</v>
+      </c>
+      <c r="C61" s="14" t="s">
+        <v>116</v>
+      </c>
+      <c r="D61" s="31" t="s">
+        <v>189</v>
       </c>
       <c r="G61" s="45"/>
       <c r="H61" s="42"/>
       <c r="I61" s="42"/>
       <c r="J61" s="43"/>
     </row>
-    <row r="62" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+    <row r="62" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A62" s="23">
         <v>60</v>
       </c>
       <c r="B62" s="7" t="s">
-        <v>211</v>
+        <v>51</v>
       </c>
       <c r="C62" s="7" t="s">
-        <v>131</v>
-[...11 lines deleted...]
-    <row r="63" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+        <v>52</v>
+      </c>
+      <c r="D62" s="9">
+        <v>918412600</v>
+      </c>
+      <c r="G62" s="45"/>
+      <c r="H62" s="42"/>
+      <c r="I62" s="42"/>
+      <c r="J62" s="43"/>
+    </row>
+    <row r="63" spans="1:12" ht="15" x14ac:dyDescent="0.2">
       <c r="A63" s="23">
         <v>61</v>
       </c>
       <c r="B63" s="7" t="s">
-        <v>281</v>
+        <v>202</v>
       </c>
       <c r="C63" s="7" t="s">
-        <v>282</v>
-[...17 lines deleted...]
-    <row r="64" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+        <v>129</v>
+      </c>
+      <c r="D63" s="9" t="s">
+        <v>209</v>
+      </c>
+      <c r="G63" s="7"/>
+      <c r="H63" s="20" t="s">
+        <v>43</v>
+      </c>
+      <c r="I63" s="8"/>
+      <c r="J63" s="21"/>
+      <c r="L63" s="34"/>
+    </row>
+    <row r="64" spans="1:12" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A64" s="23">
         <v>62</v>
       </c>
       <c r="B64" s="7" t="s">
-        <v>80</v>
+        <v>264</v>
       </c>
       <c r="C64" s="7" t="s">
-        <v>70</v>
+        <v>265</v>
       </c>
       <c r="D64" s="9">
-        <v>918645251</v>
+        <v>948137062</v>
       </c>
       <c r="G64" s="59">
-        <v>169</v>
+        <v>164</v>
       </c>
       <c r="H64" s="8" t="s">
-        <v>93</v>
+        <v>46</v>
       </c>
       <c r="I64" s="8" t="s">
-        <v>77</v>
+        <v>47</v>
       </c>
       <c r="J64" s="18">
-        <v>918823511</v>
+        <v>918883605</v>
       </c>
     </row>
     <row r="65" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A65" s="23">
         <v>63</v>
       </c>
       <c r="B65" s="7" t="s">
-        <v>249</v>
+        <v>78</v>
       </c>
       <c r="C65" s="7" t="s">
-        <v>11</v>
+        <v>68</v>
       </c>
       <c r="D65" s="9">
-        <v>948292973</v>
+        <v>918645251</v>
       </c>
       <c r="G65" s="59">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="H65" s="8" t="s">
-        <v>151</v>
+        <v>91</v>
       </c>
       <c r="I65" s="8" t="s">
-        <v>11</v>
+        <v>75</v>
       </c>
       <c r="J65" s="18">
-        <v>918989854</v>
+        <v>918823511</v>
       </c>
     </row>
     <row r="66" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A66" s="23">
         <v>64</v>
       </c>
       <c r="B66" s="7" t="s">
-        <v>213</v>
+        <v>238</v>
       </c>
       <c r="C66" s="7" t="s">
-        <v>212</v>
-[...2 lines deleted...]
-        <v>219</v>
+        <v>11</v>
+      </c>
+      <c r="D66" s="9">
+        <v>948292973</v>
       </c>
       <c r="G66" s="59">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="H66" s="8" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="I66" s="8" t="s">
-        <v>90</v>
+        <v>11</v>
       </c>
       <c r="J66" s="18">
-        <v>907306292</v>
+        <v>918989854</v>
       </c>
     </row>
     <row r="67" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A67" s="23">
         <v>65</v>
       </c>
       <c r="B67" s="7" t="s">
-        <v>86</v>
+        <v>204</v>
       </c>
       <c r="C67" s="7" t="s">
-        <v>87</v>
-[...2 lines deleted...]
-        <v>905349252</v>
+        <v>203</v>
+      </c>
+      <c r="D67" s="9" t="s">
+        <v>210</v>
       </c>
       <c r="G67" s="59">
-        <v>172</v>
+        <v>167</v>
       </c>
       <c r="H67" s="8" t="s">
-        <v>51</v>
+        <v>150</v>
       </c>
       <c r="I67" s="8" t="s">
-        <v>52</v>
+        <v>88</v>
       </c>
       <c r="J67" s="18">
-        <v>915980092</v>
+        <v>907306292</v>
       </c>
     </row>
     <row r="68" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A68" s="23">
         <v>66</v>
       </c>
       <c r="B68" s="7" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="C68" s="7" t="s">
-        <v>134</v>
+        <v>85</v>
       </c>
       <c r="D68" s="9">
-        <v>918919521</v>
+        <v>905349252</v>
       </c>
       <c r="G68" s="59">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="H68" s="8" t="s">
-        <v>55</v>
+        <v>49</v>
       </c>
       <c r="I68" s="8" t="s">
-        <v>34</v>
-[...2 lines deleted...]
-        <v>917734179</v>
+        <v>50</v>
+      </c>
+      <c r="J68" s="18">
+        <v>915980092</v>
       </c>
     </row>
     <row r="69" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A69" s="23">
         <v>67</v>
       </c>
       <c r="B69" s="7" t="s">
-        <v>244</v>
+        <v>84</v>
       </c>
       <c r="C69" s="7" t="s">
-        <v>54</v>
+        <v>132</v>
       </c>
       <c r="D69" s="9">
-        <v>948202112</v>
+        <v>918919521</v>
       </c>
       <c r="G69" s="59">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="H69" s="8" t="s">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="I69" s="8" t="s">
-        <v>42</v>
-[...2 lines deleted...]
-        <v>918919630</v>
+        <v>32</v>
+      </c>
+      <c r="J69" s="9">
+        <v>917734179</v>
       </c>
     </row>
     <row r="70" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A70" s="23">
         <v>68</v>
       </c>
       <c r="B70" s="7" t="s">
-        <v>255</v>
+        <v>233</v>
       </c>
       <c r="C70" s="7" t="s">
-        <v>253</v>
+        <v>52</v>
       </c>
       <c r="D70" s="9">
-        <v>948987939</v>
+        <v>948202112</v>
       </c>
       <c r="G70" s="59">
-        <v>175</v>
+        <v>170</v>
       </c>
       <c r="H70" s="8" t="s">
-        <v>189</v>
+        <v>44</v>
       </c>
       <c r="I70" s="8" t="s">
-        <v>190</v>
+        <v>40</v>
       </c>
       <c r="J70" s="18">
-        <v>915996803</v>
+        <v>918919630</v>
       </c>
     </row>
     <row r="71" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A71" s="23">
         <v>69</v>
       </c>
       <c r="B71" s="7" t="s">
-        <v>105</v>
-[...1 lines deleted...]
-      <c r="C71" s="7"/>
+        <v>244</v>
+      </c>
+      <c r="C71" s="7" t="s">
+        <v>242</v>
+      </c>
       <c r="D71" s="9">
-        <v>915717869</v>
+        <v>948987939</v>
       </c>
       <c r="G71" s="59">
-        <v>176</v>
+        <v>171</v>
       </c>
       <c r="H71" s="8" t="s">
-        <v>56</v>
+        <v>180</v>
       </c>
       <c r="I71" s="8" t="s">
-        <v>10</v>
+        <v>181</v>
       </c>
       <c r="J71" s="18">
-        <v>918883606</v>
+        <v>915996803</v>
       </c>
     </row>
     <row r="72" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A72" s="23">
         <v>70</v>
       </c>
       <c r="B72" s="7" t="s">
-        <v>133</v>
-[...3 lines deleted...]
-      </c>
+        <v>103</v>
+      </c>
+      <c r="C72" s="7"/>
       <c r="D72" s="9">
-        <v>918897103</v>
+        <v>915717869</v>
       </c>
       <c r="G72" s="59">
-        <v>177</v>
+        <v>172</v>
       </c>
       <c r="H72" s="8" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="I72" s="8" t="s">
-        <v>58</v>
-[...2 lines deleted...]
-        <v>918792561</v>
+        <v>10</v>
+      </c>
+      <c r="J72" s="18">
+        <v>918883606</v>
       </c>
     </row>
     <row r="73" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A73" s="23">
         <v>71</v>
       </c>
       <c r="B73" s="7" t="s">
-        <v>196</v>
+        <v>131</v>
       </c>
       <c r="C73" s="7" t="s">
-        <v>84</v>
+        <v>123</v>
       </c>
       <c r="D73" s="9">
-        <v>917824769</v>
+        <v>918897103</v>
       </c>
       <c r="G73" s="59">
-        <v>178</v>
+        <v>173</v>
       </c>
       <c r="H73" s="8" t="s">
-        <v>59</v>
+        <v>55</v>
       </c>
       <c r="I73" s="8" t="s">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>915996804</v>
+        <v>56</v>
+      </c>
+      <c r="J73" s="9">
+        <v>918792561</v>
       </c>
     </row>
     <row r="74" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A74" s="23">
         <v>72</v>
       </c>
       <c r="B74" s="7" t="s">
-        <v>72</v>
-[...1 lines deleted...]
-      <c r="C74" s="7"/>
+        <v>187</v>
+      </c>
+      <c r="C74" s="7" t="s">
+        <v>82</v>
+      </c>
       <c r="D74" s="9">
-        <v>915876956</v>
+        <v>917824769</v>
       </c>
       <c r="G74" s="59">
-        <v>179</v>
+        <v>174</v>
       </c>
       <c r="H74" s="8" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="I74" s="8" t="s">
-        <v>49</v>
+        <v>8</v>
       </c>
       <c r="J74" s="18">
-        <v>918883607</v>
+        <v>915996804</v>
       </c>
     </row>
     <row r="75" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A75" s="23">
         <v>73</v>
       </c>
       <c r="B75" s="7" t="s">
-        <v>101</v>
-[...3 lines deleted...]
-      </c>
+        <v>70</v>
+      </c>
+      <c r="C75" s="7"/>
       <c r="D75" s="9">
+        <v>915876956</v>
+      </c>
+      <c r="G75" s="59">
+        <v>175</v>
+      </c>
+      <c r="H75" s="8" t="s">
+        <v>58</v>
+      </c>
+      <c r="I75" s="8" t="s">
+        <v>47</v>
+      </c>
+      <c r="J75" s="18">
+        <v>918883607</v>
+      </c>
+    </row>
+    <row r="76" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A76" s="23">
+        <v>74</v>
+      </c>
+      <c r="B76" s="7" t="s">
+        <v>99</v>
+      </c>
+      <c r="C76" s="7" t="s">
+        <v>98</v>
+      </c>
+      <c r="D76" s="9">
         <v>905675418</v>
       </c>
-      <c r="G75" s="59">
+      <c r="G76" s="59">
+        <v>176</v>
+      </c>
+      <c r="H76" s="8" t="s">
+        <v>59</v>
+      </c>
+      <c r="I76" s="8" t="s">
+        <v>60</v>
+      </c>
+      <c r="J76" s="18">
+        <v>915693992</v>
+      </c>
+    </row>
+    <row r="77" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A77" s="26"/>
+      <c r="B77" s="38"/>
+      <c r="C77" s="38"/>
+      <c r="D77" s="39"/>
+      <c r="G77" s="59">
+        <v>177</v>
+      </c>
+      <c r="H77" s="8" t="s">
+        <v>224</v>
+      </c>
+      <c r="I77" s="8" t="s">
+        <v>48</v>
+      </c>
+      <c r="J77" s="18">
+        <v>948137908</v>
+      </c>
+    </row>
+    <row r="78" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A78" s="35"/>
+      <c r="B78" s="36"/>
+      <c r="C78" s="37"/>
+      <c r="D78" s="40"/>
+      <c r="G78" s="59">
+        <v>178</v>
+      </c>
+      <c r="H78" s="8" t="s">
+        <v>148</v>
+      </c>
+      <c r="I78" s="8" t="s">
+        <v>24</v>
+      </c>
+      <c r="J78" s="18">
+        <v>905973544</v>
+      </c>
+    </row>
+    <row r="79" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A79" s="27"/>
+      <c r="B79" s="25"/>
+      <c r="C79" s="29"/>
+      <c r="D79" s="30"/>
+      <c r="G79" s="59">
+        <v>179</v>
+      </c>
+      <c r="H79" s="8" t="s">
+        <v>195</v>
+      </c>
+      <c r="I79" s="8" t="s">
+        <v>8</v>
+      </c>
+      <c r="J79" s="18">
+        <v>940636530</v>
+      </c>
+    </row>
+    <row r="80" spans="1:10" ht="15" x14ac:dyDescent="0.25">
+      <c r="A80" s="23"/>
+      <c r="B80" s="16" t="s">
+        <v>90</v>
+      </c>
+      <c r="C80" s="17"/>
+      <c r="D80" s="17"/>
+      <c r="G80" s="59">
         <v>180</v>
       </c>
-      <c r="H75" s="8" t="s">
+      <c r="H80" s="8" t="s">
         <v>61</v>
       </c>
-      <c r="I75" s="8" t="s">
-[...76 lines deleted...]
-      <c r="J79" s="18">
+      <c r="I80" s="8" t="s">
+        <v>225</v>
+      </c>
+      <c r="J80" s="18">
         <v>918883611</v>
-      </c>
-[...24 lines deleted...]
-        <v>905913793</v>
       </c>
     </row>
     <row r="81" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A81" s="23">
         <v>75</v>
       </c>
       <c r="B81" s="7" t="s">
-        <v>273</v>
+        <v>119</v>
       </c>
       <c r="C81" s="7" t="s">
-        <v>194</v>
+        <v>120</v>
       </c>
       <c r="D81" s="9">
-        <v>948214672</v>
-[...4 lines deleted...]
-      <c r="J81" s="64"/>
+        <v>948892758</v>
+      </c>
+      <c r="G81" s="59">
+        <v>181</v>
+      </c>
+      <c r="H81" s="8" t="s">
+        <v>104</v>
+      </c>
+      <c r="I81" s="57" t="s">
+        <v>36</v>
+      </c>
+      <c r="J81" s="18">
+        <v>905913793</v>
+      </c>
     </row>
     <row r="82" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A82" s="23">
         <v>76</v>
       </c>
       <c r="B82" s="7" t="s">
-        <v>274</v>
+        <v>259</v>
       </c>
       <c r="C82" s="7" t="s">
-        <v>275</v>
+        <v>185</v>
       </c>
       <c r="D82" s="9">
-        <v>948214678</v>
-[...4 lines deleted...]
-      <c r="J82" s="51"/>
+        <v>948214672</v>
+      </c>
+      <c r="G82" s="60"/>
+      <c r="H82" s="61"/>
+      <c r="I82" s="61"/>
+      <c r="J82" s="63"/>
     </row>
     <row r="83" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A83" s="23">
         <v>77</v>
       </c>
       <c r="B83" s="7" t="s">
-        <v>232</v>
+        <v>260</v>
       </c>
       <c r="C83" s="7" t="s">
-        <v>33</v>
+        <v>261</v>
       </c>
       <c r="D83" s="9">
-        <v>915992725</v>
-[...4 lines deleted...]
-      <c r="J83" s="65"/>
+        <v>948214678</v>
+      </c>
+      <c r="G83" s="48"/>
+      <c r="H83" s="49"/>
+      <c r="I83" s="49"/>
+      <c r="J83" s="51"/>
     </row>
     <row r="84" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A84" s="23">
         <v>78</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>246</v>
+        <v>221</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>247</v>
+        <v>31</v>
       </c>
       <c r="D84" s="9">
-        <v>915919531</v>
+        <v>915992725</v>
       </c>
       <c r="G84" s="19"/>
       <c r="H84" s="20" t="s">
-        <v>153</v>
+        <v>94</v>
       </c>
       <c r="I84" s="8"/>
-      <c r="J84" s="21"/>
+      <c r="J84" s="8"/>
     </row>
     <row r="85" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A85" s="23">
         <v>79</v>
       </c>
       <c r="B85" s="7" t="s">
-        <v>221</v>
+        <v>235</v>
       </c>
       <c r="C85" s="7" t="s">
-        <v>222</v>
+        <v>236</v>
       </c>
       <c r="D85" s="9">
-        <v>918642748</v>
+        <v>915919531</v>
       </c>
       <c r="G85" s="19">
-        <v>186</v>
-[...8 lines deleted...]
-        <v>940947279</v>
+        <v>182</v>
+      </c>
+      <c r="H85" s="8" t="s">
+        <v>147</v>
+      </c>
+      <c r="I85" s="8" t="s">
+        <v>20</v>
+      </c>
+      <c r="J85" s="18">
+        <v>948911071</v>
       </c>
     </row>
     <row r="86" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A86" s="23">
         <v>80</v>
       </c>
       <c r="B86" s="7" t="s">
-        <v>123</v>
+        <v>212</v>
       </c>
       <c r="C86" s="7" t="s">
-        <v>124</v>
+        <v>213</v>
       </c>
       <c r="D86" s="9">
-        <v>948892757</v>
-[...5 lines deleted...]
-      <c r="K86" s="69"/>
+        <v>918642748</v>
+      </c>
+      <c r="G86" s="19">
+        <v>183</v>
+      </c>
+      <c r="H86" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="I86" s="8" t="s">
+        <v>96</v>
+      </c>
+      <c r="J86" s="18">
+        <v>905487134</v>
+      </c>
     </row>
     <row r="87" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A87" s="23">
         <v>81</v>
       </c>
       <c r="B87" s="7" t="s">
-        <v>272</v>
+        <v>121</v>
       </c>
       <c r="C87" s="7" t="s">
-        <v>271</v>
+        <v>122</v>
       </c>
       <c r="D87" s="9">
-        <v>948214667</v>
+        <v>948892757</v>
       </c>
       <c r="G87" s="66"/>
-      <c r="H87" s="49"/>
-[...3 lines deleted...]
-    <row r="88" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="H87" s="55"/>
+      <c r="I87" s="55"/>
+      <c r="J87" s="69"/>
+      <c r="K87" s="74"/>
+    </row>
+    <row r="88" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A88" s="23">
         <v>82</v>
       </c>
       <c r="B88" s="7" t="s">
-        <v>233</v>
+        <v>258</v>
       </c>
       <c r="C88" s="7" t="s">
-        <v>98</v>
+        <v>257</v>
       </c>
       <c r="D88" s="9">
-        <v>948308593</v>
-[...6 lines deleted...]
-    <row r="89" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+        <v>948214667</v>
+      </c>
+      <c r="G88" s="76"/>
+      <c r="H88" s="77"/>
+      <c r="I88" s="78"/>
+      <c r="J88" s="78"/>
+    </row>
+    <row r="89" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A89" s="23">
         <v>83</v>
       </c>
       <c r="B89" s="7" t="s">
-        <v>193</v>
+        <v>222</v>
       </c>
       <c r="C89" s="7" t="s">
-        <v>194</v>
+        <v>96</v>
       </c>
       <c r="D89" s="9">
-        <v>918412601</v>
-[...8 lines deleted...]
-    <row r="90" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+        <v>948308593</v>
+      </c>
+      <c r="G89" s="67"/>
+      <c r="H89" s="70"/>
+      <c r="I89" s="70"/>
+      <c r="J89" s="71"/>
+    </row>
+    <row r="90" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A90" s="23">
         <v>84</v>
       </c>
       <c r="B90" s="7" t="s">
-        <v>89</v>
+        <v>184</v>
       </c>
       <c r="C90" s="7" t="s">
-        <v>90</v>
+        <v>185</v>
       </c>
       <c r="D90" s="9">
-        <v>918833589</v>
-[...12 lines deleted...]
-      </c>
+        <v>918412601</v>
+      </c>
+      <c r="G90" s="19"/>
+      <c r="H90" s="20" t="s">
+        <v>76</v>
+      </c>
+      <c r="I90" s="8"/>
+      <c r="J90" s="8"/>
     </row>
     <row r="91" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A91" s="23">
         <v>85</v>
       </c>
       <c r="B91" s="7" t="s">
-        <v>141</v>
+        <v>87</v>
       </c>
       <c r="C91" s="7" t="s">
-        <v>43</v>
+        <v>88</v>
       </c>
       <c r="D91" s="9">
-        <v>915992778</v>
-[...2 lines deleted...]
-        <v>188</v>
+        <v>918833589</v>
+      </c>
+      <c r="G91" s="19">
+        <v>184</v>
       </c>
       <c r="H91" s="8" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="I91" s="8"/>
+        <v>66</v>
+      </c>
+      <c r="I91" s="8" t="s">
+        <v>32</v>
+      </c>
       <c r="J91" s="18">
-        <v>917107671</v>
+        <v>915995371</v>
       </c>
     </row>
     <row r="92" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A92" s="23">
         <v>86</v>
       </c>
       <c r="B92" s="7" t="s">
-        <v>231</v>
+        <v>139</v>
       </c>
       <c r="C92" s="7" t="s">
-        <v>77</v>
+        <v>41</v>
       </c>
       <c r="D92" s="9">
-        <v>940618766</v>
-[...1 lines deleted...]
-      <c r="G92" s="67"/>
+        <v>915992778</v>
+      </c>
+      <c r="F92" s="74"/>
+      <c r="G92" s="84"/>
       <c r="H92" s="55"/>
       <c r="I92" s="55"/>
-      <c r="J92" s="72"/>
-[...1 lines deleted...]
-    <row r="93" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="J92" s="69"/>
+    </row>
+    <row r="93" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A93" s="23">
         <v>87</v>
       </c>
       <c r="B93" s="7" t="s">
-        <v>91</v>
+        <v>220</v>
       </c>
       <c r="C93" s="7" t="s">
-        <v>84</v>
+        <v>75</v>
       </c>
       <c r="D93" s="9">
-        <v>907980613</v>
-[...7 lines deleted...]
-    <row r="94" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+        <v>940618766</v>
+      </c>
+      <c r="F93" s="74"/>
+      <c r="G93" s="76"/>
+      <c r="H93" s="78"/>
+      <c r="I93" s="78"/>
+      <c r="J93" s="80"/>
+    </row>
+    <row r="94" spans="1:11" ht="15" x14ac:dyDescent="0.25">
       <c r="A94" s="23">
         <v>88</v>
       </c>
       <c r="B94" s="7" t="s">
-        <v>205</v>
+        <v>89</v>
       </c>
       <c r="C94" s="7" t="s">
-        <v>98</v>
+        <v>82</v>
       </c>
       <c r="D94" s="9">
-        <v>905275364</v>
-[...6 lines deleted...]
-      <c r="J94" s="8"/>
+        <v>907980613</v>
+      </c>
+      <c r="G94" s="17"/>
+      <c r="H94" s="16" t="s">
+        <v>232</v>
+      </c>
+      <c r="I94" s="17"/>
+      <c r="J94" s="17"/>
+      <c r="K94" s="68"/>
     </row>
     <row r="95" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A95" s="23">
         <v>89</v>
       </c>
       <c r="B95" s="7" t="s">
-        <v>276</v>
+        <v>196</v>
       </c>
       <c r="C95" s="7" t="s">
-        <v>25</v>
+        <v>96</v>
       </c>
       <c r="D95" s="9">
-        <v>948214674</v>
+        <v>905275364</v>
       </c>
       <c r="G95" s="19">
-        <v>189</v>
+        <v>185</v>
       </c>
       <c r="H95" s="8" t="s">
-        <v>149</v>
+        <v>230</v>
       </c>
       <c r="I95" s="8" t="s">
-        <v>20</v>
+        <v>185</v>
       </c>
       <c r="J95" s="18">
-        <v>948911071</v>
+        <v>948412353</v>
       </c>
     </row>
     <row r="96" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A96" s="23">
         <v>90</v>
       </c>
       <c r="B96" s="7" t="s">
-        <v>283</v>
+        <v>282</v>
       </c>
       <c r="C96" s="7" t="s">
-        <v>77</v>
+        <v>123</v>
       </c>
       <c r="D96" s="9">
-        <v>948209074</v>
-[...2 lines deleted...]
-        <v>190</v>
+        <v>948068474</v>
+      </c>
+      <c r="G96" s="59">
+        <v>186</v>
       </c>
       <c r="H96" s="8" t="s">
-        <v>97</v>
-[...3 lines deleted...]
-      </c>
+        <v>246</v>
+      </c>
+      <c r="I96" s="8"/>
       <c r="J96" s="18">
-        <v>905487134</v>
-[...3 lines deleted...]
-    <row r="97" spans="1:10" ht="15" x14ac:dyDescent="0.2">
+        <v>948207255</v>
+      </c>
+    </row>
+    <row r="97" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A97" s="23">
         <v>91</v>
       </c>
       <c r="B97" s="7" t="s">
-        <v>216</v>
+        <v>262</v>
       </c>
       <c r="C97" s="7" t="s">
-        <v>217</v>
+        <v>24</v>
       </c>
       <c r="D97" s="9">
-        <v>948892756</v>
-[...2 lines deleted...]
-      <c r="H97" s="74"/>
+        <v>948214674</v>
+      </c>
+      <c r="F97" s="74"/>
+      <c r="G97" s="66"/>
+      <c r="H97" s="86"/>
       <c r="I97" s="55"/>
-      <c r="J97" s="55"/>
-[...1 lines deleted...]
-    <row r="98" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="J97" s="69"/>
+    </row>
+    <row r="98" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A98" s="23">
         <v>92</v>
       </c>
       <c r="B98" s="7" t="s">
-        <v>154</v>
+        <v>266</v>
       </c>
       <c r="C98" s="7" t="s">
-        <v>43</v>
+        <v>75</v>
       </c>
       <c r="D98" s="9">
-        <v>918833587</v>
-[...6 lines deleted...]
-    <row r="99" spans="1:10" ht="15" x14ac:dyDescent="0.2">
+        <v>948209074</v>
+      </c>
+      <c r="F98" s="74"/>
+      <c r="G98" s="65"/>
+      <c r="H98" s="75"/>
+      <c r="I98" s="75"/>
+      <c r="J98" s="54"/>
+      <c r="K98" s="74"/>
+    </row>
+    <row r="99" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A99" s="23">
         <v>93</v>
       </c>
       <c r="B99" s="7" t="s">
-        <v>277</v>
+        <v>207</v>
       </c>
       <c r="C99" s="7" t="s">
-        <v>20</v>
+        <v>208</v>
       </c>
       <c r="D99" s="9">
-        <v>948214676</v>
-[...8 lines deleted...]
-    <row r="100" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+        <v>948892756</v>
+      </c>
+      <c r="F99" s="74"/>
+      <c r="G99" s="65"/>
+      <c r="H99" s="85"/>
+      <c r="I99" s="75"/>
+      <c r="J99" s="75"/>
+    </row>
+    <row r="100" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A100" s="23">
         <v>94</v>
       </c>
       <c r="B100" s="7" t="s">
-        <v>88</v>
+        <v>152</v>
       </c>
       <c r="C100" s="7" t="s">
-        <v>85</v>
+        <v>41</v>
       </c>
       <c r="D100" s="9">
-        <v>905488014</v>
-[...14 lines deleted...]
-    <row r="101" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+        <v>918833587</v>
+      </c>
+      <c r="F100" s="74"/>
+      <c r="G100" s="65"/>
+      <c r="H100" s="75"/>
+      <c r="I100" s="75"/>
+      <c r="J100" s="87"/>
+    </row>
+    <row r="101" spans="1:11" ht="15" x14ac:dyDescent="0.2">
       <c r="A101" s="23">
         <v>95</v>
       </c>
       <c r="B101" s="7" t="s">
-        <v>104</v>
+        <v>263</v>
       </c>
       <c r="C101" s="7" t="s">
-        <v>38</v>
+        <v>20</v>
       </c>
       <c r="D101" s="9">
+        <v>948214676</v>
+      </c>
+      <c r="F101" s="74"/>
+      <c r="G101" s="65"/>
+      <c r="H101" s="85"/>
+      <c r="I101" s="75"/>
+      <c r="J101" s="75"/>
+    </row>
+    <row r="102" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A102" s="23">
+        <v>96</v>
+      </c>
+      <c r="B102" s="7" t="s">
+        <v>86</v>
+      </c>
+      <c r="C102" s="7" t="s">
+        <v>83</v>
+      </c>
+      <c r="D102" s="9">
+        <v>905488014</v>
+      </c>
+      <c r="F102" s="74"/>
+      <c r="G102" s="65"/>
+      <c r="H102" s="75"/>
+      <c r="I102" s="75"/>
+      <c r="J102" s="54"/>
+    </row>
+    <row r="103" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A103" s="23">
+        <v>97</v>
+      </c>
+      <c r="B103" s="7" t="s">
+        <v>102</v>
+      </c>
+      <c r="C103" s="7" t="s">
+        <v>36</v>
+      </c>
+      <c r="D103" s="9">
         <v>907268125</v>
       </c>
-      <c r="G101" s="67"/>
-[...46 lines deleted...]
-      <c r="B105" s="20" t="s">
+      <c r="F103" s="74"/>
+      <c r="G103" s="76"/>
+      <c r="H103" s="78"/>
+      <c r="I103" s="78"/>
+      <c r="J103" s="80"/>
+    </row>
+    <row r="104" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A104" s="26"/>
+      <c r="B104" s="28"/>
+      <c r="C104" s="28"/>
+      <c r="D104" s="24"/>
+      <c r="F104" s="92"/>
+      <c r="G104" s="65"/>
+      <c r="H104" s="85"/>
+      <c r="I104" s="75"/>
+      <c r="J104" s="75"/>
+    </row>
+    <row r="105" spans="1:11" ht="15" x14ac:dyDescent="0.25">
+      <c r="A105" s="35"/>
+      <c r="B105" s="46"/>
+      <c r="C105" s="46"/>
+      <c r="D105" s="47"/>
+      <c r="F105" s="74"/>
+      <c r="G105" s="88"/>
+      <c r="H105" s="90"/>
+      <c r="I105" s="91"/>
+      <c r="J105" s="91"/>
+    </row>
+    <row r="106" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A106" s="27"/>
+      <c r="B106" s="29"/>
+      <c r="C106" s="29"/>
+      <c r="D106" s="30"/>
+      <c r="F106" s="74"/>
+      <c r="G106" s="65"/>
+      <c r="H106" s="75"/>
+      <c r="I106" s="75"/>
+      <c r="J106" s="54"/>
+    </row>
+    <row r="107" spans="1:11" ht="15" x14ac:dyDescent="0.2">
+      <c r="A107" s="19"/>
+      <c r="B107" s="20" t="s">
         <v>5</v>
       </c>
-      <c r="C105" s="8"/>
-[...48 lines deleted...]
-    <row r="108" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="C107" s="8"/>
+      <c r="D107" s="21"/>
+      <c r="F107" s="74"/>
+      <c r="G107" s="89"/>
+      <c r="H107" s="75"/>
+      <c r="I107" s="75"/>
+      <c r="J107" s="54"/>
+    </row>
+    <row r="108" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A108" s="19">
         <v>98</v>
       </c>
-      <c r="B108" s="7" t="s">
-[...8 lines deleted...]
-      <c r="G108" s="45"/>
+      <c r="B108" s="8" t="s">
+        <v>6</v>
+      </c>
+      <c r="C108" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="D108" s="18">
+        <v>915412830</v>
+      </c>
+      <c r="G108" s="11"/>
       <c r="H108" s="42"/>
       <c r="I108" s="42"/>
       <c r="J108" s="43"/>
     </row>
-    <row r="109" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="109" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A109" s="19">
         <v>99</v>
       </c>
       <c r="B109" s="8" t="s">
-        <v>201</v>
-[...1 lines deleted...]
-      <c r="C109" s="8"/>
+        <v>142</v>
+      </c>
+      <c r="C109" s="8" t="s">
+        <v>8</v>
+      </c>
       <c r="D109" s="18">
-        <v>940618756</v>
-[...2 lines deleted...]
-      <c r="H109" s="50"/>
+        <v>907708829</v>
+      </c>
+      <c r="G109" s="45"/>
+      <c r="H109" s="42"/>
       <c r="I109" s="42"/>
       <c r="J109" s="43"/>
     </row>
-    <row r="110" spans="1:10" ht="15" x14ac:dyDescent="0.2">
+    <row r="110" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A110" s="19">
         <v>100</v>
       </c>
-      <c r="B110" s="8" t="s">
-[...9 lines deleted...]
-      <c r="H110" s="44"/>
+      <c r="B110" s="7" t="s">
+        <v>226</v>
+      </c>
+      <c r="C110" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="D110" s="9">
+        <v>907360124</v>
+      </c>
+      <c r="G110" s="45"/>
+      <c r="H110" s="42"/>
       <c r="I110" s="42"/>
-      <c r="J110" s="42"/>
-[...1 lines deleted...]
-    <row r="111" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="J110" s="43"/>
+    </row>
+    <row r="111" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A111" s="19">
         <v>101</v>
       </c>
-      <c r="B111" s="8" t="s">
-[...3 lines deleted...]
-        <v>120</v>
+      <c r="B111" s="7" t="s">
+        <v>283</v>
+      </c>
+      <c r="C111" s="7" t="s">
+        <v>41</v>
       </c>
       <c r="D111" s="18">
-        <v>948936659</v>
-[...1 lines deleted...]
-      <c r="G111" s="11"/>
+        <v>915995373</v>
+      </c>
+      <c r="G111" s="45"/>
       <c r="H111" s="42"/>
       <c r="I111" s="42"/>
       <c r="J111" s="43"/>
     </row>
-    <row r="112" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="112" spans="1:11" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A112" s="19">
         <v>102</v>
       </c>
       <c r="B112" s="8" t="s">
-        <v>290</v>
-[...3 lines deleted...]
-      </c>
+        <v>192</v>
+      </c>
+      <c r="C112" s="8"/>
       <c r="D112" s="18">
-        <v>948487126</v>
+        <v>940618756</v>
       </c>
       <c r="G112" s="11"/>
-      <c r="H112" s="42"/>
+      <c r="H112" s="50"/>
       <c r="I112" s="42"/>
       <c r="J112" s="43"/>
     </row>
-    <row r="113" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+    <row r="113" spans="1:10" ht="15" x14ac:dyDescent="0.2">
       <c r="A113" s="19">
         <v>103</v>
       </c>
       <c r="B113" s="8" t="s">
-        <v>76</v>
+        <v>9</v>
       </c>
       <c r="C113" s="8" t="s">
-        <v>34</v>
+        <v>10</v>
       </c>
       <c r="D113" s="18">
-        <v>918327602</v>
+        <v>918919698</v>
       </c>
       <c r="G113" s="11"/>
-      <c r="H113" s="42"/>
+      <c r="H113" s="44"/>
       <c r="I113" s="42"/>
-      <c r="J113" s="43"/>
+      <c r="J113" s="42"/>
     </row>
     <row r="114" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A114" s="19">
         <v>104</v>
       </c>
       <c r="B114" s="8" t="s">
-        <v>109</v>
+        <v>117</v>
       </c>
       <c r="C114" s="8" t="s">
-        <v>110</v>
+        <v>118</v>
       </c>
       <c r="D114" s="18">
-        <v>918732374</v>
+        <v>948936659</v>
       </c>
       <c r="G114" s="11"/>
       <c r="H114" s="42"/>
       <c r="I114" s="42"/>
       <c r="J114" s="43"/>
     </row>
     <row r="115" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A115" s="19">
         <v>105</v>
       </c>
       <c r="B115" s="8" t="s">
-        <v>214</v>
-[...1 lines deleted...]
-      <c r="C115" s="8"/>
+        <v>273</v>
+      </c>
+      <c r="C115" s="8" t="s">
+        <v>47</v>
+      </c>
       <c r="D115" s="18">
-        <v>940984154</v>
+        <v>948487126</v>
       </c>
       <c r="G115" s="11"/>
       <c r="H115" s="42"/>
       <c r="I115" s="42"/>
       <c r="J115" s="43"/>
     </row>
     <row r="116" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A116" s="19">
         <v>106</v>
       </c>
       <c r="B116" s="8" t="s">
-        <v>248</v>
+        <v>74</v>
       </c>
       <c r="C116" s="8" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="D116" s="18">
-        <v>907704330</v>
+        <v>918327602</v>
       </c>
       <c r="G116" s="11"/>
       <c r="H116" s="42"/>
       <c r="I116" s="42"/>
       <c r="J116" s="43"/>
     </row>
     <row r="117" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A117" s="19">
         <v>107</v>
       </c>
       <c r="B117" s="8" t="s">
-        <v>17</v>
+        <v>107</v>
       </c>
       <c r="C117" s="8" t="s">
-        <v>18</v>
+        <v>108</v>
       </c>
       <c r="D117" s="18">
-        <v>918412602</v>
+        <v>918732374</v>
       </c>
       <c r="G117" s="11"/>
-      <c r="H117" s="32"/>
-[...1 lines deleted...]
-      <c r="J117" s="33"/>
+      <c r="H117" s="42"/>
+      <c r="I117" s="42"/>
+      <c r="J117" s="43"/>
     </row>
     <row r="118" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A118" s="19">
         <v>108</v>
       </c>
       <c r="B118" s="8" t="s">
-        <v>142</v>
+        <v>205</v>
       </c>
       <c r="C118" s="8"/>
       <c r="D118" s="18">
-        <v>940642206</v>
+        <v>940984154</v>
       </c>
       <c r="G118" s="11"/>
-      <c r="H118" s="32"/>
-[...1 lines deleted...]
-      <c r="J118" s="33"/>
+      <c r="H118" s="42"/>
+      <c r="I118" s="42"/>
+      <c r="J118" s="43"/>
     </row>
     <row r="119" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A119" s="19">
         <v>109</v>
       </c>
       <c r="B119" s="8" t="s">
-        <v>143</v>
-[...1 lines deleted...]
-      <c r="C119" s="8"/>
+        <v>237</v>
+      </c>
+      <c r="C119" s="8" t="s">
+        <v>41</v>
+      </c>
       <c r="D119" s="18">
-        <v>940642223</v>
+        <v>907704330</v>
       </c>
       <c r="G119" s="11"/>
-      <c r="H119" s="32"/>
-[...1 lines deleted...]
-      <c r="J119" s="33"/>
+      <c r="H119" s="42"/>
+      <c r="I119" s="42"/>
+      <c r="J119" s="43"/>
     </row>
     <row r="120" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A120" s="19">
         <v>110</v>
       </c>
       <c r="B120" s="8" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="C120" s="8" t="s">
-        <v>8</v>
+        <v>18</v>
       </c>
       <c r="D120" s="18">
-        <v>915995373</v>
+        <v>918412602</v>
       </c>
       <c r="G120" s="11"/>
       <c r="H120" s="32"/>
       <c r="I120" s="32"/>
       <c r="J120" s="33"/>
     </row>
     <row r="121" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A121" s="19">
         <v>111</v>
       </c>
       <c r="B121" s="8" t="s">
-        <v>22</v>
-[...3 lines deleted...]
-      </c>
+        <v>140</v>
+      </c>
+      <c r="C121" s="8"/>
       <c r="D121" s="18">
-        <v>915390636</v>
-      </c>
+        <v>940642206</v>
+      </c>
+      <c r="G121" s="11"/>
+      <c r="H121" s="32"/>
+      <c r="I121" s="32"/>
+      <c r="J121" s="33"/>
     </row>
     <row r="122" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A122" s="19">
         <v>112</v>
       </c>
       <c r="B122" s="8" t="s">
-        <v>111</v>
+        <v>141</v>
       </c>
       <c r="C122" s="8"/>
       <c r="D122" s="18">
-        <v>905529567</v>
-      </c>
+        <v>940642223</v>
+      </c>
+      <c r="G122" s="11"/>
+      <c r="H122" s="32"/>
+      <c r="I122" s="32"/>
+      <c r="J122" s="33"/>
     </row>
     <row r="123" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A123" s="19">
         <v>113</v>
       </c>
       <c r="B123" s="8" t="s">
-        <v>112</v>
-[...1 lines deleted...]
-      <c r="C123" s="8"/>
+        <v>21</v>
+      </c>
+      <c r="C123" s="8" t="s">
+        <v>22</v>
+      </c>
       <c r="D123" s="18">
-        <v>905530558</v>
+        <v>915390636</v>
       </c>
     </row>
     <row r="124" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A124" s="19">
         <v>114</v>
       </c>
       <c r="B124" s="8" t="s">
-        <v>113</v>
+        <v>109</v>
       </c>
       <c r="C124" s="8"/>
       <c r="D124" s="18">
-        <v>905718370</v>
+        <v>905529567</v>
       </c>
     </row>
     <row r="125" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
       <c r="A125" s="19">
         <v>115</v>
       </c>
       <c r="B125" s="8" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="C125" s="8"/>
       <c r="D125" s="18">
+        <v>905530558</v>
+      </c>
+    </row>
+    <row r="126" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A126" s="19">
+        <v>116</v>
+      </c>
+      <c r="B126" s="8" t="s">
+        <v>111</v>
+      </c>
+      <c r="C126" s="8"/>
+      <c r="D126" s="18">
+        <v>905718370</v>
+      </c>
+    </row>
+    <row r="127" spans="1:10" ht="14.25" x14ac:dyDescent="0.2">
+      <c r="A127" s="19">
+        <v>117</v>
+      </c>
+      <c r="B127" s="8" t="s">
+        <v>112</v>
+      </c>
+      <c r="C127" s="8"/>
+      <c r="D127" s="18">
         <v>905719501</v>
       </c>
     </row>
   </sheetData>
-  <phoneticPr fontId="3" type="noConversion"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hárky</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Rektorát a UP 2025 </vt:lpstr>
+      <vt:lpstr>Rektorát a UP 2026 </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Macekova</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>