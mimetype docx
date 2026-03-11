--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -1,195 +1,251 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="123FE2D5" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRPr="002146D3" w:rsidRDefault="0032456E" w:rsidP="00B94E7C">
+    <w:p w14:paraId="6CF78307" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRPr="002146D3" w:rsidRDefault="0032456E" w:rsidP="00B94E7C">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="46"/>
         <w:ind w:left="7433" w:firstLine="487"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="001539AB" w:rsidRPr="002146D3">
         <w:rPr>
           <w:b/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Príloha č. 1</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37EDBE2D" w14:textId="77777777" w:rsidR="00B94E7C" w:rsidRDefault="00B94E7C">
+    <w:p w14:paraId="6E6A9A60" w14:textId="5264D119" w:rsidR="00B94E7C" w:rsidRDefault="00B94E7C">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Organizácia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-6"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>jej</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">adresa: </w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="36A5920D" w14:textId="77777777" w:rsidR="00C92011" w:rsidRDefault="00C92011">
+      <w:r w:rsidR="00180BF4">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:t>Univerzita Pavla Jozefa Šafárika v Košiciach</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="305DF6CD" w14:textId="5CB90177" w:rsidR="00180BF4" w:rsidRDefault="00180BF4">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="08E0BE10" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00B94E7C">
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    Šrobárova 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB15861" w14:textId="3797FC35" w:rsidR="00C92011" w:rsidRDefault="00180BF4">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="1"/>
         <w:ind w:left="0"/>
         <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t xml:space="preserve">    040 01 Košice</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="50982C52" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00B94E7C">
+      <w:pPr>
+        <w:pStyle w:val="Zkladntext"/>
+        <w:kinsoku w:val="0"/>
+        <w:overflowPunct w:val="0"/>
+        <w:spacing w:before="1"/>
+        <w:ind w:left="0"/>
+        <w:rPr>
           <w:sz w:val="29"/>
           <w:szCs w:val="29"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                                        </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="30E82E46" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="78E930A2" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:right="1171"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="N_á_v_r_h"/>
       <w:bookmarkEnd w:id="0"/>
       <w:r>
         <w:t>N</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>á v r</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>h</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564411B0" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="008E522F" w:rsidP="00C410D5">
+    <w:p w14:paraId="24FBB7CE" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="008E522F" w:rsidP="00C410D5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="2" w:line="322" w:lineRule="exact"/>
         <w:ind w:left="1733" w:right="1177"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:b/>
@@ -333,65 +389,65 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>I</w:t>
       </w:r>
       <w:r w:rsidR="0020050E" w:rsidRPr="00787734">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:color w:val="FF0000"/>
           <w:spacing w:val="-2"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C677A1D" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="67C7248A" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78C45098" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="5DD19FA4" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="216"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Meno</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r w:rsidR="00684D4B">
         <w:rPr>
           <w:spacing w:val="-5"/>
@@ -449,59 +505,59 @@
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>rodné</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>priezvisko</w:t>
       </w:r>
       <w:r w:rsidR="00787734">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1E54E1EA" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="4DE64ACB" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="396B89E0" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="16D01D06" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="480" w:lineRule="auto"/>
         <w:ind w:right="707"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>Tituly</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>a</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
@@ -568,803 +624,767 @@
         </w:rPr>
         <w:t>rok</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ich</w:t>
       </w:r>
       <w:r w:rsidR="00C92011">
         <w:rPr>
           <w:spacing w:val="67"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>získania:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D95353B" w14:textId="77777777" w:rsidR="00C92011" w:rsidRDefault="003F0D1A">
+    <w:p w14:paraId="48F62966" w14:textId="77777777" w:rsidR="00C92011" w:rsidRDefault="003F0D1A">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="003F0D1A">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Researcher</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="0089291B">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="003F0D1A">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>ID alebo ORCID ID (špecifikovať)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="102816FE" w14:textId="77777777" w:rsidR="003F0D1A" w:rsidRDefault="003F0D1A">
+    <w:p w14:paraId="269F0D11" w14:textId="77777777" w:rsidR="003F0D1A" w:rsidRDefault="003F0D1A">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D06B9CE" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="3EC504F1" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Vysokoškolské</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>vzdelanie</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">(druh školy, </w:t>
       </w:r>
       <w:r>
         <w:t>dátum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> skončenia):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36130222" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="275B5B22" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="2"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="12459437" w14:textId="77777777" w:rsidR="00B94E7C" w:rsidRDefault="00B94E7C">
+    <w:p w14:paraId="76C3E910" w14:textId="77777777" w:rsidR="00B94E7C" w:rsidRDefault="00B94E7C">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1253CEDC" w14:textId="77777777" w:rsidR="00C92011" w:rsidRDefault="00C92011">
+    <w:p w14:paraId="54D0F01D" w14:textId="77777777" w:rsidR="00C92011" w:rsidRDefault="00C92011">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="10"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="34338F56" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="6E98788D" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="10"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Terajšie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>funkčné</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>zaradenie:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="390E9FAC" w14:textId="77777777" w:rsidR="00B94E7C" w:rsidRDefault="00B94E7C">
+    <w:p w14:paraId="6A55A844" w14:textId="77777777" w:rsidR="00B94E7C" w:rsidRDefault="00B94E7C">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="011063A1" w14:textId="77777777" w:rsidR="00C54A1D" w:rsidRDefault="00C54A1D">
+    <w:p w14:paraId="73251A08" w14:textId="77777777" w:rsidR="00C54A1D" w:rsidRDefault="00C54A1D">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6CCAB84E" w14:textId="77777777" w:rsidR="00C54A1D" w:rsidRDefault="00C54A1D" w:rsidP="00C54A1D">
+    <w:p w14:paraId="7164A33C" w14:textId="77777777" w:rsidR="00C54A1D" w:rsidRDefault="00C54A1D" w:rsidP="00C54A1D">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">Vyhlasujem, </w:t>
       </w:r>
       <w:r>
         <w:t>že</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> údaje</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-2"/>
         </w:rPr>
         <w:t xml:space="preserve"> uvedené </w:t>
       </w:r>
       <w:r>
         <w:t>v návrhu</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">sú </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">správne. </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="380D779B" w14:textId="77777777" w:rsidR="00C54A1D" w:rsidRDefault="00C54A1D" w:rsidP="00C54A1D">
+    <w:p w14:paraId="3CD7183A" w14:textId="77777777" w:rsidR="00C54A1D" w:rsidRDefault="00C54A1D" w:rsidP="00C54A1D">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00CF4886">
         <w:t>v</w:t>
       </w:r>
       <w:r>
         <w:t>lastnoručný</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-5"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>podpis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> navrhovaného):</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77B250A5" w14:textId="77777777" w:rsidR="00C54A1D" w:rsidRDefault="00C54A1D">
+    <w:p w14:paraId="22C94469" w14:textId="77777777" w:rsidR="00C54A1D" w:rsidRDefault="00C54A1D">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0ECCB3E5" w14:textId="77777777" w:rsidR="00B94E7C" w:rsidRDefault="00B94E7C">
+    <w:p w14:paraId="1E5233BB" w14:textId="77777777" w:rsidR="00B94E7C" w:rsidRDefault="00B94E7C">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5E1E05AC" w14:textId="77777777" w:rsidR="00787734" w:rsidRDefault="00787734" w:rsidP="00787734">
+    <w:p w14:paraId="529760A1" w14:textId="77777777" w:rsidR="00787734" w:rsidRDefault="00787734" w:rsidP="00787734">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Návrh</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> bol prerokovaný</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> dňa: </w:t>
       </w:r>
       <w:r w:rsidRPr="0020050E">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve"> 3)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40CC7B24" w14:textId="77777777" w:rsidR="00787734" w:rsidRDefault="00787734" w:rsidP="00787734">
+    <w:p w14:paraId="1462D636" w14:textId="77777777" w:rsidR="00787734" w:rsidRDefault="00787734" w:rsidP="00787734">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:t>So</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-9"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>záverom:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F9CDDE1" w14:textId="77777777" w:rsidR="00787734" w:rsidRDefault="00787734">
+    <w:p w14:paraId="2EC0814D" w14:textId="77777777" w:rsidR="00787734" w:rsidRDefault="00787734">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3FF8FDB8" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="2A2D3CD8" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="191" w:lineRule="exact"/>
         <w:ind w:left="128"/>
         <w:rPr>
           <w:sz w:val="17"/>
           <w:szCs w:val="17"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4E2A54C8" w14:textId="77777777" w:rsidR="008A3506" w:rsidRDefault="008A3506">
+    <w:p w14:paraId="2483E417" w14:textId="77777777" w:rsidR="008A3506" w:rsidRDefault="008A3506">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="49036DCC" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="72D213FA" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="23980F97" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="005564EC" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="9"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="19"/>
           <w:szCs w:val="19"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1B9ADD96" w14:textId="77777777" w:rsidR="005B60FD" w:rsidRDefault="00F315C5" w:rsidP="005B60FD">
+    <w:p w14:paraId="670D5207" w14:textId="77777777" w:rsidR="005B60FD" w:rsidRDefault="00F315C5" w:rsidP="005B60FD">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1649"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Prílohy:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="005B60FD">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>a) Prehľad výstupov podľa prílohy č. 2 alebo 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1F339325" w14:textId="77777777" w:rsidR="005B60FD" w:rsidRDefault="005B60FD" w:rsidP="005B60FD">
+    <w:p w14:paraId="0510BB67" w14:textId="77777777" w:rsidR="005B60FD" w:rsidRDefault="005B60FD" w:rsidP="005B60FD">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1649"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="275" w:lineRule="exact"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:tab/>
         <w:t>b</w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:t>Stručný</w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:t>životopis</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="18A0A924" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="005B60FD" w:rsidP="005B60FD">
+    <w:p w14:paraId="6DF20CA5" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="005B60FD" w:rsidP="005B60FD">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1909"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="275" w:lineRule="exact"/>
         <w:ind w:left="1649"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">c) </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Hodnotenie</w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-19"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:t>navrhovaného</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6685947B" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="005B60FD" w:rsidP="005B60FD">
+    <w:p w14:paraId="79DC18EA" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="005B60FD" w:rsidP="005B60FD">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1897"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="1649"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">d) </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Zoznam</w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>prác</w:t>
       </w:r>
       <w:r w:rsidR="00C92011">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> (s uvedením </w:t>
       </w:r>
       <w:r w:rsidR="00C92011">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:lang w:val="en-US"/>
         </w:rPr>
-        <w:t xml:space="preserve">% </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t>% podiel</w:t>
+      </w:r>
+      <w:r w:rsidR="00964046">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, IF</w:t>
+      </w:r>
+      <w:r w:rsidR="0085616F">
+        <w:rPr>
+          <w:spacing w:val="-1"/>
+          <w:lang w:val="en-US"/>
+        </w:rPr>
+        <w:t>, počet citácií</w:t>
+      </w:r>
       <w:r w:rsidR="00C92011">
         <w:rPr>
           <w:spacing w:val="-1"/>
-          <w:lang w:val="en-US"/>
-[...45 lines deleted...]
-          <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2D9E1AAF" w14:textId="77777777" w:rsidR="00B94E7C" w:rsidRDefault="005B60FD" w:rsidP="005B60FD">
+    <w:p w14:paraId="0BB4B655" w14:textId="77777777" w:rsidR="00B94E7C" w:rsidRDefault="005B60FD" w:rsidP="005B60FD">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="1649"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">e) </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Zoznam</w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-8"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>citácií</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="257289E9" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="005B60FD" w:rsidP="005B60FD">
+    <w:p w14:paraId="2EC38EF5" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="005B60FD" w:rsidP="005B60FD">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="1649"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">f) </w:t>
       </w:r>
       <w:r w:rsidR="00B94E7C" w:rsidRPr="00B94E7C">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Titulné strany dvoch publikácií</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="36217D6C" w14:textId="77777777" w:rsidR="008A3506" w:rsidRDefault="008A3506" w:rsidP="008A3506">
+    <w:p w14:paraId="1F5009B3" w14:textId="77777777" w:rsidR="008A3506" w:rsidRDefault="008A3506" w:rsidP="008A3506">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DD5608A" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="008A3506">
+    <w:p w14:paraId="5C90D072" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="008A3506">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3DE572D6" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="008A3506">
+    <w:p w14:paraId="3A999D00" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="008A3506">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26735A61" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="008A3506">
+    <w:p w14:paraId="3228DEF2" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="008A3506">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="325EFE86" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="008A3506">
+    <w:p w14:paraId="64FDAA80" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="008A3506">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="015738DE" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="00CF4886">
+    <w:p w14:paraId="7282E05D" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="00CF4886">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C92011">
         <w:t>Dátum:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:w w:val="95"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">               </w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -1373,141 +1393,141 @@
         <w:t>Pečiatka</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">                                  </w:t>
       </w:r>
       <w:r>
         <w:t>Podpis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-10"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>štatutára:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A2D5C7E" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="00CF4886">
+    <w:p w14:paraId="21E65742" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="00CF4886">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0941F7F7" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="00CF4886">
+    <w:p w14:paraId="1CAE420A" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="00CF4886">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="42D26176" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="00CF4886">
+    <w:p w14:paraId="642842E9" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="00CF4886">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BF1B9D5" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="00CF4886">
+    <w:p w14:paraId="779BD735" w14:textId="77777777" w:rsidR="00CF4886" w:rsidRDefault="00CF4886" w:rsidP="00CF4886">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="1895"/>
         </w:tabs>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2372E6F7" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
+    <w:p w14:paraId="309C020B" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00F315C5">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="8"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="25"/>
           <w:szCs w:val="25"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0A134942" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00414044">
+    <w:p w14:paraId="6C072826" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00414044">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="20" w:lineRule="atLeast"/>
         <w:ind w:left="111"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C9E1005" wp14:editId="76D962C2">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="1C4C9A9C" wp14:editId="41D4186E">
                 <wp:extent cx="1837690" cy="12700"/>
                 <wp:effectExtent l="5715" t="7620" r="4445" b="0"/>
                 <wp:docPr id="1" name="Group 2"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="1837690" cy="12700"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="2894" cy="20"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="2" name="Freeform 3"/>
                         <wps:cNvSpPr>
                           <a:spLocks/>
                         </wps:cNvSpPr>
@@ -1565,51 +1585,51 @@
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="6D66BF81" id="Group 2" o:spid="_x0000_s1026" style="width:144.7pt;height:1pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="2894,20" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQABV0LeWwMAANkHAAAOAAAAZHJzL2Uyb0RvYy54bWykVdtu2zgQfV+g/0DwcQFHl6i2LMQJCl+C&#10;Au1ugGY/gKaoCyqRKklbzhb99x0OJUdxULTI6kEaaoYzZ84Mhzd3p7YhR6FNreSKRlchJUJyldey&#10;XNF/HnezlBJjmcxZo6RY0Sdh6N3tuz9u+i4TsapUkwtNwIk0Wd+taGVtlwWB4ZVomblSnZCgLJRu&#10;mYWlLoNcsx68t00Qh+E86JXOO624MAb+bryS3qL/ohDc/l0URljSrChgs/jW+N67d3B7w7JSs66q&#10;+QCDvQFFy2oJQc+uNswyctD1K1dtzbUyqrBXXLWBKoqaC8wBsonCi2zutTp0mEuZ9WV3pgmoveDp&#10;zW75X8cHTeocakeJZC2UCKOS2FHTd2UGFve6+9I9aJ8fiJ8U/2pAHVzq3br0xmTff1Y5uGMHq5Ca&#10;U6Fb5wKSJieswNO5AuJkCYefUXq9mC+hUBx0UbwIhwrxCsr4ahevtsO+OF0mflOMOwKW+XAIcYDk&#10;8oEuM89Emv9H5JeKdQLrYxxNA5HxSOROC+E6l1x7LtFoJNJMWZxoHEQDZP+SvzklwNHcd/DIX5ym&#10;A3kXPLCMH4y9FwpLwI6fjPWtn4OEhc2H8j+Cg6Jt4BT8GZCQ9AR9DsajDTTLxKYiPhq0/9kLsHC2&#10;cB5+4uh6YhaS0RGUrxyBsWrEyk9yAAsSYW7ChNhZnTKuNxxyoOQxcpyAC7Bymf3EGAA6Y6zNaOy/&#10;QxANw+NybGhKYGzsPekdsw6bi+FE0q+o578CwSNr1VE8KrSwF+0LsZ61jZxaeS+Abuxlr4YdLg7m&#10;do7tIE8qK9WubhqsViMdojRdLJAko5o6d0qHxuhyv240OTI3F/EZSHthBvNH5uisEizfDrJldeNl&#10;CN4gx9B/AxOuE3HwfV+Gy226TZNZEs+3syTcbGYfdutkNt9Fi/eb6816vYl+OGhRklV1ngvp0I1D&#10;OEp+72wO14Efn+cx/CKLF8nu8HmdbPASBpIMuYxfzA6GiT+cfpLsVf4EB1Urf6vALQhCpfS/lPRw&#10;o6yo+XZgWlDSfJQwaZZRkkCHWlwk7xfQIkRPNfuphkkOrlbUUuh0J66tv7YOna7LCiJFWFapPsCA&#10;LWp3nBGfRzUsYNihhPcH5jLcde6Cmq7R6vlGvv0PAAD//wMAUEsDBBQABgAIAAAAIQBBBDg52wAA&#10;AAMBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI9PS8NAEMXvgt9hGcGb3aT+ocZsSinqqQi2gnibZqdJ&#10;aHY2ZLdJ+u0dvehleMMb3vtNvpxcqwbqQ+PZQDpLQBGX3jZcGfjYvdwsQIWIbLH1TAbOFGBZXF7k&#10;mFk/8jsN21gpCeGQoYE6xi7TOpQ1OQwz3xGLd/C9wyhrX2nb4yjhrtXzJHnQDhuWhho7WtdUHrcn&#10;Z+B1xHF1mz4Pm+Nhff7a3b99blIy5vpqWj2BijTFv2P4wRd0KIRp709sg2oNyCPxd4o3XzzegdqL&#10;SEAXuf7PXnwDAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAA&#10;AAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAA&#10;AAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAVdC3lsDAADZBwAADgAAAAAA&#10;AAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAAACEAQQQ4OdsAAAADAQAADwAA&#10;AAAAAAAAAAAAAAC1BQAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAEAAQA8wAAAL0GAAAAAA==&#10;">
                 <v:shape id="Freeform 3" o:spid="_x0000_s1027" style="position:absolute;left:6;top:6;width:2880;height:20;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="2880,20" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDFDWa1xQAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasMw&#10;EITvgb6D2EJviZxAQ+NENml+oFAoxPWhx8Xa2CLWyrXUxH77qlDIcZiZb5hNPthWXKn3xrGC+SwB&#10;QVw5bbhWUH4epy8gfEDW2DomBSN5yLOHyQZT7W58omsRahEh7FNU0ITQpVL6qiGLfuY64uidXW8x&#10;RNnXUvd4i3DbykWSLKVFw3GhwY52DVWX4scqWJ3K/fZw/Hp/NuP3R7lszaF8HZV6ehy2axCBhnAP&#10;/7fftIIF/F2JN0BmvwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDFDWa1xQAAANoAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" path="m,l2880,e" filled="f" strokeweight=".24658mm">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;2880,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="20EE0CF2" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00B94E7C">
+    <w:p w14:paraId="699C36EF" w14:textId="77777777" w:rsidR="00F315C5" w:rsidRDefault="00B94E7C">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="74"/>
       </w:pPr>
       <w:bookmarkStart w:id="1" w:name="bookmark0"/>
       <w:bookmarkEnd w:id="1"/>
       <w:r w:rsidRPr="00B94E7C">
         <w:rPr>
           <w:spacing w:val="-1"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>1)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> u</w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
@@ -1654,71 +1674,71 @@
         </w:rPr>
         <w:t>ktorého</w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">priznanie </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:t>sa</w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00F315C5">
         <w:t>navrhuje</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67735A95" w14:textId="77777777" w:rsidR="00B94E7C" w:rsidRDefault="00B94E7C">
+    <w:p w14:paraId="28F455DA" w14:textId="77777777" w:rsidR="00B94E7C" w:rsidRDefault="00B94E7C">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="74"/>
       </w:pPr>
       <w:r w:rsidRPr="00B94E7C">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>2)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> pre organizácie SAV</w:t>
       </w:r>
       <w:r w:rsidR="00787734">
         <w:t xml:space="preserve"> – vo vedeckej rade organizácie SAV</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F66E896" w14:textId="77777777" w:rsidR="000044CD" w:rsidRDefault="00C54A1D" w:rsidP="000044CD">
+    <w:p w14:paraId="408E5CAB" w14:textId="77777777" w:rsidR="000044CD" w:rsidRDefault="00C54A1D" w:rsidP="000044CD">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="74"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidRPr="00B94E7C">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> p</w:t>
       </w:r>
       <w:r w:rsidR="00787734">
         <w:t xml:space="preserve">re </w:t>
       </w:r>
       <w:r w:rsidR="000044CD">
@@ -1727,89 +1747,89 @@
       <w:r w:rsidR="00787734">
         <w:t>organizácie</w:t>
       </w:r>
       <w:r w:rsidR="008F0AEA">
         <w:t>, ktoré sú držiteľom osvedčenia</w:t>
       </w:r>
       <w:r w:rsidR="00787734">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F0AEA">
         <w:t>o spôsobilosti vykonávať</w:t>
       </w:r>
       <w:r w:rsidR="00787734">
         <w:t xml:space="preserve"> výskum a vývoj </w:t>
       </w:r>
       <w:r>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidR="00787734">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000044CD">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="39F58FE5" w14:textId="77777777" w:rsidR="00787734" w:rsidRDefault="000044CD" w:rsidP="000044CD">
+    <w:p w14:paraId="3085E91C" w14:textId="77777777" w:rsidR="00787734" w:rsidRDefault="000044CD" w:rsidP="000044CD">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">       </w:t>
       </w:r>
       <w:r w:rsidR="00C54A1D">
         <w:t>v </w:t>
       </w:r>
       <w:r w:rsidR="005E508C">
         <w:t>ich</w:t>
       </w:r>
       <w:r w:rsidR="00361739">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C54A1D">
         <w:t>vnútornom orgáne, ktorý je oprávnený vykonávať hodnotenie kvalifikácie pracovníkov</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00787734" w:rsidSect="00C92011">
       <w:type w:val="continuous"/>
       <w:pgSz w:w="11920" w:h="16850"/>
       <w:pgMar w:top="567" w:right="1005" w:bottom="280" w:left="993" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:noEndnote/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1881,159 +1901,160 @@
     <w:lvl w:ilvl="6">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6122" w:hanging="260"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6824" w:hanging="260"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="•"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7526" w:hanging="260"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="264072832">
+  <w:num w:numId="1" w16cid:durableId="177935925">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
   <w:bordersDoNotSurroundHeader/>
   <w:bordersDoNotSurroundFooter/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:drawingGridVerticalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="3"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:doNotValidateAgainstSchema/>
   <w:doNotDemarcateInvalidXml/>
   <w:compat>
     <w:spaceForUL/>
     <w:doNotLeaveBackslashAlone/>
     <w:ulTrailSpace/>
     <w:doNotExpandShiftReturn/>
     <w:adjustLineHeightInTable/>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00A35A6F"/>
     <w:rsid w:val="000044CD"/>
     <w:rsid w:val="00082ED0"/>
     <w:rsid w:val="000A12C8"/>
     <w:rsid w:val="00102BB3"/>
     <w:rsid w:val="001539AB"/>
+    <w:rsid w:val="00180BF4"/>
     <w:rsid w:val="00197713"/>
     <w:rsid w:val="0020050E"/>
     <w:rsid w:val="002146D3"/>
     <w:rsid w:val="002D451F"/>
     <w:rsid w:val="0032456E"/>
     <w:rsid w:val="00354ABA"/>
     <w:rsid w:val="00361739"/>
     <w:rsid w:val="003F0D1A"/>
     <w:rsid w:val="00414044"/>
     <w:rsid w:val="0049419B"/>
     <w:rsid w:val="004D0B79"/>
     <w:rsid w:val="005A2F51"/>
     <w:rsid w:val="005B60FD"/>
     <w:rsid w:val="005E508C"/>
     <w:rsid w:val="006227C8"/>
     <w:rsid w:val="00684D4B"/>
     <w:rsid w:val="00787734"/>
+    <w:rsid w:val="00852873"/>
     <w:rsid w:val="0085616F"/>
     <w:rsid w:val="0089291B"/>
     <w:rsid w:val="008A3506"/>
     <w:rsid w:val="008E522F"/>
     <w:rsid w:val="008F0AEA"/>
     <w:rsid w:val="00964046"/>
     <w:rsid w:val="00A35A6F"/>
     <w:rsid w:val="00AB5E24"/>
     <w:rsid w:val="00AC2A44"/>
     <w:rsid w:val="00B00363"/>
     <w:rsid w:val="00B94E7C"/>
     <w:rsid w:val="00C410D5"/>
-    <w:rsid w:val="00C47852"/>
     <w:rsid w:val="00C54A1D"/>
     <w:rsid w:val="00C92011"/>
     <w:rsid w:val="00CF4886"/>
+    <w:rsid w:val="00E41A54"/>
     <w:rsid w:val="00E63FA8"/>
+    <w:rsid w:val="00ED2E84"/>
     <w:rsid w:val="00F02170"/>
     <w:rsid w:val="00F315C5"/>
-    <w:rsid w:val="00F60E88"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sk-SK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="490878F8"/>
+  <w14:docId w14:val="65F3EF4B"/>
   <w14:defaultImageDpi w14:val="0"/>
   <w15:docId w15:val="{86E85E3E-478C-419A-BFBD-737B0AD5C631}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cs="Times New Roman"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sk-SK" w:eastAsia="sk-SK" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
@@ -2758,70 +2779,70 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>160</Words>
-  <Characters>1098</Characters>
+  <Words>171</Words>
+  <Characters>1170</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>9</Lines>
-  <Paragraphs>2</Paragraphs>
+  <Lines>68</Lines>
+  <Paragraphs>35</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Názov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Ústredný orgán:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1256</CharactersWithSpaces>
+  <CharactersWithSpaces>1306</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Ústredný orgán:</dc:title>
   <dc:subject/>
   <dc:creator>USAV</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>