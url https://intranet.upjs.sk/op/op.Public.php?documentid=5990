--- v0 (2025-10-08)
+++ v1 (2026-03-11)
@@ -1,118 +1,118 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="07706D8E" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00865646" w:rsidP="00C26359">
+    <w:p w14:paraId="7D162CB8" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00865646" w:rsidP="00C26359">
       <w:pPr>
         <w:pStyle w:val="Nadpis1"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="7229"/>
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00C26359">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Príloha</w:t>
       </w:r>
       <w:r w:rsidR="00C26359">
         <w:rPr>
           <w:spacing w:val="2"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C26359">
         <w:rPr>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>č.</w:t>
       </w:r>
       <w:r w:rsidR="00C418EF">
         <w:t xml:space="preserve"> 3</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F279DF3" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359" w:rsidP="00C26359">
+    <w:p w14:paraId="56BE7E43" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359" w:rsidP="00C26359">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="8"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DE36A6A" w14:textId="77777777" w:rsidR="00865646" w:rsidRDefault="00865646" w:rsidP="00C26359">
+    <w:p w14:paraId="64FEAE13" w14:textId="77777777" w:rsidR="00865646" w:rsidRDefault="00865646" w:rsidP="00C26359">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="0" w:name="Príloha_č._2"/>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="08763728" w14:textId="77777777" w:rsidR="00C26359" w:rsidRPr="00C26359" w:rsidRDefault="00C26359" w:rsidP="00C26359">
+    <w:p w14:paraId="1968F1A9" w14:textId="77777777" w:rsidR="00C26359" w:rsidRPr="00C26359" w:rsidRDefault="00C26359" w:rsidP="00C26359">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C26359">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>Komisia</w:t>
       </w:r>
       <w:r w:rsidRPr="00C26359">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-7"/>
@@ -177,51 +177,51 @@
       <w:r w:rsidRPr="00C26359">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>kvalifikácie</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
           <w:b/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve"> zamestnancov</w:t>
       </w:r>
       <w:r w:rsidR="00865646">
         <w:rPr>
           <w:noProof/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
         <mc:AlternateContent>
           <mc:Choice Requires="wpg">
             <w:drawing>
-              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="16CB04DB" wp14:editId="0585FEF5">
+              <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0F0E9359" wp14:editId="3D37669E">
                 <wp:extent cx="5619750" cy="104775"/>
                 <wp:effectExtent l="0" t="0" r="0" b="0"/>
                 <wp:docPr id="1" name="Skupina 1"/>
                 <wp:cNvGraphicFramePr>
                   <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
                 </wp:cNvGraphicFramePr>
                 <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                   <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup">
                     <wpg:wgp>
                       <wpg:cNvGrpSpPr>
                         <a:grpSpLocks/>
                       </wpg:cNvGrpSpPr>
                       <wpg:grpSpPr bwMode="auto">
                         <a:xfrm>
                           <a:off x="0" y="0"/>
                           <a:ext cx="5619750" cy="104775"/>
                           <a:chOff x="0" y="0"/>
                           <a:chExt cx="10157" cy="29"/>
                         </a:xfrm>
                       </wpg:grpSpPr>
                       <wps:wsp>
                         <wps:cNvPr id="2" name="Freeform 3"/>
                         <wps:cNvSpPr>
                           <a:spLocks/>
                         </wps:cNvSpPr>
@@ -279,94 +279,94 @@
                           </a:extLst>
                         </wps:spPr>
                         <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0" upright="1">
                           <a:noAutofit/>
                         </wps:bodyPr>
                       </wps:wsp>
                     </wpg:wgp>
                   </a:graphicData>
                 </a:graphic>
               </wp:inline>
             </w:drawing>
           </mc:Choice>
           <mc:Fallback>
             <w:pict>
               <v:group w14:anchorId="224A9B50" id="Skupina 1" o:spid="_x0000_s1026" style="width:442.5pt;height:8.25pt;mso-position-horizontal-relative:char;mso-position-vertical-relative:line" coordsize="10157,29" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB453d/ZgMAAOYHAAAOAAAAZHJzL2Uyb0RvYy54bWykVW1v0zAQ/o7Ef7D8EalL0qVrG61DU18m&#10;pAGTVn6A6zgvIrGD7TYdiP/O+Zx0WScEgn5Indz57rnn3q7fH+uKHIQ2pZILGl2ElAjJVVrKfEG/&#10;bDejGSXGMpmySkmxoE/C0Pc3b99ct00ixqpQVSo0ASPSJG2zoIW1TRIEhheiZuZCNUKCMFO6ZhZe&#10;dR6kmrVgva6CcRheBa3SaaMVF8bA15UX0hu0n2WC289ZZoQl1YICNotPjc+dewY31yzJNWuKkncw&#10;2D+gqFkpwenJ1IpZRva6fGWqLrlWRmX2gqs6UFlWcoExQDRReBbNnVb7BmPJkzZvTjQBtWc8/bNZ&#10;/unwoEmZQu4okayGFD1+3TelZCRy5LRNnoDOnW4emwftI4TjveJfDYiDc7l7z70y2bUfVQoG2d4q&#10;JOeY6dqZgLDJEXPwdMqBOFrC4ePkKppPJ5AqDrIojKfTiU8SLyCTr67xYt1djMJoMvXXxnN3JWCJ&#10;d4ggO1AuIqg080ym+T8yHwvWCMyRcUR1ZI57MjdaCFe95NKziUo9lWbI40DiIBqg+48MRjEljqbY&#10;U9RzCFSMoe8cg2Ms8RMVLOF7Y++Ewjyww72xvgNSOGF2064KtpCCrK6gGd4FJCQt8UY77V4Jimag&#10;VBDvDtrgZAaYOGmgid+ZuhwohqQ3BcjzHhsrerj8KDu8cCLMzZoQK6xRxpWIAw/Bb7GEwQRoueB+&#10;owwQnTJmqFf2/50TDWPkfIBoSmCA7DzxDbMOm/PhjqR1pYs5KDAFTlCrg9gqVLFnZQzOnqWVHGp1&#10;ZgBfn0gvhyvOE1b5ybsDPUivVJuyqjBjlURMs/FshjwZVZWpkzo8Rue7ZaXJgbkhib+uf16owTCS&#10;KVorBEvX3dmysvJn8F4hzVCGHRmuIHEK/piH8/VsPYtH8fhqPYrD1Wp0u1nGo6tNNJ2sLlfL5Sr6&#10;6aBFcVKUaSqkQ9dP5Cj+uybtdoOfpaeZ/CKKF8Fu8Pc62OAlDGQZYun/MTqYKr5L/UjZqfQJOlYr&#10;v2JgJcKhUPo7JS2slwU13/ZMC0qqDxJGzjyKY7eP8CWeTKFxiB5KdkMJkxxMLailUOzuuLR+h+0b&#10;XeYFeIowrVLdwqzNStfUiM+j6l5g6uEJlwnG0i0+t62G76j1vJ5vfgEAAP//AwBQSwMEFAAGAAgA&#10;AAAhAMSGhPLaAAAABAEAAA8AAABkcnMvZG93bnJldi54bWxMj0FLw0AQhe+C/2EZwZvdREkJMZtS&#10;inoqgq0g3qbJNAnNzobsNkn/vaMXexl4vMeb7+Wr2XZqpMG3jg3EiwgUcemqlmsDn/vXhxSUD8gV&#10;do7JwIU8rIrbmxyzyk38QeMu1EpK2GdooAmhz7T2ZUMW/cL1xOId3WAxiBxqXQ04Sbnt9GMULbXF&#10;luVDgz1tGipPu7M18DbhtH6KX8bt6bi5fO+T969tTMbc383rZ1CB5vAfhl98QYdCmA7uzJVXnQEZ&#10;Ev6ueGmaiDxIaJmALnJ9DV/8AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAA&#10;lAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHjnd39mAwAA&#10;5gcAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhAMSGhPLa&#10;AAAABAEAAA8AAAAAAAAAAAAAAAAAwAUAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAADH&#10;BgAAAAA=&#10;">
                 <v:shape id="Freeform 3" o:spid="_x0000_s1027" style="position:absolute;left:14;top:14;width:10128;height:20;visibility:visible;mso-wrap-style:square;v-text-anchor:top" coordsize="10128,20" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCuF1U2xAAAANoAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gQvUjfNwbapq4SWiIdC0ZaKt0f2NRvMvg3ZNcZ/7xYEj8PMfMMsVoNtRE+drx0reJol&#10;IIhLp2uuFPx8F48vIHxA1tg4JgUX8rBaPowWmGl35i31u1CJCGGfoQITQptJ6UtDFv3MtcTR+3Od&#10;xRBlV0nd4TnCbSPTJJlLizXHBYMtvRsqj7uTVfB1+TXrz491/vxaszv4Ke1lcVJqMh7yNxCBhnAP&#10;39obrSCF/yvxBsjlFQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAAAAAA&#10;AAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsA&#10;AAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAK4XVTbEAAAA2gAAAA8A&#10;AAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD4AgAAAAA=&#10;" path="m,l10128,e" filled="f" strokeweight="1.44pt">
                   <v:path arrowok="t" o:connecttype="custom" o:connectlocs="0,0;10128,0" o:connectangles="0,0"/>
                 </v:shape>
                 <w10:anchorlock/>
               </v:group>
             </w:pict>
           </mc:Fallback>
         </mc:AlternateContent>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A2EBA6B" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359" w:rsidP="00C26359">
+    <w:p w14:paraId="6A0BA34E" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359" w:rsidP="00C26359">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="9"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2DB28040" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359" w:rsidP="00C26359">
+    <w:p w14:paraId="5B84C90B" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359" w:rsidP="00C26359">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:line="20" w:lineRule="atLeast"/>
         <w:ind w:left="208"/>
         <w:rPr>
           <w:sz w:val="2"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="33EEE7E0" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359" w:rsidP="00C26359">
+    <w:p w14:paraId="10217F72" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359" w:rsidP="00C26359">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="8"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="8"/>
           <w:szCs w:val="8"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F4240EF" w14:textId="77777777" w:rsidR="00350F65" w:rsidRDefault="00350F65" w:rsidP="00C26359">
+    <w:p w14:paraId="7022E0B9" w14:textId="77777777" w:rsidR="00350F65" w:rsidRDefault="00350F65" w:rsidP="00C26359">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:spacing w:before="69" w:line="398" w:lineRule="auto"/>
         <w:ind w:left="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t xml:space="preserve">      </w:t>
       </w:r>
       <w:r w:rsidR="00C26359">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
@@ -465,72 +465,72 @@
         <w:t>preradenie</w:t>
       </w:r>
       <w:r w:rsidR="00C26359">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="1"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00C26359">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>do</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> vedeckého kvalifikačného stupňa (VKS) I</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5BC1F261" w14:textId="77777777" w:rsidR="00350F65" w:rsidRDefault="00350F65" w:rsidP="00350F65">
+    <w:p w14:paraId="05140EC6" w14:textId="77777777" w:rsidR="00350F65" w:rsidRDefault="00350F65" w:rsidP="00350F65">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
         </w:rPr>
         <w:t>v odbore ......................................................................................</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A7C6042" w14:textId="77777777" w:rsidR="00C26359" w:rsidRPr="00350F65" w:rsidRDefault="00350F65" w:rsidP="00350F65">
+    <w:p w14:paraId="6D877541" w14:textId="77777777" w:rsidR="00C26359" w:rsidRPr="00350F65" w:rsidRDefault="00350F65" w:rsidP="00350F65">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00350F65">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">(uviesť číslo a študijný odbor podľa </w:t>
       </w:r>
       <w:r w:rsidR="00AD2556">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
@@ -553,283 +553,280 @@
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidRPr="00350F65">
         <w:rPr>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> resp. podľa sústavy študijných odborov) </w:t>
       </w:r>
       <w:r w:rsidRPr="00350F65">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:spacing w:val="-1"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5085A8D4" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359" w:rsidP="00350F65">
+    <w:p w14:paraId="00AA28B7" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359" w:rsidP="00350F65">
       <w:pPr>
         <w:pStyle w:val="Zkladntext"/>
         <w:kinsoku w:val="0"/>
         <w:overflowPunct w:val="0"/>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Mriekatabuky"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4531"/>
         <w:gridCol w:w="4531"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00707533" w14:paraId="1029A67E" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="32AAB996" w14:textId="77777777" w:rsidR="00707533" w:rsidRPr="004B5B52" w:rsidRDefault="00707533" w:rsidP="00707533">
+      <w:tr w:rsidR="00707533" w14:paraId="1FE65D5F" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE8AFC0" w14:textId="77777777" w:rsidR="00707533" w:rsidRPr="004B5B52" w:rsidRDefault="00707533" w:rsidP="00707533">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B5B52">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Priezvisko</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5A9E90E6" w14:textId="77777777" w:rsidR="00707533" w:rsidRDefault="00707533" w:rsidP="00707533"/>
+          <w:p w14:paraId="6BAB263A" w14:textId="77777777" w:rsidR="00707533" w:rsidRDefault="00707533" w:rsidP="00707533"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00707533" w14:paraId="4F98985C" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="28E4E892" w14:textId="77777777" w:rsidR="00707533" w:rsidRPr="004B5B52" w:rsidRDefault="00707533" w:rsidP="00707533">
+      <w:tr w:rsidR="00707533" w14:paraId="48D4430D" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6398BCBB" w14:textId="77777777" w:rsidR="00707533" w:rsidRPr="004B5B52" w:rsidRDefault="00707533" w:rsidP="00707533">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B5B52">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Meno</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="70BAF6BD" w14:textId="77777777" w:rsidR="00707533" w:rsidRDefault="00707533" w:rsidP="00707533"/>
+          <w:p w14:paraId="758D4D1D" w14:textId="77777777" w:rsidR="00707533" w:rsidRDefault="00707533" w:rsidP="00707533"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00707533" w14:paraId="1A01E59D" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="2C19EA40" w14:textId="77777777" w:rsidR="00707533" w:rsidRPr="004B5B52" w:rsidRDefault="00707533" w:rsidP="00707533">
+      <w:tr w:rsidR="00707533" w14:paraId="44CE7E71" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="121D2AC2" w14:textId="77777777" w:rsidR="00707533" w:rsidRPr="004B5B52" w:rsidRDefault="00707533" w:rsidP="00707533">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B5B52">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Tituly</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="793C5125" w14:textId="77777777" w:rsidR="00707533" w:rsidRDefault="00707533" w:rsidP="00707533"/>
+          <w:p w14:paraId="03FE1093" w14:textId="77777777" w:rsidR="00707533" w:rsidRDefault="00707533" w:rsidP="00707533"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00707533" w14:paraId="3705D536" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="55D28489" w14:textId="77777777" w:rsidR="00707533" w:rsidRPr="004B5B52" w:rsidRDefault="00707533" w:rsidP="00707533">
+      <w:tr w:rsidR="00707533" w14:paraId="6AACB855" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="40D580E1" w14:textId="77777777" w:rsidR="00707533" w:rsidRPr="004B5B52" w:rsidRDefault="00707533" w:rsidP="00707533">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004B5B52">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Rok narodenia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="08336712" w14:textId="77777777" w:rsidR="00707533" w:rsidRDefault="00707533" w:rsidP="00707533"/>
+          <w:p w14:paraId="59BE0AAF" w14:textId="77777777" w:rsidR="00707533" w:rsidRDefault="00707533" w:rsidP="00707533"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002139AF" w14:paraId="7A18C6E3" w14:textId="77777777" w:rsidTr="00A30729">
+      <w:tr w:rsidR="002139AF" w14:paraId="522E60D6" w14:textId="77777777" w:rsidTr="00A30729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="75D150E1" w14:textId="77777777" w:rsidR="002139AF" w:rsidRPr="002139AF" w:rsidRDefault="002139AF" w:rsidP="0096075D">
+          </w:tcPr>
+          <w:p w14:paraId="7F289022" w14:textId="77777777" w:rsidR="002139AF" w:rsidRPr="002139AF" w:rsidRDefault="002139AF" w:rsidP="0096075D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002139AF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Publikácie</w:t>
             </w:r>
             <w:r w:rsidR="00C527AE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> – iba počet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096075D" w14:paraId="6C9D523A" w14:textId="77777777" w:rsidTr="00A30729">
+      <w:tr w:rsidR="0096075D" w14:paraId="3419F17D" w14:textId="77777777" w:rsidTr="00A30729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2392FC1C" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D">
+          </w:tcPr>
+          <w:p w14:paraId="5845CE94" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>monografie</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">doma/v zahraničí </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:br/>
               <w:t>(názov, autori, jazyk, vydavateľ, počet strán, krajina, rok)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58DE8B92" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
+          <w:p w14:paraId="0912DFA2" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096075D" w14:paraId="3ACED6C4" w14:textId="77777777" w:rsidTr="00A30729">
+      <w:tr w:rsidR="0096075D" w14:paraId="5BBB4E34" w14:textId="77777777" w:rsidTr="00A30729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6A687461" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D">
+          </w:tcPr>
+          <w:p w14:paraId="6252259F" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>kapitoly</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> v monografiách: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
@@ -838,66 +835,65 @@
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">doma/v zahraničí </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:br/>
               <w:t>(názov, autori, jazyk, vydavateľ, editor, počet strán, krajina, rok)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="44458A13" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
+          <w:p w14:paraId="047A1D1B" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096075D" w14:paraId="2C1248CA" w14:textId="77777777" w:rsidTr="00A30729">
+      <w:tr w:rsidR="0096075D" w14:paraId="76066D0B" w14:textId="77777777" w:rsidTr="00A30729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2C11EB34" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D">
+          </w:tcPr>
+          <w:p w14:paraId="3BB3FFFA" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">pôvodné časopisecké práce </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">vo vedeckých a odborných časopisoch evidovaných vo </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
@@ -924,192 +920,190 @@
               <w:t>core</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>collection</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4679071A" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
+          <w:p w14:paraId="036FE08F" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096075D" w14:paraId="60C672F8" w14:textId="77777777" w:rsidTr="00A30729">
+      <w:tr w:rsidR="0096075D" w14:paraId="01327366" w14:textId="77777777" w:rsidTr="00A30729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="547F26C7" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="00C527AE">
+          </w:tcPr>
+          <w:p w14:paraId="6F922772" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="00C527AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">pôvodné časopisecké práce </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">vo vedeckých a odborných časopisoch evidovaných v iných relevantných </w:t>
             </w:r>
             <w:r w:rsidR="00C527AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>data</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>bázach s uvedením databázy</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2CFF7F61" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
+          <w:p w14:paraId="55002258" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096075D" w14:paraId="7C459648" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="38357FEB" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="004B5B52" w:rsidP="004B5B52">
+      <w:tr w:rsidR="0096075D" w14:paraId="5FC11C52" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0781B2FA" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="004B5B52" w:rsidP="004B5B52">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Iné výstupy </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">relevantné pre daný vedný odbor </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:br/>
               <w:t>(umelecké, typu projektovej dokumentácie, prototypov, výrobkov, expertíz a pod.)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77791C74" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
+          <w:p w14:paraId="15BBC6AA" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002139AF" w14:paraId="575B0053" w14:textId="77777777" w:rsidTr="00A30729">
+      <w:tr w:rsidR="002139AF" w14:paraId="524F3A6F" w14:textId="77777777" w:rsidTr="00A30729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9062" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="14A34A03" w14:textId="77777777" w:rsidR="002139AF" w:rsidRPr="002139AF" w:rsidRDefault="002139AF" w:rsidP="0096075D">
+          <w:p w14:paraId="0E684C99" w14:textId="77777777" w:rsidR="002139AF" w:rsidRPr="002139AF" w:rsidRDefault="002139AF" w:rsidP="0096075D">
             <w:pPr>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002139AF">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>Ohlasy na publikácie</w:t>
             </w:r>
             <w:r w:rsidR="00C527AE">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> – iba počet</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002139AF" w14:paraId="1A5E3821" w14:textId="77777777" w:rsidTr="00A30729">
+      <w:tr w:rsidR="002139AF" w14:paraId="6D5B2DCB" w14:textId="77777777" w:rsidTr="00A30729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="59284292" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="00C527AE">
+          </w:tcPr>
+          <w:p w14:paraId="44819EA6" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="00C527AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">citácie podľa </w:t>
             </w:r>
             <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>W</w:t>
             </w:r>
@@ -1164,546 +1158,544 @@
             <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00C527AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>collection</w:t>
             </w:r>
             <w:proofErr w:type="spellEnd"/>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">(počet, H-index) </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="788ED3BF" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="002139AF"/>
+          <w:p w14:paraId="3BB0167B" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="002139AF"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002139AF" w14:paraId="23A3F133" w14:textId="77777777" w:rsidTr="00A30729">
+      <w:tr w:rsidR="002139AF" w14:paraId="7020E94D" w14:textId="77777777" w:rsidTr="00A30729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2B9C19A3" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="002139AF">
+          </w:tcPr>
+          <w:p w14:paraId="5DF8BF07" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="002139AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>citácie podľa iných relevantných databáz</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve"> (špecifikovať)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1E905F47" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="002139AF"/>
+          <w:p w14:paraId="2AC55A2B" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="002139AF"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002139AF" w14:paraId="1EFD44FF" w14:textId="77777777" w:rsidTr="00A30729">
+      <w:tr w:rsidR="002139AF" w14:paraId="45EAF83B" w14:textId="77777777" w:rsidTr="00A30729">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="000000"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="000000"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6368F32A" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="002139AF">
+          </w:tcPr>
+          <w:p w14:paraId="39A32C54" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="002139AF">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>recenzie, kritiky</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> a pod.</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4C457098" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="002139AF"/>
+          <w:p w14:paraId="43E86802" w14:textId="77777777" w:rsidR="002139AF" w:rsidRDefault="002139AF" w:rsidP="002139AF"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096075D" w14:paraId="48D2183F" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="754CB2F1" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="002139AF" w:rsidP="002139AF">
+      <w:tr w:rsidR="0096075D" w14:paraId="551C9697" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6241D1AA" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="002139AF" w:rsidP="002139AF">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Vedenie medzinárodných projektov, účasť na medzinárodných projektoch </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(názov, kód, druh, doba riešenia, pozícia v projekte)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1A79AC42" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
+          <w:p w14:paraId="1215459F" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096075D" w14:paraId="2D2A49D8" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="3EF91289" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="00E76DCE" w:rsidP="00E76DCE">
+      <w:tr w:rsidR="0096075D" w14:paraId="6463F854" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C9F0AD" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="00E76DCE" w:rsidP="00E76DCE">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Vedenie </w:t>
             </w:r>
             <w:r w:rsidR="002C28A5">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>alebo účasť v domácich projektoch</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> (názov, kód, druh, doba riešenia, pozícia v projekte)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7448EFF4" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
+          <w:p w14:paraId="1223042D" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096075D" w14:paraId="48993875" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="4A5FB404" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="00E76DCE" w:rsidP="00E76DCE">
+      <w:tr w:rsidR="0096075D" w14:paraId="5737F2CE" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3AA161" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="00E76DCE" w:rsidP="00E76DCE">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Udelené patenty  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(krajina vydania, účinnosť, pôvodca, majiteľ, predmet patentovania)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5489E168" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
+          <w:p w14:paraId="664DF189" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096075D" w14:paraId="302DD2BE" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="3917CD00" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="00E76DCE" w:rsidP="00E76DCE">
+      <w:tr w:rsidR="0096075D" w14:paraId="6FF45000" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="186AA11B" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="00E76DCE" w:rsidP="00E76DCE">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Vedecko-pedagogická činnosť</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> (menovitý zoznam ašpirantov/doktorandov a ich súčasné pôsobenie)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="61205370" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
+          <w:p w14:paraId="4DB33B3C" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30729" w14:paraId="10732C2E" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="68FAA1CE" w14:textId="77777777" w:rsidR="00A30729" w:rsidRPr="00A30729" w:rsidRDefault="00A30729" w:rsidP="00C527AE">
+      <w:tr w:rsidR="00A30729" w14:paraId="55C0FE00" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AADFCB9" w14:textId="77777777" w:rsidR="00A30729" w:rsidRPr="00A30729" w:rsidRDefault="00A30729" w:rsidP="00C527AE">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00A30729">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="sk-SK"/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Volené členstvo </w:t>
             </w:r>
             <w:r w:rsidRPr="00A30729">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve">v medzinárodných a národných </w:t>
             </w:r>
             <w:r w:rsidR="00C527AE">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="sk-SK"/>
               </w:rPr>
               <w:t>učen</w:t>
             </w:r>
             <w:r w:rsidRPr="00A30729">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="sk-SK"/>
               </w:rPr>
               <w:t>ých spoločnostiach a akadémiách vied (zoznam: názov, krajina)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="721E536B" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729"/>
+          <w:p w14:paraId="4FC50E43" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30729" w14:paraId="6C6B2351" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="2D72A160" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729">
+      <w:tr w:rsidR="00A30729" w14:paraId="4A8408D7" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67DD21C9" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729">
             <w:r w:rsidRPr="00A30729">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve">Volené členstvo </w:t>
             </w:r>
             <w:r w:rsidRPr="00A30729">
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="sk-SK"/>
               </w:rPr>
               <w:t>v orgánoch vedeckých spoločností, vo vedeckých a odborných komisiách a výboroch (zoznam: názov, krajina)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="21A5B05A" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729"/>
+          <w:p w14:paraId="2966096B" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30729" w14:paraId="443064FA" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="6536C439" w14:textId="77777777" w:rsidR="00A30729" w:rsidRPr="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729">
+      <w:tr w:rsidR="00A30729" w14:paraId="7DF91E9D" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4653F812" w14:textId="77777777" w:rsidR="00A30729" w:rsidRPr="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:lang w:eastAsia="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Členstvo v redakčných radách periodík </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(zoznam a webové stránky časopisov)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0112AAD5" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729"/>
+          <w:p w14:paraId="1E60ADD2" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0096075D" w14:paraId="46683F3E" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="0F9E9C1F" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="00A30729" w:rsidP="00A30729">
+      <w:tr w:rsidR="0096075D" w14:paraId="672A6940" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="59185842" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="00A30729" w:rsidP="00A30729">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Pozvané prednášky </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(názov podujatia, názov sekcie, názov a typ prednášky, webové konferencie)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52D81346" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
+          <w:p w14:paraId="15FEB31F" w14:textId="77777777" w:rsidR="0096075D" w:rsidRDefault="0096075D" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30729" w14:paraId="609B6D95" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="284F0D0F" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729">
+      <w:tr w:rsidR="00A30729" w14:paraId="5C6F8C0B" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="6114B6E8" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Ocenenia</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve"> (typ ocenenia, kto ho udelil, krajina)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BB4C2A0" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="0096075D"/>
+          <w:p w14:paraId="72B9C961" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30729" w14:paraId="42C658E2" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="45C7D7E7" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729">
+      <w:tr w:rsidR="00A30729" w14:paraId="0382AF37" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E5C5AF0" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729">
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">Realizácia výsledkov </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>(aktívne licencie, využité patenty, zavedené výrobky, resp. terapie, realizované stavby a pod. – finančné vyjadrenie)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4531" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1EB28C8A" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="0096075D"/>
+          <w:p w14:paraId="781973F6" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A30729" w14:paraId="7528995E" w14:textId="77777777" w:rsidTr="00A30729">
-[...4 lines deleted...]
-          <w:p w14:paraId="4E4CAC45" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729">
+      <w:tr w:rsidR="00A30729" w14:paraId="49F72E7E" w14:textId="77777777" w:rsidTr="00A30729">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4788746C" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="00A30729">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t>Iné skutočnosti hodné zreteľa</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E79A88F" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="0096075D"/>
-[...5 lines deleted...]
-          <w:p w14:paraId="4C445974" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="0096075D"/>
+          <w:p w14:paraId="58E729DA" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="0096075D"/>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4531" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="373D6923" w14:textId="77777777" w:rsidR="00A30729" w:rsidRDefault="00A30729" w:rsidP="0096075D"/>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3190B05F" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359"/>
+    <w:p w14:paraId="2ABF7C41" w14:textId="77777777" w:rsidR="00C26359" w:rsidRDefault="00C26359"/>
     <w:sectPr w:rsidR="00C26359" w:rsidSect="00865646">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="709" w:right="1417" w:bottom="1418" w:left="1417" w:header="708" w:footer="708" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="EE"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
@@ -1779,120 +1771,120 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="041B0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="041B001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1989673264">
+  <w:num w:numId="1" w16cid:durableId="534581346">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00C26359"/>
     <w:rsid w:val="002139AF"/>
     <w:rsid w:val="002C28A5"/>
     <w:rsid w:val="00350F65"/>
     <w:rsid w:val="004650C5"/>
     <w:rsid w:val="004B5B52"/>
-    <w:rsid w:val="005E78F9"/>
+    <w:rsid w:val="00572D6D"/>
     <w:rsid w:val="00607D85"/>
     <w:rsid w:val="00707533"/>
     <w:rsid w:val="00774F0E"/>
     <w:rsid w:val="00864B1F"/>
     <w:rsid w:val="00865646"/>
     <w:rsid w:val="00911FD9"/>
     <w:rsid w:val="0096075D"/>
     <w:rsid w:val="00A30729"/>
     <w:rsid w:val="00AD2556"/>
     <w:rsid w:val="00B53DAB"/>
     <w:rsid w:val="00C16EC9"/>
     <w:rsid w:val="00C26359"/>
     <w:rsid w:val="00C418EF"/>
-    <w:rsid w:val="00C47852"/>
     <w:rsid w:val="00C527AE"/>
+    <w:rsid w:val="00CD6BEF"/>
     <w:rsid w:val="00E76DCE"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sk-SK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
-  <w14:docId w14:val="4F51E0CC"/>
+  <w14:docId w14:val="4CE84683"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{369CA774-8AE6-4835-80CA-8F8BBCA44889}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="sk-SK" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="1" w:qFormat="1"/>