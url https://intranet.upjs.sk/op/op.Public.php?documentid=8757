--- v0 (2025-10-08)
+++ v1 (2026-01-07)
@@ -84,51 +84,75 @@
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009166B6">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>St</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>aff Mobility For Training</w:t>
+        <w:t xml:space="preserve">aff Mobility </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>For</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:color w:val="002060"/>
+          <w:sz w:val="36"/>
+          <w:szCs w:val="36"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Training</w:t>
       </w:r>
       <w:r w:rsidR="00D97FE7">
         <w:rPr>
           <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:endnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BE3D3C0" w14:textId="1A674E0C" w:rsidR="00654677" w:rsidRDefault="00654677" w:rsidP="00654677">
       <w:pPr>
         <w:pStyle w:val="Textkomentra"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
@@ -755,102 +779,102 @@
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654677">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Academic year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2157" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="5D72C556" w14:textId="5FFFA29D" w:rsidR="00377526" w:rsidRPr="00654677" w:rsidRDefault="00377526" w:rsidP="00A07EA6">
+          <w:p w14:paraId="5D72C556" w14:textId="0FDD25C4" w:rsidR="00377526" w:rsidRPr="00654677" w:rsidRDefault="00377526" w:rsidP="00A07EA6">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00654677">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="006F0940">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00DD49EA">
+            <w:r w:rsidR="00D94195">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00654677">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>/20</w:t>
             </w:r>
             <w:r w:rsidR="006F0940">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00DD49EA">
+            <w:r w:rsidR="00D94195">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00CC707F" w:rsidRPr="007673FA" w14:paraId="5D72C55C" w14:textId="77777777" w:rsidTr="00654677">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="5D72C558" w14:textId="77777777" w:rsidR="00CC707F" w:rsidRPr="007673FA" w:rsidRDefault="00CC707F" w:rsidP="00A07EA6">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -979,52 +1003,86 @@
           <w:tcPr>
             <w:tcW w:w="6696" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="5D72C562" w14:textId="27E7014A" w:rsidR="006F0940" w:rsidRPr="007673FA" w:rsidRDefault="006F0940" w:rsidP="006F0940">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Pavol Jozef Šafárik University in Košice</w:t>
+              <w:t xml:space="preserve">Pavol Jozef </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Šafárik</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> University in </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Košice</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006F0940" w:rsidRPr="007673FA" w14:paraId="6EF14059" w14:textId="77777777" w:rsidTr="007456B0">
         <w:trPr>
           <w:trHeight w:val="371"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="1CC21412" w14:textId="688886CF" w:rsidR="006F0940" w:rsidRDefault="006F0940" w:rsidP="00A07EA6">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1460,81 +1518,81 @@
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="003F2FB6">
                 <w:rPr>
                   <w:rStyle w:val="Hypertextovprepojenie"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="fr-BE"/>
                 </w:rPr>
                 <w:t>valentina.svedova@</w:t>
               </w:r>
               <w:r w:rsidRPr="003F2FB6">
                 <w:rPr>
                   <w:rStyle w:val="Hypertextovprepojenie"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="sk-SK"/>
                 </w:rPr>
                 <w:t>upjs.sk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="5D72C573" w14:textId="7BFD88F2" w:rsidR="006F0940" w:rsidRPr="00E02718" w:rsidRDefault="006F0940" w:rsidP="006F0940">
+          <w:p w14:paraId="5D72C573" w14:textId="7E76CDD0" w:rsidR="006F0940" w:rsidRPr="00E02718" w:rsidRDefault="006F0940" w:rsidP="006F0940">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve">+421 55 234 </w:t>
             </w:r>
-            <w:r w:rsidR="005D01DC">
+            <w:r w:rsidR="00D15324">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>1215</w:t>
+              <w:t>1304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="5D72C576" w14:textId="29297C84" w:rsidR="00377526" w:rsidRDefault="00377526" w:rsidP="005D75AB">
       <w:pPr>
         <w:ind w:right="-992"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -2213,127 +2271,129 @@
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00CF3C00">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2114" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="0A24C3A1" w14:textId="5E0B1135" w:rsidR="00E915B6" w:rsidRDefault="00000000" w:rsidP="00526FE9">
+          <w:p w14:paraId="0A24C3A1" w14:textId="5E0B1135" w:rsidR="00E915B6" w:rsidRDefault="00D15324" w:rsidP="00526FE9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:right="-992"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-2011907041"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00404952">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00E915B6" w:rsidRPr="00AD0B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>&lt;250 employees</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5D72C593" w14:textId="34218F6F" w:rsidR="00377526" w:rsidRPr="00E02718" w:rsidRDefault="00000000" w:rsidP="00526FE9">
+          <w:p w14:paraId="5D72C593" w14:textId="34218F6F" w:rsidR="00377526" w:rsidRPr="00E02718" w:rsidRDefault="00D15324" w:rsidP="00526FE9">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:right="-992"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1483542654"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00404952">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00675BDD">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>≥</w:t>
             </w:r>
             <w:r w:rsidR="00E915B6" w:rsidRPr="00AD0B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -2751,88 +2811,154 @@
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(including the vi</w:t>
             </w:r>
             <w:r w:rsidR="00654677">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>rtual component, if applicable)</w:t>
             </w:r>
             <w:r w:rsidR="00D302B8">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
+          <w:p w14:paraId="37FF11F9" w14:textId="77777777" w:rsidR="00D94195" w:rsidRDefault="00D94195" w:rsidP="00D94195">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+                <w:b/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Training in advanced digital skills: Yes </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                  <w:sz w:val="20"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:id w:val="-1401832213"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:lang w:val="en-GB"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> No </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+                  <w:sz w:val="20"/>
+                  <w:lang w:val="en-GB"/>
+                </w:rPr>
+                <w:id w:val="-452334557"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:sz w:val="20"/>
+                    <w:lang w:val="en-GB"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
           <w:p w14:paraId="40678246" w14:textId="619A3383" w:rsidR="008F1CA2" w:rsidRDefault="008F1CA2" w:rsidP="004A4118">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="600958A2" w14:textId="77777777" w:rsidR="008F1CA2" w:rsidRDefault="008F1CA2" w:rsidP="004A4118">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="4E687B6C" w14:textId="3D84E4DC" w:rsidR="008F1CA2" w:rsidRDefault="008F1CA2" w:rsidP="00482A4F">
+          <w:p w14:paraId="4F244556" w14:textId="77777777" w:rsidR="008F1CA2" w:rsidRDefault="008F1CA2" w:rsidP="00D94195">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
-              <w:ind w:left="-6" w:firstLine="6"/>
-[...11 lines deleted...]
-              <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="5D72C5A1" w14:textId="3FD18097" w:rsidR="00377526" w:rsidRPr="00482A4F" w:rsidRDefault="00377526" w:rsidP="004A4118">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00377526" w:rsidRPr="004A7277" w14:paraId="5D72C5A4" w14:textId="77777777" w:rsidTr="007E5D32">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
@@ -3793,51 +3919,69 @@
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="4355204B" w14:textId="77777777" w:rsidR="006F0940" w:rsidRPr="002A0E45" w:rsidRDefault="006F0940" w:rsidP="006F0940">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A0E45">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
-              <w:t>Institutional Erasmus coordinator: Mgr.Mária Vasiľová, PhD.:</w:t>
+              <w:t xml:space="preserve">Institutional Erasmus coordinator: </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="002A0E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Mgr.Mária</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="002A0E45">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vasiľová, PhD.:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7B184A19" w14:textId="0CC3BBF4" w:rsidR="00F550D9" w:rsidRPr="006F0940" w:rsidRDefault="006F0940" w:rsidP="006F0940">
             <w:pPr>
               <w:pBdr>
                 <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:left w:val="single" w:sz="4" w:space="4" w:color="auto"/>
                 <w:bottom w:val="single" w:sz="4" w:space="1" w:color="auto"/>
                 <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
               </w:pBdr>
               <w:spacing w:after="0"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="002A0E45">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">Signature:                                                                  </w:t>
@@ -3898,59 +4042,61 @@
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="30A94D5D" w14:textId="628BEF53" w:rsidR="00F550D9" w:rsidRPr="006C7B84" w:rsidRDefault="00F550D9" w:rsidP="00772741">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006B63AE">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve">The receiving </w:t>
             </w:r>
+            <w:proofErr w:type="spellStart"/>
             <w:r w:rsidR="00A070AF">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>organisation</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
           <w:p w14:paraId="6A09B8CE" w14:textId="77777777" w:rsidR="00F550D9" w:rsidRDefault="00F550D9" w:rsidP="00772741">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3312"/>
                 <w:tab w:val="left" w:pos="6147"/>
                 <w:tab w:val="left" w:pos="6856"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Name of the r</w:t>
             </w:r>
             <w:r w:rsidRPr="006B63AE">
               <w:rPr>
@@ -4057,58 +4203,58 @@
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF398E" w:rsidRPr="008F1CA2" w:rsidSect="00865FC1">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1701" w:header="709" w:footer="397" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="39947BC4" w14:textId="77777777" w:rsidR="00C576D4" w:rsidRDefault="00C576D4">
+    <w:p w14:paraId="7E6A161F" w14:textId="77777777" w:rsidR="00AD6B78" w:rsidRDefault="00AD6B78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="55647501" w14:textId="77777777" w:rsidR="00C576D4" w:rsidRDefault="00C576D4">
+    <w:p w14:paraId="0AFC7016" w14:textId="77777777" w:rsidR="00AD6B78" w:rsidRDefault="00AD6B78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="2CAB62E7" w14:textId="541B2ED1" w:rsidR="006C7B84" w:rsidRDefault="00D97FE7" w:rsidP="004A4118">
       <w:pPr>
         <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="100"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A2E71">
         <w:rPr>
           <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
@@ -4726,51 +4872,71 @@
       <w:r w:rsidR="00675BDD" w:rsidRPr="00D460E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">beneficiary </w:t>
       </w:r>
       <w:r w:rsidR="00383F05" w:rsidRPr="00D460E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>institution (in the case of mobility with</w:t>
       </w:r>
       <w:r w:rsidR="00EC5ADF" w:rsidRPr="00D460E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> third coutnries not associated to the programme</w:t>
+        <w:t xml:space="preserve"> third </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00EC5ADF" w:rsidRPr="00D460E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>coutnries</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00EC5ADF" w:rsidRPr="00D460E4">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> not associated to the programme</w:t>
       </w:r>
       <w:r w:rsidR="00383F05" w:rsidRPr="00D460E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: the national legislation of the </w:t>
       </w:r>
       <w:r w:rsidR="00EC5ADF" w:rsidRPr="00D460E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>EU Member State or third country associated to the programme</w:t>
       </w:r>
       <w:r w:rsidR="00383F05" w:rsidRPr="00D460E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
@@ -4992,58 +5158,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5D72C5C5" w14:textId="77777777" w:rsidR="005655B4" w:rsidRDefault="005655B4">
     <w:pPr>
       <w:pStyle w:val="Pta"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="5D72C5C6" w14:textId="77777777" w:rsidR="00506408" w:rsidRPr="00910BEB" w:rsidRDefault="00506408" w:rsidP="00EE60CF">
     <w:pPr>
       <w:pStyle w:val="FooterDate"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0712E69F" w14:textId="77777777" w:rsidR="00C576D4" w:rsidRDefault="00C576D4">
+    <w:p w14:paraId="3C227380" w14:textId="77777777" w:rsidR="00AD6B78" w:rsidRDefault="00AD6B78">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="7E0CA236" w14:textId="77777777" w:rsidR="00C576D4" w:rsidRDefault="00C576D4">
+    <w:p w14:paraId="278A292E" w14:textId="77777777" w:rsidR="00AD6B78" w:rsidRDefault="00AD6B78">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="8387" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7135"/>
       <w:gridCol w:w="1252"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E01AAA" w:rsidRPr="00EA286D" w14:paraId="5D72C5C1" w14:textId="77777777" w:rsidTr="00FE0FB6">
@@ -9278,62 +9444,63 @@
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1576357530">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="1493638630">
     <w:abstractNumId w:val="45"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="32"/>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w15:person w15:author="GEHRINGER Johannes (EAC)">
     <w15:presenceInfo w15:providerId="AD" w15:userId="S-1-5-21-1606980848-2025429265-839522115-90380"/>
   </w15:person>
 </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:defaultTableStyle w:val="Mriekatabuky"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="61441"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="LW_DocType" w:val="REP"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00D63776"/>
     <w:rsid w:val="00000B57"/>
     <w:rsid w:val="000013CA"/>
@@ -10116,50 +10283,51 @@
     <w:rsid w:val="007A1E9B"/>
     <w:rsid w:val="007A234F"/>
     <w:rsid w:val="007A4430"/>
     <w:rsid w:val="007A4813"/>
     <w:rsid w:val="007A4E66"/>
     <w:rsid w:val="007A6012"/>
     <w:rsid w:val="007A772C"/>
     <w:rsid w:val="007A7994"/>
     <w:rsid w:val="007B0225"/>
     <w:rsid w:val="007B134E"/>
     <w:rsid w:val="007B1B7D"/>
     <w:rsid w:val="007B293E"/>
     <w:rsid w:val="007B3F1B"/>
     <w:rsid w:val="007B4067"/>
     <w:rsid w:val="007B4529"/>
     <w:rsid w:val="007B7CE2"/>
     <w:rsid w:val="007C04EE"/>
     <w:rsid w:val="007C0ACB"/>
     <w:rsid w:val="007C0FDD"/>
     <w:rsid w:val="007C2B15"/>
     <w:rsid w:val="007C3B41"/>
     <w:rsid w:val="007C3EF9"/>
     <w:rsid w:val="007D0129"/>
     <w:rsid w:val="007D4427"/>
     <w:rsid w:val="007D46C5"/>
+    <w:rsid w:val="007D4BF5"/>
     <w:rsid w:val="007D4F1B"/>
     <w:rsid w:val="007D5385"/>
     <w:rsid w:val="007D6641"/>
     <w:rsid w:val="007D669D"/>
     <w:rsid w:val="007D78D3"/>
     <w:rsid w:val="007E0B89"/>
     <w:rsid w:val="007E1AA2"/>
     <w:rsid w:val="007E293D"/>
     <w:rsid w:val="007E2F6C"/>
     <w:rsid w:val="007E347D"/>
     <w:rsid w:val="007E35FC"/>
     <w:rsid w:val="007E4B17"/>
     <w:rsid w:val="007E5D32"/>
     <w:rsid w:val="007E7290"/>
     <w:rsid w:val="007F0F8D"/>
     <w:rsid w:val="007F183D"/>
     <w:rsid w:val="007F2282"/>
     <w:rsid w:val="007F5E06"/>
     <w:rsid w:val="007F754C"/>
     <w:rsid w:val="007F7B4F"/>
     <w:rsid w:val="00800CC5"/>
     <w:rsid w:val="008019C5"/>
     <w:rsid w:val="00801E9A"/>
     <w:rsid w:val="00801EB4"/>
     <w:rsid w:val="008056FA"/>
@@ -10215,50 +10383,51 @@
     <w:rsid w:val="00892062"/>
     <w:rsid w:val="0089360E"/>
     <w:rsid w:val="00893FA3"/>
     <w:rsid w:val="00894C5C"/>
     <w:rsid w:val="00897B11"/>
     <w:rsid w:val="008A12C6"/>
     <w:rsid w:val="008A1931"/>
     <w:rsid w:val="008A3540"/>
     <w:rsid w:val="008A41E8"/>
     <w:rsid w:val="008A46E1"/>
     <w:rsid w:val="008A654F"/>
     <w:rsid w:val="008A66DE"/>
     <w:rsid w:val="008A70C2"/>
     <w:rsid w:val="008A7A45"/>
     <w:rsid w:val="008B01E3"/>
     <w:rsid w:val="008B03EC"/>
     <w:rsid w:val="008B0B29"/>
     <w:rsid w:val="008B0FCF"/>
     <w:rsid w:val="008B1B7F"/>
     <w:rsid w:val="008B5B2A"/>
     <w:rsid w:val="008B6FA5"/>
     <w:rsid w:val="008B75A2"/>
     <w:rsid w:val="008B7ABA"/>
     <w:rsid w:val="008C2716"/>
     <w:rsid w:val="008C6905"/>
+    <w:rsid w:val="008D280F"/>
     <w:rsid w:val="008D39EF"/>
     <w:rsid w:val="008D4337"/>
     <w:rsid w:val="008E0763"/>
     <w:rsid w:val="008E432F"/>
     <w:rsid w:val="008F1CA2"/>
     <w:rsid w:val="008F2AC6"/>
     <w:rsid w:val="008F4E9D"/>
     <w:rsid w:val="008F5B44"/>
     <w:rsid w:val="008F5CB4"/>
     <w:rsid w:val="008F5E15"/>
     <w:rsid w:val="008F6473"/>
     <w:rsid w:val="008F67B7"/>
     <w:rsid w:val="008F739E"/>
     <w:rsid w:val="00900A82"/>
     <w:rsid w:val="00900C5A"/>
     <w:rsid w:val="00901387"/>
     <w:rsid w:val="00902B1C"/>
     <w:rsid w:val="00907137"/>
     <w:rsid w:val="009079A9"/>
     <w:rsid w:val="00907AAC"/>
     <w:rsid w:val="009105FA"/>
     <w:rsid w:val="00910BEB"/>
     <w:rsid w:val="009114C3"/>
     <w:rsid w:val="00913949"/>
     <w:rsid w:val="00914158"/>
@@ -10577,51 +10746,50 @@
     <w:rsid w:val="00C16D3A"/>
     <w:rsid w:val="00C17AB2"/>
     <w:rsid w:val="00C225B2"/>
     <w:rsid w:val="00C23AD9"/>
     <w:rsid w:val="00C24534"/>
     <w:rsid w:val="00C25E5D"/>
     <w:rsid w:val="00C27622"/>
     <w:rsid w:val="00C3020A"/>
     <w:rsid w:val="00C31174"/>
     <w:rsid w:val="00C33C2A"/>
     <w:rsid w:val="00C34C58"/>
     <w:rsid w:val="00C35B58"/>
     <w:rsid w:val="00C35C0F"/>
     <w:rsid w:val="00C379BE"/>
     <w:rsid w:val="00C41C73"/>
     <w:rsid w:val="00C426EA"/>
     <w:rsid w:val="00C42946"/>
     <w:rsid w:val="00C4368F"/>
     <w:rsid w:val="00C45CD8"/>
     <w:rsid w:val="00C46140"/>
     <w:rsid w:val="00C46FA7"/>
     <w:rsid w:val="00C51E92"/>
     <w:rsid w:val="00C5251A"/>
     <w:rsid w:val="00C5445C"/>
     <w:rsid w:val="00C5464F"/>
-    <w:rsid w:val="00C576D4"/>
     <w:rsid w:val="00C60B0E"/>
     <w:rsid w:val="00C62C56"/>
     <w:rsid w:val="00C64987"/>
     <w:rsid w:val="00C708EE"/>
     <w:rsid w:val="00C70E42"/>
     <w:rsid w:val="00C70EF8"/>
     <w:rsid w:val="00C71077"/>
     <w:rsid w:val="00C718BD"/>
     <w:rsid w:val="00C71B12"/>
     <w:rsid w:val="00C71E2F"/>
     <w:rsid w:val="00C71F6F"/>
     <w:rsid w:val="00C80044"/>
     <w:rsid w:val="00C807EB"/>
     <w:rsid w:val="00C81F73"/>
     <w:rsid w:val="00C8235A"/>
     <w:rsid w:val="00C83C7A"/>
     <w:rsid w:val="00C86A68"/>
     <w:rsid w:val="00C8724E"/>
     <w:rsid w:val="00C87B33"/>
     <w:rsid w:val="00C93A20"/>
     <w:rsid w:val="00C945E7"/>
     <w:rsid w:val="00C94CFF"/>
     <w:rsid w:val="00C95DED"/>
     <w:rsid w:val="00C97F30"/>
     <w:rsid w:val="00CA0164"/>
@@ -10645,137 +10813,137 @@
     <w:rsid w:val="00CD08CF"/>
     <w:rsid w:val="00CD5C17"/>
     <w:rsid w:val="00CD5E32"/>
     <w:rsid w:val="00CE1808"/>
     <w:rsid w:val="00CE19DE"/>
     <w:rsid w:val="00CE38B2"/>
     <w:rsid w:val="00CE3E92"/>
     <w:rsid w:val="00CF03AD"/>
     <w:rsid w:val="00CF11FF"/>
     <w:rsid w:val="00CF1237"/>
     <w:rsid w:val="00CF3C00"/>
     <w:rsid w:val="00CF4227"/>
     <w:rsid w:val="00CF55E6"/>
     <w:rsid w:val="00CF63BD"/>
     <w:rsid w:val="00CF6D1D"/>
     <w:rsid w:val="00D02AA9"/>
     <w:rsid w:val="00D02BAF"/>
     <w:rsid w:val="00D040A3"/>
     <w:rsid w:val="00D041C6"/>
     <w:rsid w:val="00D0504B"/>
     <w:rsid w:val="00D10B14"/>
     <w:rsid w:val="00D1312B"/>
     <w:rsid w:val="00D1319D"/>
     <w:rsid w:val="00D13357"/>
     <w:rsid w:val="00D14BBA"/>
+    <w:rsid w:val="00D15324"/>
     <w:rsid w:val="00D20A59"/>
     <w:rsid w:val="00D21198"/>
     <w:rsid w:val="00D21395"/>
     <w:rsid w:val="00D21AA8"/>
     <w:rsid w:val="00D22282"/>
     <w:rsid w:val="00D25401"/>
     <w:rsid w:val="00D25B2F"/>
     <w:rsid w:val="00D26745"/>
     <w:rsid w:val="00D302B8"/>
     <w:rsid w:val="00D319B1"/>
     <w:rsid w:val="00D33364"/>
     <w:rsid w:val="00D33388"/>
     <w:rsid w:val="00D353E4"/>
     <w:rsid w:val="00D35AEA"/>
     <w:rsid w:val="00D3709C"/>
     <w:rsid w:val="00D3744A"/>
     <w:rsid w:val="00D3782E"/>
     <w:rsid w:val="00D40040"/>
     <w:rsid w:val="00D44D48"/>
     <w:rsid w:val="00D44E0A"/>
     <w:rsid w:val="00D460E4"/>
     <w:rsid w:val="00D473F5"/>
     <w:rsid w:val="00D4777F"/>
     <w:rsid w:val="00D52101"/>
     <w:rsid w:val="00D527CA"/>
     <w:rsid w:val="00D531A4"/>
     <w:rsid w:val="00D5338F"/>
     <w:rsid w:val="00D5669B"/>
     <w:rsid w:val="00D56C86"/>
     <w:rsid w:val="00D578D6"/>
     <w:rsid w:val="00D61752"/>
     <w:rsid w:val="00D6181A"/>
     <w:rsid w:val="00D63776"/>
     <w:rsid w:val="00D644A0"/>
     <w:rsid w:val="00D657D4"/>
     <w:rsid w:val="00D700C2"/>
     <w:rsid w:val="00D709CA"/>
     <w:rsid w:val="00D7496E"/>
     <w:rsid w:val="00D7658A"/>
     <w:rsid w:val="00D766ED"/>
     <w:rsid w:val="00D8022C"/>
     <w:rsid w:val="00D80714"/>
     <w:rsid w:val="00D81C07"/>
     <w:rsid w:val="00D82184"/>
     <w:rsid w:val="00D839C4"/>
     <w:rsid w:val="00D83A5F"/>
     <w:rsid w:val="00D83C0C"/>
     <w:rsid w:val="00D8798B"/>
     <w:rsid w:val="00D91DFA"/>
     <w:rsid w:val="00D93E20"/>
+    <w:rsid w:val="00D94195"/>
     <w:rsid w:val="00D95648"/>
     <w:rsid w:val="00D9680C"/>
     <w:rsid w:val="00D97FE7"/>
     <w:rsid w:val="00DA1A7A"/>
     <w:rsid w:val="00DA27B6"/>
     <w:rsid w:val="00DA2E6F"/>
     <w:rsid w:val="00DA5ED4"/>
     <w:rsid w:val="00DA6822"/>
     <w:rsid w:val="00DA7700"/>
     <w:rsid w:val="00DB1A4F"/>
     <w:rsid w:val="00DB1E24"/>
-    <w:rsid w:val="00DB3022"/>
     <w:rsid w:val="00DB348C"/>
     <w:rsid w:val="00DB6549"/>
     <w:rsid w:val="00DB6BEF"/>
     <w:rsid w:val="00DB714F"/>
     <w:rsid w:val="00DB7366"/>
     <w:rsid w:val="00DB7659"/>
     <w:rsid w:val="00DC2874"/>
     <w:rsid w:val="00DC3199"/>
     <w:rsid w:val="00DC39C7"/>
     <w:rsid w:val="00DC3B5D"/>
     <w:rsid w:val="00DC456F"/>
     <w:rsid w:val="00DC4998"/>
     <w:rsid w:val="00DC5946"/>
     <w:rsid w:val="00DC5CAD"/>
     <w:rsid w:val="00DC6392"/>
     <w:rsid w:val="00DC6AE3"/>
     <w:rsid w:val="00DC7E9F"/>
     <w:rsid w:val="00DC7FBF"/>
     <w:rsid w:val="00DD04F9"/>
     <w:rsid w:val="00DD16FB"/>
     <w:rsid w:val="00DD18A9"/>
     <w:rsid w:val="00DD1E40"/>
     <w:rsid w:val="00DD3172"/>
     <w:rsid w:val="00DD35B7"/>
-    <w:rsid w:val="00DD49EA"/>
     <w:rsid w:val="00DD4E5E"/>
     <w:rsid w:val="00DE1974"/>
     <w:rsid w:val="00DE1B1A"/>
     <w:rsid w:val="00DE3EE8"/>
     <w:rsid w:val="00DE59BA"/>
     <w:rsid w:val="00DE5FA4"/>
     <w:rsid w:val="00DE7B28"/>
     <w:rsid w:val="00DF1964"/>
     <w:rsid w:val="00DF4CEC"/>
     <w:rsid w:val="00DF4CF3"/>
     <w:rsid w:val="00DF5C01"/>
     <w:rsid w:val="00DF6B9F"/>
     <w:rsid w:val="00DF7065"/>
     <w:rsid w:val="00DF7EBC"/>
     <w:rsid w:val="00E01AAA"/>
     <w:rsid w:val="00E02718"/>
     <w:rsid w:val="00E03434"/>
     <w:rsid w:val="00E03FC9"/>
     <w:rsid w:val="00E05B22"/>
     <w:rsid w:val="00E109D3"/>
     <w:rsid w:val="00E122C2"/>
     <w:rsid w:val="00E13C4F"/>
     <w:rsid w:val="00E14477"/>
     <w:rsid w:val="00E152D3"/>
     <w:rsid w:val="00E15C78"/>
@@ -10947,53 +11115,53 @@
     <w:rsid w:val="00FF0F95"/>
     <w:rsid w:val="00FF3118"/>
     <w:rsid w:val="00FF3598"/>
     <w:rsid w:val="00FF584C"/>
     <w:rsid w:val="00FF5D8C"/>
     <w:rsid w:val="00FF62A2"/>
     <w:rsid w:val="00FF680F"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="61441"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5D72C545"/>
   <w15:docId w15:val="{A28D27E7-02FF-4C80-B408-99EE1B134F35}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
@@ -15982,67 +16150,56 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
-[...15 lines deleted...]
-</p:properties>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="EC Document" ma:contentTypeID="0x010100258AA79CEB83498886A3A08681123250000EE1AE26EE081346B0126385BD9103EC" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document in this library." ma:contentTypeScope="" ma:versionID="81ddc03a3be0ad4330d9ae2f0f2a8ad3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns3="0e52a87e-fa0e-4867-9149-5c43122db7fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8881e36d4c01c89c846e5b7509aad3a3" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:Year"/>
                 <xsd:element ref="ns3:Status"/>
                 <xsd:element ref="ns3:Working_x0020_group_x0020_REF_x0020_DOC_x0020_meeting" minOccurs="0"/>
                 <xsd:element ref="ns3:Next_x0020_date_x0020_of_x0020_delivery" minOccurs="0"/>
                 <xsd:element ref="ns3:Final_x0020_date_x0020_of_x0020_delivery"/>
                 <xsd:element ref="ns3:Leader_x0020__x0028_unit_x0029_"/>
                 <xsd:element ref="ns3:Leader_x0020__x0028_staff_x0020_member_x0029_"/>
                 <xsd:element ref="ns3:Contributors" minOccurs="0"/>
                 <xsd:element ref="ns3:Other_x0020_stakeholders" minOccurs="0"/>
                 <xsd:element ref="ns3:Validation" minOccurs="0"/>
                 <xsd:element ref="ns3:Impact_x0020_on_x0020_business_x0020_requirements_x0020_for_x0020_IT" minOccurs="0"/>
                 <xsd:element ref="ns2:_Status" minOccurs="0"/>
@@ -16244,160 +16401,177 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-[...4 lines deleted...]
-</FormTemplates>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Year xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015</Year>
+    <Status xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">Internal Draft</Status>
+    <Next_x0020_date_x0020_of_x0020_delivery xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015-02-15T23:00:00+00:00</Next_x0020_date_x0020_of_x0020_delivery>
+    <Final_x0020_date_x0020_of_x0020_delivery xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015-03-15T23:00:00+00:00</Final_x0020_date_x0020_of_x0020_delivery>
+    <Contributors xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
+    <_Status xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Not Started</_Status>
+    <Leader_x0020__x0028_unit_x0029_ xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">A3</Leader_x0020__x0028_unit_x0029_>
+    <Working_x0020_group_x0020_REF_x0020_DOC_x0020_meeting xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
+    <Validation xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
+    <About xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">Management of National Agencies</About>
+    <Leader_x0020__x0028_staff_x0020_member_x0029_ xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">SS</Leader_x0020__x0028_staff_x0020_member_x0029_>
+    <Other_x0020_stakeholders xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
+    <Impact_x0020_on_x0020_business_x0020_requirements_x0020_for_x0020_IT xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36042D97-5254-439C-BD7E-F6600E2DF7B1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60056779-2A78-4C25-8311-CCDEF7E8FA8E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EEBB1225-4A6F-4E90-932E-7DAA4F9FF8C0}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{60056779-2A78-4C25-8311-CCDEF7E8FA8E}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{36042D97-5254-439C-BD7E-F6600E2DF7B1}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DC662783-DFBE-4C2D-9E72-302F21CABE39}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>REP.DOTM</Template>
+  <Template>REP</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>486</Words>
-  <Characters>2776</Characters>
+  <Words>419</Words>
+  <Characters>2894</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <PresentationFormat>Microsoft Word 11.0</PresentationFormat>
-  <Lines>23</Lines>
+  <Lines>24</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3256</CharactersWithSpaces>
+  <CharactersWithSpaces>3307</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>1638523</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://ec.europa.eu/eurostat/ramon/nomenclatures/index.cfm?TargetUrl=LST_NOM_DTL&amp;StrNom=NACE_REV2&amp;StrLanguageCode=EN</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>1245269</vt:i4>
       </vt:variant>
       <vt:variant>