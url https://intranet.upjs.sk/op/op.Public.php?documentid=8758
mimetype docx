--- v0 (2025-11-02)
+++ v1 (2025-12-31)
@@ -7,51 +7,51 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="3915FBCA" w14:textId="77777777" w:rsidR="001166B5" w:rsidRPr="00C706A6" w:rsidRDefault="001166B5" w:rsidP="00E27AF8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="right" w:pos="8280"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:ind w:right="-22"/>
         <w:contextualSpacing/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:caps/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1B693D97" w14:textId="77777777" w:rsidR="001A4116" w:rsidRPr="002A38F7" w:rsidRDefault="00330792" w:rsidP="002A38F7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="28"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -98,651 +98,121 @@
       </w:r>
       <w:r w:rsidR="001A4116" w:rsidRPr="002A38F7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:endnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AF8B2A6" w14:textId="77777777" w:rsidR="002A38F7" w:rsidRPr="002A38F7" w:rsidRDefault="003412AB" w:rsidP="002A38F7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="28"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A38F7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t>Plánované</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002A38F7">
+        <w:t xml:space="preserve">Plánované obdobie </w:t>
+      </w:r>
+      <w:r w:rsidR="00C111CA" w:rsidRPr="002A38F7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="002A38F7">
+        <w:t>výučby</w:t>
+      </w:r>
+      <w:r w:rsidR="002A38F7" w:rsidRPr="002A38F7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t>obdobie</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> s dňami cesty</w:t>
+      </w:r>
       <w:r w:rsidRPr="002A38F7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...189 lines deleted...]
-        <w:t xml:space="preserve">] </w:t>
+        <w:t xml:space="preserve">: od [deň/mesiac/rok] do [deň/mesiac/rok] </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18316A78" w14:textId="27538A98" w:rsidR="002A38F7" w:rsidRPr="002A38F7" w:rsidRDefault="002A38F7" w:rsidP="002A38F7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="28"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="002A38F7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t xml:space="preserve">Ak je to </w:t>
-[...225 lines deleted...]
-        <w:t xml:space="preserve">] </w:t>
+        <w:t xml:space="preserve">Ak je to relevantné, plánované virtuálne obdobie výučby: od [deň/mesiac/rok] do [deň/mesiac/rok] </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="72BA38E6" w14:textId="77777777" w:rsidR="003412AB" w:rsidRPr="002A38F7" w:rsidRDefault="003412AB" w:rsidP="002A38F7">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:ind w:right="28"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="002A38F7">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
-        <w:t>Trvanie</w:t>
-[...108 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">Trvanie mobility (v dňoch) okrem dní na cestu:........... </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6D25BDB2" w14:textId="77777777" w:rsidR="00EA442F" w:rsidRPr="00413D3D" w:rsidRDefault="00D26DCF" w:rsidP="00EA442F">
       <w:pPr>
         <w:ind w:right="-992"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Vyučujúci z</w:t>
       </w:r>
       <w:r w:rsidR="00330792" w:rsidRPr="00413D3D">
@@ -934,51 +404,51 @@
               <w:t xml:space="preserve">Kategória </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="078DAF7A" w14:textId="77777777" w:rsidR="00EA442F" w:rsidRPr="00413D3D" w:rsidRDefault="00EA442F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>zamestnanca</w:t>
             </w:r>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Odkaznavysvetlivku"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:endnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1843" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="619190E4" w14:textId="77777777" w:rsidR="00EA442F" w:rsidRPr="00413D3D" w:rsidRDefault="00EA442F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -1001,51 +471,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="28707629" w14:textId="77777777" w:rsidR="00EA442F" w:rsidRPr="00413D3D" w:rsidRDefault="00EA442F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>Štátna príslušnosť</w:t>
             </w:r>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Odkaznavysvetlivku"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:endnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="7D71DBFB" w14:textId="77777777" w:rsidR="00EA442F" w:rsidRPr="00413D3D" w:rsidRDefault="00EA442F">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="center"/>
               <w:rPr>
@@ -1215,109 +685,109 @@
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>Akademický rok</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2127" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7AB3A8D7" w14:textId="1504A505" w:rsidR="00EA442F" w:rsidRPr="00413D3D" w:rsidRDefault="00EA442F" w:rsidP="001C5AB6">
+          <w:p w14:paraId="7AB3A8D7" w14:textId="46AB640D" w:rsidR="00EA442F" w:rsidRPr="00413D3D" w:rsidRDefault="00EA442F" w:rsidP="001C5AB6">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="000C0B91">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="002F2AD2">
+            <w:r w:rsidR="007361A9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>/20</w:t>
             </w:r>
             <w:r w:rsidR="000C0B91">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="002F2AD2">
+            <w:r w:rsidR="007361A9">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000C0B91" w:rsidRPr="00413D3D" w14:paraId="049C8248" w14:textId="77777777" w:rsidTr="006560ED">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="7FE1EB6A" w14:textId="77777777" w:rsidR="000C0B91" w:rsidRPr="00413D3D" w:rsidRDefault="000C0B91">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
@@ -1380,80 +850,80 @@
     <w:p w14:paraId="17EC7577" w14:textId="77777777" w:rsidR="00EA442F" w:rsidRPr="00413D3D" w:rsidRDefault="00EA442F" w:rsidP="00EA442F">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:right="-992"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Vysielajúca inštitúcia/podnik</w:t>
       </w:r>
       <w:r w:rsidR="001A4116" w:rsidRPr="00413D3D">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="is-IS"/>
         </w:rPr>
         <w:endnoteReference w:id="4"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2228"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="2355"/>
+        <w:gridCol w:w="2220"/>
+        <w:gridCol w:w="2205"/>
+        <w:gridCol w:w="41"/>
+        <w:gridCol w:w="2166"/>
+        <w:gridCol w:w="2407"/>
       </w:tblGrid>
       <w:tr w:rsidR="003412AB" w:rsidRPr="00413D3D" w14:paraId="17B041B8" w14:textId="77777777" w:rsidTr="000C0B91">
         <w:trPr>
           <w:trHeight w:val="276"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="656320B6" w14:textId="77777777" w:rsidR="003412AB" w:rsidRPr="00413D3D" w:rsidRDefault="003412AB">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -1527,51 +997,51 @@
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="3AE91381" w14:textId="3437D259" w:rsidR="002A38F7" w:rsidRPr="00413D3D" w:rsidRDefault="002A38F7" w:rsidP="002A38F7">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>Erasmus kód</w:t>
             </w:r>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Odkaznavysvetlivku"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:endnoteReference w:id="5"/>
             </w:r>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="785A3808" w14:textId="1A9E1ED9" w:rsidR="000C0B91" w:rsidRPr="00413D3D" w:rsidRDefault="002A38F7" w:rsidP="002A38F7">
             <w:pPr>
@@ -1785,60 +1255,60 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>Štát/</w:t>
             </w:r>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:br/>
               <w:t>Kód štátu</w:t>
             </w:r>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Odkaznavysvetlivku"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Odkaznavysvetlivku"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:endnoteReference w:id="6"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="64A72630" w14:textId="0E16E77E" w:rsidR="002A38F7" w:rsidRPr="00413D3D" w:rsidRDefault="002A38F7" w:rsidP="002A38F7">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
@@ -1909,136 +1379,123 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>osoby a pozícia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="728DA371" w14:textId="77777777" w:rsidR="000C0B91" w:rsidRPr="00B7470C" w:rsidRDefault="000C0B91" w:rsidP="000C0B91">
+          <w:p w14:paraId="728DA371" w14:textId="5E98757C" w:rsidR="000C0B91" w:rsidRPr="00B7470C" w:rsidRDefault="000C0B91" w:rsidP="000C0B91">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7470C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>Mgr. Mária Vasiľová, PhD.</w:t>
+              <w:t xml:space="preserve">Mgr. </w:t>
+            </w:r>
+            <w:r w:rsidR="00CE134A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+              <w:t>Valentína Švedová</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3EC429A0" w14:textId="77777777" w:rsidR="000C0B91" w:rsidRPr="00B7470C" w:rsidRDefault="000C0B91" w:rsidP="000C0B91">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="067DB778" w14:textId="77777777" w:rsidR="000C0B91" w:rsidRPr="00B7470C" w:rsidRDefault="000C0B91" w:rsidP="000C0B91">
+          <w:p w14:paraId="62CFF18B" w14:textId="40EB5327" w:rsidR="000C0B91" w:rsidRPr="00CE134A" w:rsidRDefault="000C0B91" w:rsidP="00CE134A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7470C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inštitucionálny Erasmus </w:t>
-[...22 lines deleted...]
-              <w:t>koordinátor</w:t>
+              <w:t>Erasmus koordinátor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="74C18C5E" w14:textId="77777777" w:rsidR="000C0B91" w:rsidRPr="00B7470C" w:rsidRDefault="000C0B91" w:rsidP="000C0B91">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-992"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -2065,98 +1522,117 @@
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7470C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>kontaktnej osoby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2355" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7A7A5B9E" w14:textId="77777777" w:rsidR="000C0B91" w:rsidRPr="00B7470C" w:rsidRDefault="002F2AD2" w:rsidP="000C0B91">
+          <w:p w14:paraId="7A7A5B9E" w14:textId="2C30ABFB" w:rsidR="000C0B91" w:rsidRPr="00B7470C" w:rsidRDefault="00CE134A" w:rsidP="000C0B91">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="000C0B91" w:rsidRPr="00B7470C">
+              <w:r w:rsidRPr="00A75DB7">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hypertextovprepojenie"/>
+                  <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                  <w:sz w:val="16"/>
+                  <w:szCs w:val="16"/>
+                </w:rPr>
+                <w:t>valentina.svedova</w:t>
+              </w:r>
+              <w:r w:rsidRPr="00A75DB7">
+                <w:rPr>
+                  <w:rStyle w:val="Hypertextovprepojenie"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="sk-SK"/>
                 </w:rPr>
-                <w:t>maria.vasilova@upjs.sk</w:t>
+                <w:t>@upjs.sk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="59C0C440" w14:textId="4319A526" w:rsidR="000C0B91" w:rsidRPr="00413D3D" w:rsidRDefault="000C0B91" w:rsidP="000C0B91">
+          <w:p w14:paraId="59C0C440" w14:textId="757D3302" w:rsidR="000C0B91" w:rsidRPr="00413D3D" w:rsidRDefault="000C0B91" w:rsidP="000C0B91">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00B7470C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>+421 55 234 1159</w:t>
+              <w:t xml:space="preserve">+421 55 234 </w:t>
+            </w:r>
+            <w:r w:rsidR="00E26A82">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+              <w:t>1304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00EA442F" w:rsidRPr="00413D3D" w14:paraId="75023A85" w14:textId="77777777" w:rsidTr="000C0B91">
         <w:trPr>
           <w:trHeight w:val="713"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="4BB7D8C7" w14:textId="13962AFF" w:rsidR="00EA442F" w:rsidRPr="00413D3D" w:rsidRDefault="002A38F7" w:rsidP="00340AF4">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
@@ -2816,51 +2292,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="4E9F6037" w14:textId="77777777" w:rsidR="007967A9" w:rsidRPr="00413D3D" w:rsidRDefault="007967A9" w:rsidP="00107B17">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3EE983F5" w14:textId="77777777" w:rsidR="007967A9" w:rsidRPr="00413D3D" w:rsidRDefault="001A78A9" w:rsidP="007967A9">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:pStyle w:val="Nadpis4"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Pokyny viď v poznámkach na str. 3</w:t>
       </w:r>
       <w:r w:rsidR="0073055B" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
@@ -2985,124 +2461,124 @@
         <w:t xml:space="preserve"> PROGRAM</w:t>
       </w:r>
       <w:r w:rsidR="007E4427" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>U</w:t>
       </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> MOBILITY</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="014B1707" w14:textId="77777777" w:rsidR="00B3729A" w:rsidRPr="00413D3D" w:rsidRDefault="00B3729A" w:rsidP="00B3729A">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textkomentra"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="38BF0657" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="00413D3D" w:rsidRDefault="00C111CA" w:rsidP="00B3729A">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textkomentra"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Hlavný o</w:t>
       </w:r>
       <w:r w:rsidR="001E6B78" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>dbor</w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="00413D3D">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:endnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>: ………………….</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13630430" w14:textId="77777777" w:rsidR="00B3729A" w:rsidRPr="00413D3D" w:rsidRDefault="00B3729A" w:rsidP="005A1D32">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textkomentra"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="58A45670" w14:textId="2EF6C63E" w:rsidR="00377526" w:rsidRPr="00413D3D" w:rsidRDefault="003371FD" w:rsidP="005A1D32">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textkomentra"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">Úroveň </w:t>
       </w:r>
       <w:r w:rsidR="00555FA6" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>(vyberte hlavnú úroveň)</w:t>
@@ -3449,51 +2925,51 @@
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="001C5AB6" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="001C5AB6" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>□</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3394FEF3" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="00413D3D" w:rsidRDefault="00F179D7" w:rsidP="005A1D32">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textkomentra"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">Počet študentov </w:t>
       </w:r>
       <w:r w:rsidR="00330792" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>na</w:t>
       </w:r>
       <w:r w:rsidRPr="00413D3D">
@@ -3526,94 +3002,94 @@
       </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>programu</w:t>
       </w:r>
       <w:r w:rsidR="00C706A6" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> výučby</w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>: ………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="76057835" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="00413D3D" w:rsidRDefault="00F179D7" w:rsidP="005A1D32">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textkomentra"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Počet vyučovacích hodín</w:t>
       </w:r>
       <w:r w:rsidR="00547040" w:rsidRPr="00413D3D">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:endnoteReference w:id="8"/>
       </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>…………………</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AE1717B" w14:textId="77777777" w:rsidR="00C111CA" w:rsidRPr="00413D3D" w:rsidRDefault="00C111CA" w:rsidP="005A1D32">
       <w:pPr>
-        <w:pStyle w:val="CommentText"/>
+        <w:pStyle w:val="Textkomentra"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Jazyk výučby:....................</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="8763" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
@@ -4216,51 +3692,51 @@
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>ZÁVÄZOK TROCH STRÁN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3E013991" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="00413D3D" w:rsidRDefault="00393F27" w:rsidP="00D65C66">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Podpisom</w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="00413D3D">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:endnoteReference w:id="9"/>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> t</w:t>
       </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">ohto dokumentu </w:t>
       </w:r>
       <w:r w:rsidR="00A0540D" w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
@@ -4871,51 +4347,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>Podpis</w:t>
             </w:r>
             <w:r w:rsidR="00377526" w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
             <w:r w:rsidR="00377526" w:rsidRPr="00413D3D">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Odkaznavysvetlivku"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidR="00377526" w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:tab/>
               <w:t>D</w:t>
             </w:r>
             <w:r w:rsidRPr="00413D3D">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>átum</w:t>
             </w:r>
             <w:r w:rsidR="00377526" w:rsidRPr="00413D3D">
@@ -5482,3435 +4958,730 @@
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF398E" w:rsidRPr="00C706A6" w:rsidSect="00865FC1">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1701" w:header="709" w:footer="397" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="323E97A5" w14:textId="77777777" w:rsidR="00AF1925" w:rsidRDefault="00AF1925">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5B31D81F" w14:textId="77777777" w:rsidR="00AF1925" w:rsidRDefault="00AF1925">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="0AAB2E44" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="14"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B223B0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">V </w:t>
-[...101 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve">V prípade kombinácie výučby a školenia použite </w:t>
+      </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>tento</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00413D3D">
+        <w:t xml:space="preserve"> formulár a prispôsobte ho obom aktivitám. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="641A9023" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>formulár</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> a </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00413D3D">
+        <w:t>V prípade mobility medzi  VŠ inštitúciou v krajine programu a VŠ inštitúciou v partnerskej krajine, formulár musí byť vždy podpísaný zamestnancom, VŠ inštitúciou v krajine programu a VŠ inštitúciou v partnerskej krajine (dohromady 3 podpisy).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A1879B6" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>prispôsobte</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00413D3D">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="480223A4" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+      </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>ho</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00413D3D">
+        <w:t>V prípade mobility pozvaného zamestnanca z podniku, ktorý je pozvaný vyučovať v inštitúcii vysokoškolského vzdelávania v partnerskej krajine, formulár musí byť podpísaný inštitúciou v krajine programu ako príjemca, VŠ inštitúciou v partnerskej krajine, ktorá prijíma zamestnanca z podniku a podnikom v krajine programu. Na podpis VŠ inštitúcie v krajine programu, ktorá organizuje túto mobilitu, je potrebné vytvoriť osobitný priestor.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151E3355" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00413D3D">
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42A3F4CF" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>obom</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00413D3D">
+        <w:t>V prípade mobility zamestnanca z podniku, ktorý je pozvaný vyučovať v inštitúcii v krajine programu, sú postačujúce podpisy 3 strán: zamestnanec, inštitúcia v krajine programu a vysielajúca inštitúcia (dohromady 3 podpisy, rovnako ako v prípade mobility medzi partnerskými krajinami).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26F37421" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>aktivitám</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+      </w:pPr>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:id="2">
+    <w:p w14:paraId="64BAE20A" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00413D3D">
+        <w:rPr>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+        <w:endnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00413D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Kategória zamestnanca: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Junior (priemerne &lt; 10 rokov praxe), Intermediate (priemerne &gt; 10 a &lt; 20 rokov praxe) alebo Senior (priemerne &gt; 20 rokov praxe).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="707E817B" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:id="3">
+    <w:p w14:paraId="403A4272" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">. </w:t>
-[...6 lines deleted...]
-        <w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413D3D">
+        <w:rPr>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+        <w:endnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="00413D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:b/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Štátna príslušnosť: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+        <w:t>príslušnosť k štátu, do ktorého účastník patrí administratívne a ktorý vydáva jeho občiansky preukaz a/alebo cestovný pas.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00413D3D">
+        <w:rPr>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-      </w:pPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">V </w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellStart"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1613E582" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w:lang w:val="sk-SK"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+  </w:endnote>
+  <w:endnote w:id="4">
+    <w:p w14:paraId="14587AC1" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="16"/>
+          <w:szCs w:val="16"/>
+          <w:lang w:val="en-GB"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00413D3D">
+        <w:rPr>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
+          <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:endnoteRef/>
+      </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t>prípade</w:t>
-[...1 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidRPr="00413D3D">
+        <w:rPr>
+          <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
+          <w:sz w:val="18"/>
+        </w:rPr>
+        <w:t>Každá verejná alebo súkromná organizácia krajiny účastniacej sa programu alebo partnerskej krajiny pôsobiaca na trhu práce alebo v oblastiach vzdelávania, odbornej prípravy a mládeže.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2169FF61" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00413D3D" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
+      <w:pPr>
+        <w:pStyle w:val="Textvysvetlivky"/>
+        <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve"> mobility </w:t>
-[...2376 lines deleted...]
-        </w:rPr>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:id="5">
     <w:p w14:paraId="3F121C49" w14:textId="77777777" w:rsidR="002A38F7" w:rsidRDefault="002A38F7" w:rsidP="002A38F7">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Erasmus </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>kód</w:t>
       </w:r>
-      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
-        <w:t xml:space="preserve">: </w:t>
-[...379 lines deleted...]
-        <w:t>.</w:t>
+        <w:t>: jedinečný kód, ktorý získa každá vysokoškolská inštitúcia spolu s Chartou pre vysokoškolské vzdelávanie (ECHE). Relevantné len pre vysokoškolské inštitúcie nachádzajúce sa v krajinách programu.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="34D3F1DD" w14:textId="77777777" w:rsidR="002A38F7" w:rsidRPr="00B265D4" w:rsidRDefault="002A38F7" w:rsidP="002A38F7">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:id="6">
     <w:p w14:paraId="04D670CB" w14:textId="77777777" w:rsidR="002A38F7" w:rsidRDefault="002A38F7" w:rsidP="000C0B91">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Kód štátu</w:t>
       </w:r>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">: ISO 3166-2 kódy krajín sú k dispozícii na: </w:t>
       </w:r>
       <w:hyperlink r:id="rId1" w:anchor="search" w:history="1">
         <w:r w:rsidRPr="00B265D4">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hypertextovprepojenie"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="sk-SK"/>
           </w:rPr>
           <w:t>https://www.iso.org/obp/ui/#search</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="31B1D3CB" w14:textId="77777777" w:rsidR="002A38F7" w:rsidRPr="00B265D4" w:rsidRDefault="002A38F7" w:rsidP="000C0B91">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:id="7">
     <w:p w14:paraId="1D44027A" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId2" w:history="1">
         <w:r w:rsidRPr="00B265D4">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hypertextovprepojenie"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="sk-SK"/>
           </w:rPr>
           <w:t>ISCED-F 2013 search tool</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> dostupný na </w:t>
       </w:r>
       <w:hyperlink r:id="rId3" w:history="1">
         <w:r w:rsidRPr="00B265D4">
           <w:rPr>
-            <w:rStyle w:val="Hyperlink"/>
+            <w:rStyle w:val="Hypertextovprepojenie"/>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:sz w:val="18"/>
             <w:szCs w:val="18"/>
             <w:lang w:val="sk-SK"/>
           </w:rPr>
           <w:t>http://ec.europa.eu/education/tools/isced-f_en.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">,  sa používa na vyhľadanie oblasti vzdelávania a odbornej prípravy ISCED 2013, v ktorej vyučujú. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="551FBCB0" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00B265D4" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="8">
     <w:p w14:paraId="3D9698E2" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00461D1B" w:rsidRDefault="00E558FB" w:rsidP="00547040">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00413D3D">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>Výučbová činnosť musí tvoriť minimálne 8 hodín výučby za týždeň (prípadne kratšiu dobu, ak pobyt trvá kratšie ako týždeň). Ak mobilita trvá dlhšie ako jeden týždeň, minimálny počet hodín výučby za nedokončený týždeň by mal byť pomerný k trvaniu tohto nedokončeného týždňa. Ak sa počas jedného obdobia v zahraničí kombinuje výučbová činnosť s odbornou prípravou, skracuje sa minimálny počet hodín výučby za týždeň (prípadne kratšiu dobu, ak pobyt trvá kratšie ako týždeň) na 4 hodiny. Toto minimum sa nevzťahuje na pozvaných zamestnancov z podnikov.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="9">
     <w:p w14:paraId="5573F3FC" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00B265D4" w:rsidRDefault="00E558FB" w:rsidP="00B265D4">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:color w:val="FF0000"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00B265D4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">Nie je povinné preposielať dokumenty s originálnymi podpismi. Je možné akceptovať naskenované kópie podpisov alebo digitálne podpisy, v závislosti od právneho poriadku </w:t>
       </w:r>
@@ -8952,51 +5723,51 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">        </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
@@ -9070,109 +5841,109 @@
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6BB1DD1F" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="007E2F6C" w:rsidRDefault="00E558FB" w:rsidP="007E2F6C">
     <w:pPr>
       <w:pStyle w:val="FooterDate"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9240"/>
         <w:tab w:val="right" w:pos="8789"/>
       </w:tabs>
       <w:ind w:right="-171"/>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="588A696D" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRDefault="00E558FB">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Pta"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="50FB6765" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00910BEB" w:rsidRDefault="00E558FB" w:rsidP="00EE60CF">
     <w:pPr>
       <w:pStyle w:val="FooterDate"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="484309FA" w14:textId="77777777" w:rsidR="00AF1925" w:rsidRDefault="00AF1925">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="67C7ACB7" w14:textId="77777777" w:rsidR="00AF1925" w:rsidRDefault="00AF1925">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="68641725" w14:textId="461D581D" w:rsidR="00E558FB" w:rsidRPr="00B6735A" w:rsidRDefault="002A38F7" w:rsidP="00A52E58">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="sk-SK" w:eastAsia="sk-SK"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5FC8A516" wp14:editId="40E96CAA">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3791585</wp:posOffset>
@@ -9700,109 +6471,109 @@
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1252" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="31D68A80" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00967BFC" w:rsidRDefault="00E558FB" w:rsidP="00C05937">
           <w:pPr>
             <w:pStyle w:val="ZDGName"/>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="2FEB382E" w14:textId="0A4E2190" w:rsidR="00E558FB" w:rsidRPr="00B6735A" w:rsidRDefault="00E558FB" w:rsidP="00084A0C">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Hlavika"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:right="-743"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4F42AF15" w14:textId="77777777" w:rsidR="00E558FB" w:rsidRPr="00865FC1" w:rsidRDefault="00E558FB" w:rsidP="00E01AAA">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Hlavika"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EA58E78E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber5"/>
+      <w:pStyle w:val="slovanzoznam5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E7A64A6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet5"/>
+      <w:pStyle w:val="Zoznamsodrkami5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -10595,51 +7366,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B1530A4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8CE23BCC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber2"/>
+      <w:pStyle w:val="slovanzoznam2"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1911"/>
         </w:tabs>
         <w:ind w:left="1911" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber2Level2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2619"/>
         </w:tabs>
         <w:ind w:left="2619" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -10946,90 +7717,90 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="07603DA2" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F734306"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="406E0E74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading1"/>
+      <w:pStyle w:val="Nadpis1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading2"/>
+      <w:pStyle w:val="Nadpis2"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1200"/>
         </w:tabs>
         <w:ind w:left="1200" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading3"/>
+      <w:pStyle w:val="Nadpis3"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading4"/>
+      <w:pStyle w:val="Nadpis4"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%6)"/>
@@ -11063,51 +7834,51 @@
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22DD3599"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4EAA5BA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber"/>
+      <w:pStyle w:val="slovanzoznam"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumberLevel2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1417"/>
         </w:tabs>
         <w:ind w:left="1417" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -11207,51 +7978,51 @@
     <w:tmpl w:val="A4DC141A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="765"/>
         </w:tabs>
         <w:ind w:left="765" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CAB4527"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26C24C12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber3"/>
+      <w:pStyle w:val="slovanzoznam3"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1911"/>
         </w:tabs>
         <w:ind w:left="1911" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber3Level2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2619"/>
         </w:tabs>
         <w:ind w:left="2619" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -11697,72 +8468,72 @@
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AFB6DC8"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D97CFDF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet2"/>
+      <w:pStyle w:val="Zoznamsodrkami2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1485"/>
         </w:tabs>
         <w:ind w:left="1485" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CF00E18"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4E1A982C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Zoznamsodrkami"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="283"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41AF1523"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38103490"/>
     <w:lvl w:ilvl="0" w:tplc="84120DAE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="List51"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -12981,93 +9752,93 @@
     <w:tmpl w:val="3D5ECD48"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListDash1"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="765"/>
         </w:tabs>
         <w:ind w:left="765" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="620F2440"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6860A420"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet3"/>
+      <w:pStyle w:val="Zoznamsodrkami3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1485"/>
         </w:tabs>
         <w:ind w:left="1485" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DF118C0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B90C8B88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet4"/>
+      <w:pStyle w:val="Zoznamsodrkami4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1485"/>
         </w:tabs>
         <w:ind w:left="1485" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="722304D7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9DE2758E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber4"/>
+      <w:pStyle w:val="slovanzoznam4"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1911"/>
         </w:tabs>
         <w:ind w:left="1911" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber4Level2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2619"/>
         </w:tabs>
         <w:ind w:left="2619" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -13419,67 +10190,67 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="1875465195">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="1382824061">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="737481374">
     <w:abstractNumId w:val="31"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="32"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
-  <w:defaultTableStyle w:val="TableGrid"/>
+  <w:defaultTableStyle w:val="Mriekatabuky"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="LW_DocType" w:val="REP"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00D63776"/>
     <w:rsid w:val="00000B57"/>
     <w:rsid w:val="000013CA"/>
@@ -13901,50 +10672,51 @@
     <w:rsid w:val="003E1CCA"/>
     <w:rsid w:val="003E22AE"/>
     <w:rsid w:val="003E356D"/>
     <w:rsid w:val="003E4698"/>
     <w:rsid w:val="003E4EBF"/>
     <w:rsid w:val="003E6B48"/>
     <w:rsid w:val="003F1BC9"/>
     <w:rsid w:val="003F41FD"/>
     <w:rsid w:val="003F5071"/>
     <w:rsid w:val="003F7613"/>
     <w:rsid w:val="00400033"/>
     <w:rsid w:val="00400CAE"/>
     <w:rsid w:val="004010EE"/>
     <w:rsid w:val="00402406"/>
     <w:rsid w:val="004040D6"/>
     <w:rsid w:val="004113AE"/>
     <w:rsid w:val="00411576"/>
     <w:rsid w:val="00413837"/>
     <w:rsid w:val="00413D3D"/>
     <w:rsid w:val="00415654"/>
     <w:rsid w:val="00420001"/>
     <w:rsid w:val="004202FC"/>
     <w:rsid w:val="004208DA"/>
     <w:rsid w:val="00420A62"/>
     <w:rsid w:val="00422BC5"/>
+    <w:rsid w:val="0042310F"/>
     <w:rsid w:val="00425C86"/>
     <w:rsid w:val="004268DD"/>
     <w:rsid w:val="004311BA"/>
     <w:rsid w:val="004328AD"/>
     <w:rsid w:val="00432B11"/>
     <w:rsid w:val="00432E7C"/>
     <w:rsid w:val="00432E9A"/>
     <w:rsid w:val="0043485D"/>
     <w:rsid w:val="004354F1"/>
     <w:rsid w:val="004358D6"/>
     <w:rsid w:val="00437A77"/>
     <w:rsid w:val="0044195A"/>
     <w:rsid w:val="00442E28"/>
     <w:rsid w:val="0044503B"/>
     <w:rsid w:val="00446FD7"/>
     <w:rsid w:val="0044764C"/>
     <w:rsid w:val="0045075C"/>
     <w:rsid w:val="00454778"/>
     <w:rsid w:val="00455233"/>
     <w:rsid w:val="00456831"/>
     <w:rsid w:val="00456FC8"/>
     <w:rsid w:val="0045773E"/>
     <w:rsid w:val="00457E4B"/>
     <w:rsid w:val="00460355"/>
     <w:rsid w:val="0046086D"/>
@@ -14235,50 +11007,51 @@
     <w:rsid w:val="006F57DE"/>
     <w:rsid w:val="006F61B9"/>
     <w:rsid w:val="006F6EA3"/>
     <w:rsid w:val="00701433"/>
     <w:rsid w:val="0070242A"/>
     <w:rsid w:val="007064C9"/>
     <w:rsid w:val="00711FB9"/>
     <w:rsid w:val="0071242D"/>
     <w:rsid w:val="007127CF"/>
     <w:rsid w:val="00713494"/>
     <w:rsid w:val="00716A65"/>
     <w:rsid w:val="00717CFD"/>
     <w:rsid w:val="00723F73"/>
     <w:rsid w:val="00727BA7"/>
     <w:rsid w:val="0073055B"/>
     <w:rsid w:val="007306FD"/>
     <w:rsid w:val="00730DBC"/>
     <w:rsid w:val="007314AC"/>
     <w:rsid w:val="007318C1"/>
     <w:rsid w:val="0073286B"/>
     <w:rsid w:val="00732B5C"/>
     <w:rsid w:val="00733844"/>
     <w:rsid w:val="007351DE"/>
     <w:rsid w:val="007354C7"/>
     <w:rsid w:val="00736113"/>
+    <w:rsid w:val="007361A9"/>
     <w:rsid w:val="0073637B"/>
     <w:rsid w:val="00737902"/>
     <w:rsid w:val="0074151D"/>
     <w:rsid w:val="00742775"/>
     <w:rsid w:val="007427B4"/>
     <w:rsid w:val="00742DC1"/>
     <w:rsid w:val="007464C7"/>
     <w:rsid w:val="00747ACF"/>
     <w:rsid w:val="00752FD5"/>
     <w:rsid w:val="00754134"/>
     <w:rsid w:val="0075468B"/>
     <w:rsid w:val="007566E8"/>
     <w:rsid w:val="00763067"/>
     <w:rsid w:val="00763552"/>
     <w:rsid w:val="00763ABA"/>
     <w:rsid w:val="00766253"/>
     <w:rsid w:val="00767138"/>
     <w:rsid w:val="007673FA"/>
     <w:rsid w:val="00767F39"/>
     <w:rsid w:val="00772119"/>
     <w:rsid w:val="00773036"/>
     <w:rsid w:val="00773250"/>
     <w:rsid w:val="0077477B"/>
     <w:rsid w:val="00774D28"/>
     <w:rsid w:val="00775212"/>
@@ -14405,50 +11178,51 @@
     <w:rsid w:val="0089360E"/>
     <w:rsid w:val="00893FA3"/>
     <w:rsid w:val="00894C5C"/>
     <w:rsid w:val="00897B11"/>
     <w:rsid w:val="008A12C6"/>
     <w:rsid w:val="008A1931"/>
     <w:rsid w:val="008A3540"/>
     <w:rsid w:val="008A41E8"/>
     <w:rsid w:val="008A46E1"/>
     <w:rsid w:val="008A654F"/>
     <w:rsid w:val="008A66DE"/>
     <w:rsid w:val="008A70C2"/>
     <w:rsid w:val="008A7A45"/>
     <w:rsid w:val="008B01E3"/>
     <w:rsid w:val="008B03EC"/>
     <w:rsid w:val="008B0B29"/>
     <w:rsid w:val="008B0FCF"/>
     <w:rsid w:val="008B5B2A"/>
     <w:rsid w:val="008B6FA5"/>
     <w:rsid w:val="008B75A2"/>
     <w:rsid w:val="008B7ABA"/>
     <w:rsid w:val="008C2716"/>
     <w:rsid w:val="008C45B9"/>
     <w:rsid w:val="008C5850"/>
     <w:rsid w:val="008C6905"/>
+    <w:rsid w:val="008D280F"/>
     <w:rsid w:val="008D39EF"/>
     <w:rsid w:val="008D4337"/>
     <w:rsid w:val="008D5D40"/>
     <w:rsid w:val="008E0763"/>
     <w:rsid w:val="008E432F"/>
     <w:rsid w:val="008F2AC6"/>
     <w:rsid w:val="008F4E9D"/>
     <w:rsid w:val="008F5B44"/>
     <w:rsid w:val="008F5CB4"/>
     <w:rsid w:val="008F5E15"/>
     <w:rsid w:val="008F6473"/>
     <w:rsid w:val="008F739E"/>
     <w:rsid w:val="00900A82"/>
     <w:rsid w:val="00900C5A"/>
     <w:rsid w:val="00901387"/>
     <w:rsid w:val="00902B1C"/>
     <w:rsid w:val="00907137"/>
     <w:rsid w:val="009079A9"/>
     <w:rsid w:val="009105FA"/>
     <w:rsid w:val="00910BEB"/>
     <w:rsid w:val="009114C3"/>
     <w:rsid w:val="00913949"/>
     <w:rsid w:val="00914158"/>
     <w:rsid w:val="00915045"/>
     <w:rsid w:val="00915B52"/>
@@ -14521,83 +11295,85 @@
     <w:rsid w:val="009A5DF6"/>
     <w:rsid w:val="009B0365"/>
     <w:rsid w:val="009B18BB"/>
     <w:rsid w:val="009B2CDE"/>
     <w:rsid w:val="009B4E44"/>
     <w:rsid w:val="009B6C32"/>
     <w:rsid w:val="009B7169"/>
     <w:rsid w:val="009B7C02"/>
     <w:rsid w:val="009C0029"/>
     <w:rsid w:val="009C0DBC"/>
     <w:rsid w:val="009C0E7C"/>
     <w:rsid w:val="009C128A"/>
     <w:rsid w:val="009C1B47"/>
     <w:rsid w:val="009C403B"/>
     <w:rsid w:val="009C4E15"/>
     <w:rsid w:val="009C66FA"/>
     <w:rsid w:val="009C77F6"/>
     <w:rsid w:val="009D1896"/>
     <w:rsid w:val="009D43A7"/>
     <w:rsid w:val="009D4AC6"/>
     <w:rsid w:val="009D56E5"/>
     <w:rsid w:val="009E1C65"/>
     <w:rsid w:val="009E1DBD"/>
     <w:rsid w:val="009E6FCD"/>
     <w:rsid w:val="009E7D00"/>
+    <w:rsid w:val="009F169B"/>
     <w:rsid w:val="009F5546"/>
     <w:rsid w:val="009F6B7E"/>
     <w:rsid w:val="00A014BD"/>
     <w:rsid w:val="00A01F2D"/>
     <w:rsid w:val="00A029A1"/>
     <w:rsid w:val="00A02E7C"/>
     <w:rsid w:val="00A0401F"/>
     <w:rsid w:val="00A0540D"/>
     <w:rsid w:val="00A05452"/>
     <w:rsid w:val="00A05C55"/>
     <w:rsid w:val="00A06088"/>
     <w:rsid w:val="00A06915"/>
     <w:rsid w:val="00A072EE"/>
     <w:rsid w:val="00A07EA6"/>
     <w:rsid w:val="00A10C2F"/>
     <w:rsid w:val="00A12886"/>
     <w:rsid w:val="00A128FE"/>
     <w:rsid w:val="00A12DE3"/>
     <w:rsid w:val="00A14125"/>
     <w:rsid w:val="00A14901"/>
     <w:rsid w:val="00A17834"/>
     <w:rsid w:val="00A2035E"/>
     <w:rsid w:val="00A20D7A"/>
     <w:rsid w:val="00A22108"/>
     <w:rsid w:val="00A23822"/>
     <w:rsid w:val="00A23C0A"/>
     <w:rsid w:val="00A24DCC"/>
     <w:rsid w:val="00A24EEB"/>
     <w:rsid w:val="00A255FF"/>
     <w:rsid w:val="00A26F3C"/>
     <w:rsid w:val="00A26FF7"/>
     <w:rsid w:val="00A30625"/>
     <w:rsid w:val="00A30B06"/>
+    <w:rsid w:val="00A31EDF"/>
     <w:rsid w:val="00A321F1"/>
     <w:rsid w:val="00A32DD9"/>
     <w:rsid w:val="00A33544"/>
     <w:rsid w:val="00A34985"/>
     <w:rsid w:val="00A35DE0"/>
     <w:rsid w:val="00A36427"/>
     <w:rsid w:val="00A367AD"/>
     <w:rsid w:val="00A36AFF"/>
     <w:rsid w:val="00A37D3B"/>
     <w:rsid w:val="00A40261"/>
     <w:rsid w:val="00A41285"/>
     <w:rsid w:val="00A42F14"/>
     <w:rsid w:val="00A434F9"/>
     <w:rsid w:val="00A4398E"/>
     <w:rsid w:val="00A446E8"/>
     <w:rsid w:val="00A45B25"/>
     <w:rsid w:val="00A46125"/>
     <w:rsid w:val="00A46B2C"/>
     <w:rsid w:val="00A46DDD"/>
     <w:rsid w:val="00A4700E"/>
     <w:rsid w:val="00A4746C"/>
     <w:rsid w:val="00A5118C"/>
     <w:rsid w:val="00A52E58"/>
     <w:rsid w:val="00A54C8C"/>
     <w:rsid w:val="00A567FB"/>
@@ -14836,50 +11612,51 @@
     <w:rsid w:val="00C94CFF"/>
     <w:rsid w:val="00C95DED"/>
     <w:rsid w:val="00C97F30"/>
     <w:rsid w:val="00CA0164"/>
     <w:rsid w:val="00CA12CF"/>
     <w:rsid w:val="00CA26FD"/>
     <w:rsid w:val="00CA4AC5"/>
     <w:rsid w:val="00CA53F3"/>
     <w:rsid w:val="00CA614B"/>
     <w:rsid w:val="00CA6B4C"/>
     <w:rsid w:val="00CA79F8"/>
     <w:rsid w:val="00CB37B5"/>
     <w:rsid w:val="00CB3E9E"/>
     <w:rsid w:val="00CB7DBF"/>
     <w:rsid w:val="00CC0A3F"/>
     <w:rsid w:val="00CC1900"/>
     <w:rsid w:val="00CC22EE"/>
     <w:rsid w:val="00CC24F7"/>
     <w:rsid w:val="00CC43F4"/>
     <w:rsid w:val="00CC5B54"/>
     <w:rsid w:val="00CC62B7"/>
     <w:rsid w:val="00CC690A"/>
     <w:rsid w:val="00CD08CF"/>
     <w:rsid w:val="00CD5C17"/>
     <w:rsid w:val="00CD5E32"/>
+    <w:rsid w:val="00CE134A"/>
     <w:rsid w:val="00CE1808"/>
     <w:rsid w:val="00CE19DE"/>
     <w:rsid w:val="00CE38B2"/>
     <w:rsid w:val="00CE3E92"/>
     <w:rsid w:val="00CF11FF"/>
     <w:rsid w:val="00CF1237"/>
     <w:rsid w:val="00CF4227"/>
     <w:rsid w:val="00CF55E6"/>
     <w:rsid w:val="00CF63BD"/>
     <w:rsid w:val="00CF6D1D"/>
     <w:rsid w:val="00D02AA9"/>
     <w:rsid w:val="00D02BAF"/>
     <w:rsid w:val="00D040A3"/>
     <w:rsid w:val="00D041C6"/>
     <w:rsid w:val="00D0504B"/>
     <w:rsid w:val="00D10B14"/>
     <w:rsid w:val="00D1312B"/>
     <w:rsid w:val="00D1319D"/>
     <w:rsid w:val="00D13357"/>
     <w:rsid w:val="00D14BBA"/>
     <w:rsid w:val="00D1683E"/>
     <w:rsid w:val="00D20A59"/>
     <w:rsid w:val="00D21198"/>
     <w:rsid w:val="00D21395"/>
     <w:rsid w:val="00D21AA8"/>
@@ -14980,50 +11757,51 @@
     <w:rsid w:val="00DF7EBC"/>
     <w:rsid w:val="00E01AAA"/>
     <w:rsid w:val="00E01BB8"/>
     <w:rsid w:val="00E02718"/>
     <w:rsid w:val="00E03434"/>
     <w:rsid w:val="00E03FC9"/>
     <w:rsid w:val="00E05B22"/>
     <w:rsid w:val="00E1046C"/>
     <w:rsid w:val="00E109D3"/>
     <w:rsid w:val="00E122C2"/>
     <w:rsid w:val="00E13C4F"/>
     <w:rsid w:val="00E14477"/>
     <w:rsid w:val="00E152D3"/>
     <w:rsid w:val="00E15C78"/>
     <w:rsid w:val="00E16965"/>
     <w:rsid w:val="00E217A6"/>
     <w:rsid w:val="00E2198B"/>
     <w:rsid w:val="00E2236A"/>
     <w:rsid w:val="00E23236"/>
     <w:rsid w:val="00E232D1"/>
     <w:rsid w:val="00E24491"/>
     <w:rsid w:val="00E24710"/>
     <w:rsid w:val="00E249CD"/>
     <w:rsid w:val="00E24E46"/>
     <w:rsid w:val="00E25126"/>
+    <w:rsid w:val="00E26A82"/>
     <w:rsid w:val="00E27256"/>
     <w:rsid w:val="00E27AF8"/>
     <w:rsid w:val="00E27E4D"/>
     <w:rsid w:val="00E27FDB"/>
     <w:rsid w:val="00E34630"/>
     <w:rsid w:val="00E34E62"/>
     <w:rsid w:val="00E35D4F"/>
     <w:rsid w:val="00E415AE"/>
     <w:rsid w:val="00E4376B"/>
     <w:rsid w:val="00E43A4C"/>
     <w:rsid w:val="00E46AF7"/>
     <w:rsid w:val="00E46FFF"/>
     <w:rsid w:val="00E470C3"/>
     <w:rsid w:val="00E479D9"/>
     <w:rsid w:val="00E5227D"/>
     <w:rsid w:val="00E52A1D"/>
     <w:rsid w:val="00E537B2"/>
     <w:rsid w:val="00E558FB"/>
     <w:rsid w:val="00E579E9"/>
     <w:rsid w:val="00E61645"/>
     <w:rsid w:val="00E65451"/>
     <w:rsid w:val="00E66166"/>
     <w:rsid w:val="00E67F2F"/>
     <w:rsid w:val="00E704B7"/>
     <w:rsid w:val="00E718ED"/>
@@ -15172,64 +11950,64 @@
     <w:rsid w:val="00FF0871"/>
     <w:rsid w:val="00FF0F95"/>
     <w:rsid w:val="00FF3118"/>
     <w:rsid w:val="00FF3598"/>
     <w:rsid w:val="00FF5D8C"/>
     <w:rsid w:val="00FF6149"/>
     <w:rsid w:val="00FF62A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sk-SK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="4097"/>
+    <o:shapedefaults v:ext="edit" spidmax="10241"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="1E941437"/>
   <w15:docId w15:val="{2A455843-311D-4535-AE33-D0F22458632F}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sk-SK" w:eastAsia="sk-SK" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15561,1338 +12339,1338 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normlny">
     <w:name w:val="Normal"/>
     <w:rsid w:val="005A1D32"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Text1"/>
     <w:qFormat/>
     <w:rsid w:val="00BF6AA3"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Nadpis2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Text2"/>
     <w:qFormat/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Nadpis3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Text3"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Nadpis3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Nadpis4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Text4"/>
     <w:qFormat/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Nadpis5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Nadpis6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Nadpis7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:type="paragraph" w:styleId="Nadpis8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Nadpis9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Predvolenpsmoodseku">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normlnatabuka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezzoznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text1">
     <w:name w:val="Text 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="482"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text2">
     <w:name w:val="Text 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2302"/>
       </w:tabs>
       <w:ind w:left="1202"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text3">
     <w:name w:val="Text 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2302"/>
       </w:tabs>
       <w:ind w:left="1202"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text4">
     <w:name w:val="Text 4"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2302"/>
       </w:tabs>
       <w:ind w:left="1202"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Address">
     <w:name w:val="Address"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AddressTL">
     <w:name w:val="AddressTL"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="720"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AddressTR">
     <w:name w:val="AddressTR"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="720"/>
       <w:ind w:left="5103"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BlockText">
+  <w:style w:type="paragraph" w:styleId="Oznaitext">
     <w:name w:val="Block Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1440" w:right="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Zkladntext">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText2">
+  <w:style w:type="paragraph" w:styleId="Zkladntext2">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText3">
+  <w:style w:type="paragraph" w:styleId="Zkladntext3">
     <w:name w:val="Body Text 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+  <w:style w:type="paragraph" w:styleId="Prvzarkazkladnhotextu">
     <w:name w:val="Body Text First Indent"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="Zkladntext"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+  <w:style w:type="paragraph" w:styleId="Zarkazkladnhotextu">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+  <w:style w:type="paragraph" w:styleId="Prvzarkazkladnhotextu2">
     <w:name w:val="Body Text First Indent 2"/>
-    <w:basedOn w:val="BodyTextIndent"/>
+    <w:basedOn w:val="Zarkazkladnhotextu"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+  <w:style w:type="paragraph" w:styleId="Zarkazkladnhotextu2">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+  <w:style w:type="paragraph" w:styleId="Zarkazkladnhotextu3">
     <w:name w:val="Body Text Indent 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Popis">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapterTitle">
     <w:name w:val="ChapterTitle"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="SectionTitle"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SectionTitle">
     <w:name w:val="SectionTitle"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Heading1"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Nadpis1"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Closing">
+  <w:style w:type="paragraph" w:styleId="Zver">
     <w:name w:val="Closing"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Textkomentra">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="TextkomentraChar"/>
     <w:rsid w:val="00FF6149"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Date">
+  <w:style w:type="paragraph" w:styleId="Dtum">
     <w:name w:val="Date"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="References"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="5103" w:right="-567"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
     <w:name w:val="References"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="AddressTR"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="5103"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocumentMap">
+  <w:style w:type="paragraph" w:styleId="truktradokumentu">
     <w:name w:val="Document Map"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DoubSign">
     <w:name w:val="DoubSign"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Enclosures"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5103"/>
       </w:tabs>
       <w:spacing w:before="1200" w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Enclosures">
     <w:name w:val="Enclosures"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5642"/>
       </w:tabs>
       <w:spacing w:before="480" w:after="0"/>
       <w:ind w:left="1191" w:hanging="1191"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EndnoteText">
+  <w:style w:type="paragraph" w:styleId="Textvysvetlivky">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="EndnoteTextChar"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="TextvysvetlivkyChar"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+  <w:style w:type="paragraph" w:styleId="Adresanaoblke">
     <w:name w:val="envelope address"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+  <w:style w:type="paragraph" w:styleId="Spiatonadresanaoblke">
     <w:name w:val="envelope return"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Pta">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="PtaChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:right="-567"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Textpoznmkypodiarou">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Hlavika">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="HlavikaChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index1">
+  <w:style w:type="paragraph" w:styleId="Register1">
     <w:name w:val="index 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index2">
+  <w:style w:type="paragraph" w:styleId="Register2">
     <w:name w:val="index 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index3">
+  <w:style w:type="paragraph" w:styleId="Register3">
     <w:name w:val="index 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index4">
+  <w:style w:type="paragraph" w:styleId="Register4">
     <w:name w:val="index 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="960" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index5">
+  <w:style w:type="paragraph" w:styleId="Register5">
     <w:name w:val="index 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="1200" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index6">
+  <w:style w:type="paragraph" w:styleId="Register6">
     <w:name w:val="index 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="1440" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index7">
+  <w:style w:type="paragraph" w:styleId="Register7">
     <w:name w:val="index 7"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="1680" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index8">
+  <w:style w:type="paragraph" w:styleId="Register8">
     <w:name w:val="index 8"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="1920" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index9">
+  <w:style w:type="paragraph" w:styleId="Register9">
     <w:name w:val="index 9"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="2160" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IndexHeading">
+  <w:style w:type="paragraph" w:styleId="Nadpisregistra">
     <w:name w:val="index heading"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Index1"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Register1"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List">
+  <w:style w:type="paragraph" w:styleId="Zoznam">
     <w:name w:val="List"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="283" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List2">
+  <w:style w:type="paragraph" w:styleId="Zoznam2">
     <w:name w:val="List 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="566" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List3">
+  <w:style w:type="paragraph" w:styleId="Zoznam3">
     <w:name w:val="List 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="849" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List4">
+  <w:style w:type="paragraph" w:styleId="Zoznam4">
     <w:name w:val="List 4"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="1132" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List5">
+  <w:style w:type="paragraph" w:styleId="Zoznam5">
     <w:name w:val="List 5"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="1415" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Zoznamsodrkami">
     <w:name w:val="List Bullet"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet2">
+  <w:style w:type="paragraph" w:styleId="Zoznamsodrkami2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Text2"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet3">
+  <w:style w:type="paragraph" w:styleId="Zoznamsodrkami3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Text3"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet4">
+  <w:style w:type="paragraph" w:styleId="Zoznamsodrkami4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Text4"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet5">
+  <w:style w:type="paragraph" w:styleId="Zoznamsodrkami5">
     <w:name w:val="List Bullet 5"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:autoRedefine/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue">
+  <w:style w:type="paragraph" w:styleId="Pokraovaniezoznamu">
     <w:name w:val="List Continue"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue2">
+  <w:style w:type="paragraph" w:styleId="Pokraovaniezoznamu2">
     <w:name w:val="List Continue 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="566"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue3">
+  <w:style w:type="paragraph" w:styleId="Pokraovaniezoznamu3">
     <w:name w:val="List Continue 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="849"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue4">
+  <w:style w:type="paragraph" w:styleId="Pokraovaniezoznamu4">
     <w:name w:val="List Continue 4"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1132"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue5">
+  <w:style w:type="paragraph" w:styleId="Pokraovaniezoznamu5">
     <w:name w:val="List Continue 5"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1415"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber">
+  <w:style w:type="paragraph" w:styleId="slovanzoznam">
     <w:name w:val="List Number"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber2">
+  <w:style w:type="paragraph" w:styleId="slovanzoznam2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Text2"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber3">
+  <w:style w:type="paragraph" w:styleId="slovanzoznam3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Text3"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber4">
+  <w:style w:type="paragraph" w:styleId="slovanzoznam4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Text4"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber5">
+  <w:style w:type="paragraph" w:styleId="slovanzoznam5">
     <w:name w:val="List Number 5"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MacroText">
+  <w:style w:type="paragraph" w:styleId="Textmakra">
     <w:name w:val="macro"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MessageHeader">
+  <w:style w:type="paragraph" w:styleId="Hlavikasprvy">
     <w:name w:val="Message Header"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalIndent">
+  <w:style w:type="paragraph" w:styleId="Normlnysozarkami">
     <w:name w:val="Normal Indent"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="NormalIndentChar"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="NormlnysozarkamiChar"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoteHeading">
+  <w:style w:type="paragraph" w:styleId="Nadpispoznmky">
     <w:name w:val="Note Heading"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoteHead">
     <w:name w:val="NoteHead"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Subject"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:before="720" w:after="720"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subject">
     <w:name w:val="Subject"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:ind w:left="1531" w:hanging="1531"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoteList">
     <w:name w:val="NoteList"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Subject"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5823"/>
       </w:tabs>
       <w:spacing w:before="720" w:after="720"/>
       <w:ind w:left="5104" w:hanging="3119"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar1">
     <w:name w:val="NumPar 1"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Nadpis1"/>
     <w:next w:val="Text1"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:smallCaps w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar2">
     <w:name w:val="NumPar 2"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Nadpis2"/>
     <w:next w:val="Text2"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar3">
     <w:name w:val="NumPar 3"/>
-    <w:basedOn w:val="Heading3"/>
+    <w:basedOn w:val="Nadpis3"/>
     <w:next w:val="Text3"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar4">
     <w:name w:val="NumPar 4"/>
-    <w:basedOn w:val="Heading4"/>
+    <w:basedOn w:val="Nadpis4"/>
     <w:next w:val="Text4"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PartTitle">
     <w:name w:val="PartTitle"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="ChapterTitle"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext/>
       <w:pageBreakBefore/>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="PlainText">
+  <w:style w:type="paragraph" w:styleId="Obyajntext">
     <w:name w:val="Plain Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Salutation">
+  <w:style w:type="paragraph" w:styleId="Oslovenie">
     <w:name w:val="Salutation"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Signature">
+  <w:style w:type="paragraph" w:styleId="Podpis">
     <w:name w:val="Signature"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Enclosures"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5103"/>
       </w:tabs>
       <w:spacing w:before="1200" w:after="0"/>
       <w:ind w:left="5103"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Podtitul">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubTitle1">
     <w:name w:val="SubTitle 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="SubTitle2"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubTitle2">
     <w:name w:val="SubTitle 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+  <w:style w:type="paragraph" w:styleId="Zoznamcitci">
     <w:name w:val="table of authorities"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TableofFigures">
+  <w:style w:type="paragraph" w:styleId="Zoznamobrzkov">
     <w:name w:val="table of figures"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Nzov">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="SubTitle1"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:kern w:val="28"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOAHeading">
+  <w:style w:type="paragraph" w:styleId="Hlavikazoznamucitci">
     <w:name w:val="toa heading"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Obsah1">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="482" w:right="720" w:hanging="482"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Obsah2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="1077" w:right="720" w:hanging="595"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Obsah3">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="1916" w:right="720" w:hanging="839"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Obsah4">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8641"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="2880" w:right="720" w:hanging="964"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Obsah5">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8641"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Obsah6">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Obsah7">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Obsah8">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Obsah9">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="YReferences">
     <w:name w:val="YReferences"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:ind w:left="1531" w:hanging="1531"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListBullet1">
     <w:name w:val="List Bullet 1"/>
     <w:basedOn w:val="Text1"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListDash">
     <w:name w:val="List Dash"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListDash1">
     <w:name w:val="List Dash 1"/>
     <w:basedOn w:val="Text1"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListDash2">
     <w:name w:val="List Dash 2"/>
     <w:basedOn w:val="Text2"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
@@ -16907,73 +13685,73 @@
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListDash4">
     <w:name w:val="List Dash 4"/>
     <w:basedOn w:val="Text4"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumberLevel2">
     <w:name w:val="List Number (Level 2)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumberLevel3">
     <w:name w:val="List Number (Level 3)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumberLevel4">
     <w:name w:val="List Number (Level 4)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumber1">
     <w:name w:val="List Number 1"/>
     <w:basedOn w:val="Text1"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumber1Level2">
     <w:name w:val="List Number 1 (Level 2)"/>
     <w:basedOn w:val="Text1"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
@@ -17107,130 +13885,130 @@
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumber4Level4">
     <w:name w:val="List Number 4 (Level 4)"/>
     <w:basedOn w:val="Text4"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOCHeading">
+  <w:style w:type="paragraph" w:styleId="Hlavikaobsahu">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contact">
     <w:name w:val="Contact"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00FF6149"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ZCom">
     <w:name w:val="Z_Com"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="ZDGName"/>
     <w:rsid w:val="00D63776"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0"/>
       <w:ind w:right="85"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ZDGName">
     <w:name w:val="Z_DGName"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00D63776"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0"/>
       <w:ind w:right="85"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hypertextovprepojenie">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="006914AD"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Odkaznapoznmkupodiarou">
     <w:name w:val="footnote reference"/>
     <w:rsid w:val="00CD08CF"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
+  <w:style w:type="table" w:styleId="Strednmrieka3zvraznenie2">
     <w:name w:val="Medium Grid 3 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normlnatabuka"/>
     <w:uiPriority w:val="69"/>
     <w:rsid w:val="000420DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
@@ -17313,636 +14091,636 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Textbubliny">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar1"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="TextbublinyChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E52A1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentTitle">
     <w:name w:val="Document Title"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:link w:val="DocumentTitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="002A726D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footerapproval">
     <w:name w:val="Footer approval"/>
-    <w:basedOn w:val="Footer"/>
+    <w:basedOn w:val="Pta"/>
     <w:link w:val="ApprovalfooterChar"/>
     <w:qFormat/>
     <w:rsid w:val="00EE60CF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DocumentTitleChar">
     <w:name w:val="Document Title Char"/>
     <w:link w:val="DocumentTitle"/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FooterDate">
     <w:name w:val="Footer Date"/>
-    <w:basedOn w:val="Footer"/>
+    <w:basedOn w:val="Pta"/>
     <w:link w:val="FooterDateChar"/>
     <w:qFormat/>
     <w:rsid w:val="00EE60CF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9240"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PtaChar">
+    <w:name w:val="Päta Char"/>
+    <w:link w:val="Pta"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ApprovalfooterChar">
     <w:name w:val="Approval_footer Char"/>
-    <w:basedOn w:val="FooterChar"/>
+    <w:basedOn w:val="PtaChar"/>
     <w:link w:val="Footerapproval"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PageNumber1">
     <w:name w:val="Page Number1"/>
-    <w:basedOn w:val="Footer"/>
+    <w:basedOn w:val="Pta"/>
     <w:link w:val="PagenumberChar"/>
     <w:qFormat/>
     <w:rsid w:val="00EE60CF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9240"/>
       </w:tabs>
       <w:ind w:right="-622"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterDateChar">
     <w:name w:val="Footer Date Char"/>
     <w:link w:val="FooterDate"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...1 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HlavikaChar">
+    <w:name w:val="Hlavička Char"/>
+    <w:link w:val="Hlavika"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PagenumberChar">
     <w:name w:val="Page number Char"/>
     <w:link w:val="PageNumber1"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentSubtitle">
     <w:name w:val="Document Subtitle"/>
     <w:basedOn w:val="DocumentTitle"/>
     <w:link w:val="DocumentSubtitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:i/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderTitle">
     <w:name w:val="Header Title"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:link w:val="HeaderTitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="002A726D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="808080"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DocumentSubtitleChar">
     <w:name w:val="Document Subtitle Char"/>
     <w:link w:val="DocumentSubtitle"/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:i/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletpoint1">
     <w:name w:val="Bullet point1"/>
-    <w:basedOn w:val="NormalIndent"/>
+    <w:basedOn w:val="Normlnysozarkami"/>
     <w:link w:val="Bulletpoint1Char"/>
     <w:qFormat/>
     <w:rsid w:val="006D578F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="600"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderTitleChar">
     <w:name w:val="Header Title Char"/>
     <w:link w:val="HeaderTitle"/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="808080"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:link w:val="HeadingChar"/>
     <w:qFormat/>
     <w:rsid w:val="007A4813"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NormalIndentChar">
-[...1 lines deleted...]
-    <w:link w:val="NormalIndent"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NormlnysozarkamiChar">
+    <w:name w:val="Normálny so zarážkami Char"/>
+    <w:link w:val="Normlnysozarkami"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Bulletpoint1Char">
     <w:name w:val="Bullet point1 Char"/>
-    <w:basedOn w:val="NormalIndentChar"/>
+    <w:basedOn w:val="NormlnysozarkamiChar"/>
     <w:link w:val="Bulletpoint1"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletPoint2">
     <w:name w:val="Bullet Point 2"/>
-    <w:basedOn w:val="NormalIndent"/>
+    <w:basedOn w:val="Normlnysozarkami"/>
     <w:link w:val="BulletPoint2Char"/>
     <w:qFormat/>
     <w:rsid w:val="007A4813"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="19"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeadingChar">
     <w:name w:val="Heading Char"/>
     <w:link w:val="Heading"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:u w:val="single"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
     <w:name w:val="Body"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:link w:val="BodyChar"/>
     <w:qFormat/>
     <w:rsid w:val="00121ECE"/>
     <w:pPr>
       <w:spacing w:after="40"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BulletPoint2Char">
     <w:name w:val="Bullet Point 2 Char"/>
     <w:link w:val="BulletPoint2"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading20">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading2">
     <w:name w:val="Heading2"/>
     <w:basedOn w:val="Body"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00121ECE"/>
     <w:pPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyChar">
     <w:name w:val="Body Char"/>
     <w:link w:val="Body"/>
     <w:rsid w:val="00121ECE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Mriekatabuky">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normlnatabuka"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="006D578F"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002395"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading2 Char"/>
-    <w:link w:val="Heading20"/>
+    <w:link w:val="Heading2"/>
     <w:rsid w:val="00121ECE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:i/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normlnatabuka"/>
     <w:rsid w:val="00EF7057"/>
     <w:tblPr/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableElegant">
+  <w:style w:type="table" w:styleId="Elegantntabuka">
     <w:name w:val="Table Elegant"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normlnatabuka"/>
     <w:rsid w:val="00EF7057"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:caps/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Odkaznakomentr">
     <w:name w:val="annotation reference"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F0066C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextkomentraChar">
+    <w:name w:val="Text komentára Char"/>
+    <w:link w:val="Textkomentra"/>
     <w:rsid w:val="00F0066C"/>
     <w:rPr>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body1">
     <w:name w:val="Body 1"/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:u w:color="000000"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ImportWordListStyleDefinition1885096063">
     <w:name w:val="Import Word List Style Definition 1885096063"/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1492"/>
       </w:tabs>
       <w:ind w:left="1492" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ImportWordListStyleDefinition1851018915">
     <w:name w:val="Import Word List Style Definition 1851018915"/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="480"/>
       </w:tabs>
       <w:ind w:left="480" w:hanging="480"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List0">
     <w:name w:val="List 0"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="765"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="765" w:hanging="283"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List1">
     <w:name w:val="List 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1485"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1485" w:hanging="283"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List21">
     <w:name w:val="List 21"/>
     <w:basedOn w:val="ImportWordListStyleDefinition1851018915"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="480"/>
         <w:tab w:val="num" w:pos="1485"/>
       </w:tabs>
       <w:ind w:left="1485" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List31">
     <w:name w:val="List 31"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1911"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1911" w:hanging="709"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List41">
     <w:name w:val="List 41"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="1080" w:hanging="360"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List51">
     <w:name w:val="List 51"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="21"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List6">
     <w:name w:val="List 6"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="22"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List7">
     <w:name w:val="List 7"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="23"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
     <w:name w:val="WW8Num1z0"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
     <w:name w:val="WW8Num2z0"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
@@ -18575,306 +15353,318 @@
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Marcas">
     <w:name w:val="Marcas"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:rFonts w:ascii="OpenSymbol" w:eastAsia="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Smbolosdenumerao">
     <w:name w:val="Símbolos de numeração"/>
     <w:rsid w:val="00BA290F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabealho">
     <w:name w:val="Cabeçalho"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyText"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Zkladntext"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:keepNext/>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="240" w:after="120"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft YaHei" w:hAnsi="Arial" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Legenda">
     <w:name w:val="Legenda"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ndiceremissivo">
     <w:name w:val="Índice remissivo"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BalloonText1">
     <w:name w:val="Balloon Text1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListParagraph1">
     <w:name w:val="List Paragraph1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:ind w:left="720"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Revision1">
     <w:name w:val="Revision1"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CommentText1">
     <w:name w:val="Comment Text1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CommentSubject1">
     <w:name w:val="Comment Subject1"/>
     <w:basedOn w:val="CommentText1"/>
     <w:next w:val="CommentText1"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar1">
-[...1 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextbublinyChar">
+    <w:name w:val="Text bubliny Char"/>
+    <w:link w:val="Textbubliny"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Odsekzoznamu">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:ind w:left="720"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar1">
     <w:name w:val="Comment Text Char1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Predmetkomentra">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar1"/>
+    <w:basedOn w:val="Textkomentra"/>
+    <w:next w:val="Textkomentra"/>
+    <w:link w:val="PredmetkomentraChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar1">
-[...1 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PredmetkomentraChar">
+    <w:name w:val="Predmet komentára Char"/>
+    <w:link w:val="Predmetkomentra"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Revzia">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="PouitHypertextovPrepojenie">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...1 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis3Char">
+    <w:name w:val="Nadpis 3 Char"/>
+    <w:link w:val="Nadpis3"/>
     <w:rsid w:val="005D5129"/>
     <w:rPr>
       <w:i/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteReference">
+  <w:style w:type="character" w:styleId="Odkaznavysvetlivku">
     <w:name w:val="endnote reference"/>
     <w:rsid w:val="007967A9"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="EndnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextvysvetlivkyChar">
+    <w:name w:val="Text vysvetlivky Char"/>
+    <w:basedOn w:val="Predvolenpsmoodseku"/>
+    <w:link w:val="Textvysvetlivky"/>
     <w:semiHidden/>
     <w:rsid w:val="00EA442F"/>
     <w:rPr>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Default">
     <w:name w:val="Default"/>
     <w:rsid w:val="00547040"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Nevyrieenzmienka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Predvolenpsmoodseku"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00CE134A"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="12074486">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="155152818">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -20015,51 +16805,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2052416957">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.vasilova@upjs.sk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.svedova@upjs.sk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/education/tools/isced-f_en.htm" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ec.europa.eu/education/tools/isced-f_en.htm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iso.org/obp/ui/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Public\Documents\Templates\rep.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
@@ -20334,97 +17124,97 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8895FBA5-5FAA-481D-9256-58ED8F58C08E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>rep</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>406</Words>
-  <Characters>3026</Characters>
+  <Words>404</Words>
+  <Characters>3014</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <PresentationFormat>Microsoft Word 11.0</PresentationFormat>
   <Lines>25</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Názov</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titolo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="4" baseType="lpstr">
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr/>
       <vt:lpstr> </vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>European Commission</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3426</CharactersWithSpaces>
+  <CharactersWithSpaces>3412</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>4259967</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://ec.europa.eu/education/tools/isced-f_en.htm</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4259967</vt:i4>
       </vt:variant>
       <vt:variant>