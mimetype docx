--- v0 (2025-10-08)
+++ v1 (2026-01-07)
@@ -814,87 +814,89 @@
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007673FA">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>Academic year</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="56E939DC" w14:textId="10E1BC3F" w:rsidR="00906846" w:rsidRPr="00906846" w:rsidRDefault="006837EF" w:rsidP="00B223B0">
+          <w:p w14:paraId="56E939DC" w14:textId="40A5CF07" w:rsidR="001903D7" w:rsidRPr="007673FA" w:rsidRDefault="006837EF" w:rsidP="00B223B0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="120"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:b/>
+                <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>202</w:t>
             </w:r>
-            <w:r w:rsidR="00906846">
+            <w:r w:rsidR="000A4072">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>5</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>/202</w:t>
             </w:r>
-            <w:r w:rsidR="00906846">
+            <w:r w:rsidR="000A4072">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0081766A" w:rsidRPr="007673FA" w14:paraId="56E939E2" w14:textId="77777777" w:rsidTr="00743F98">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2376" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="56E939DE" w14:textId="77777777" w:rsidR="0081766A" w:rsidRPr="007673FA" w:rsidRDefault="0081766A" w:rsidP="00B223B0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="120"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
@@ -1632,82 +1634,82 @@
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId11" w:history="1">
               <w:r w:rsidRPr="00E10C5D">
                 <w:rPr>
                   <w:rStyle w:val="Hypertextovprepojenie"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="hu-HU"/>
                 </w:rPr>
                 <w:t>valentina.svedova</w:t>
               </w:r>
               <w:r w:rsidRPr="00E10C5D">
                 <w:rPr>
                   <w:rStyle w:val="Hypertextovprepojenie"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="fr-BE"/>
                 </w:rPr>
                 <w:t>@upjs.sk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="56E939FB" w14:textId="00818307" w:rsidR="007967A9" w:rsidRPr="005E466D" w:rsidRDefault="006837EF" w:rsidP="006837EF">
+          <w:p w14:paraId="56E939FB" w14:textId="422B5F50" w:rsidR="007967A9" w:rsidRPr="005E466D" w:rsidRDefault="006837EF" w:rsidP="006837EF">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
               <w:t xml:space="preserve">+421 55 234 </w:t>
             </w:r>
-            <w:r w:rsidR="00D112A5">
+            <w:r w:rsidR="003B0143">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="fr-BE"/>
               </w:rPr>
-              <w:t>1215</w:t>
+              <w:t>1304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00F8532D" w:rsidRPr="005F0E76" w14:paraId="56E93A03" w14:textId="77777777" w:rsidTr="00107B17">
         <w:trPr>
           <w:trHeight w:val="811"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="56E939FD" w14:textId="582199A4" w:rsidR="00F8532D" w:rsidRPr="00474BE2" w:rsidRDefault="00F8532D" w:rsidP="00A568F8">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
@@ -1809,128 +1811,130 @@
               <w:spacing w:after="0"/>
               <w:ind w:right="-992"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00782942">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>(if applicable)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2228" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7F97F706" w14:textId="7F2D7F52" w:rsidR="006F285A" w:rsidRDefault="00000000" w:rsidP="006F285A">
+          <w:p w14:paraId="7F97F706" w14:textId="7F2D7F52" w:rsidR="006F285A" w:rsidRDefault="003B0143" w:rsidP="006F285A">
             <w:pPr>
               <w:spacing w:after="120"/>
               <w:ind w:right="-992"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-2011907041"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="00A941C9">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="006F285A" w:rsidRPr="00AD0B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>&lt;250 employees</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="56E93A02" w14:textId="1837EEA4" w:rsidR="00F8532D" w:rsidRPr="00F8532D" w:rsidRDefault="00000000" w:rsidP="006F285A">
+          <w:p w14:paraId="56E93A02" w14:textId="1837EEA4" w:rsidR="00F8532D" w:rsidRPr="00F8532D" w:rsidRDefault="003B0143" w:rsidP="006F285A">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="en-GB"/>
                 </w:rPr>
                 <w:id w:val="-1483542654"/>
                 <w14:checkbox>
                   <w14:checked w14:val="1"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
                 <w:r w:rsidR="006837EF">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Arial" w:hint="eastAsia"/>
                     <w:sz w:val="16"/>
                     <w:szCs w:val="16"/>
                     <w:lang w:val="en-GB"/>
                   </w:rPr>
                   <w:t>☒</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
             <w:r w:rsidR="00375B76">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="en-GB"/>
               </w:rPr>
               <w:t>≥</w:t>
             </w:r>
             <w:r w:rsidR="006F285A" w:rsidRPr="00AD0B3E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
@@ -2769,50 +2773,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">: Short cycle </w:t>
       </w:r>
       <w:r w:rsidRPr="00B223B0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">(EQF level 5) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1865860397"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00A941C9">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; Bachelor </w:t>
       </w:r>
       <w:r w:rsidRPr="00B223B0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or equiv</w:t>
       </w:r>
       <w:r w:rsidR="00713E3E">
@@ -2820,50 +2825,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>alent first cycle (EQF level 6)</w:t>
       </w:r>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-376010837"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004C13A6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; Master </w:t>
       </w:r>
       <w:r w:rsidRPr="00B223B0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or equiva</w:t>
       </w:r>
       <w:r w:rsidR="00713E3E">
@@ -2871,94 +2877,96 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>lent second cycle (EQF level 7)</w:t>
       </w:r>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1937254667"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="004C13A6">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; Doctoral </w:t>
       </w:r>
       <w:r w:rsidRPr="00B223B0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>or equivalent third cycle (EQF level 8)</w:t>
       </w:r>
       <w:r w:rsidRPr="00490F95">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="-1083216461"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002541E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002541E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">; </w:t>
       </w:r>
       <w:r w:rsidR="002541E4" w:rsidRPr="002541E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Teaching activity at several levels of study (E</w:t>
       </w:r>
       <w:r w:rsidR="002541E4">
@@ -2966,50 +2974,51 @@
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>QF</w:t>
       </w:r>
       <w:r w:rsidR="002541E4" w:rsidRPr="002541E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> level 9) </w:t>
       </w:r>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
             <w:lang w:val="en-GB"/>
           </w:rPr>
           <w:id w:val="1677537339"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
+        <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="002541E4">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:cs="Calibri" w:hint="eastAsia"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t>☐</w:t>
           </w:r>
         </w:sdtContent>
       </w:sdt>
       <w:r w:rsidR="002541E4">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="56E93A27" w14:textId="4F247FED" w:rsidR="00377526" w:rsidRPr="00490F95" w:rsidRDefault="00377526" w:rsidP="005A1D32">
       <w:pPr>
         <w:pStyle w:val="Textkomentra"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="2552"/>
           <w:tab w:val="left" w:pos="3686"/>
           <w:tab w:val="left" w:pos="5954"/>
@@ -4657,58 +4666,58 @@
           <w:sz w:val="28"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF398E" w:rsidRPr="00E003B8" w:rsidSect="00865FC1">
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1701" w:header="709" w:footer="397" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4A2C4F33" w14:textId="77777777" w:rsidR="00972D0A" w:rsidRDefault="00972D0A">
+    <w:p w14:paraId="02FBACF4" w14:textId="77777777" w:rsidR="00EE40E6" w:rsidRDefault="00EE40E6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="620161F0" w14:textId="77777777" w:rsidR="00972D0A" w:rsidRDefault="00972D0A">
+    <w:p w14:paraId="447CFDE5" w14:textId="77777777" w:rsidR="00EE40E6" w:rsidRDefault="00EE40E6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="6D0AB73B" w14:textId="77777777" w:rsidR="00B96BA4" w:rsidRDefault="00AA696D" w:rsidP="00AA696D">
       <w:pPr>
         <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00EF257B">
         <w:rPr>
           <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="16"/>
           <w:szCs w:val="16"/>
         </w:rPr>
         <w:endnoteRef/>
@@ -5857,58 +5866,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="56E93A60" w14:textId="77777777" w:rsidR="005655B4" w:rsidRDefault="005655B4">
     <w:pPr>
       <w:pStyle w:val="Pta"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="56E93A61" w14:textId="77777777" w:rsidR="00506408" w:rsidRPr="00910BEB" w:rsidRDefault="00506408" w:rsidP="00EE60CF">
     <w:pPr>
       <w:pStyle w:val="FooterDate"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="26283D7D" w14:textId="77777777" w:rsidR="00972D0A" w:rsidRDefault="00972D0A">
+    <w:p w14:paraId="72C4D240" w14:textId="77777777" w:rsidR="00EE40E6" w:rsidRDefault="00EE40E6">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="531AB140" w14:textId="77777777" w:rsidR="00972D0A" w:rsidRDefault="00972D0A">
+    <w:p w14:paraId="643668FF" w14:textId="77777777" w:rsidR="00EE40E6" w:rsidRDefault="00EE40E6">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:tbl>
     <w:tblPr>
       <w:tblW w:w="8387" w:type="dxa"/>
       <w:tblLayout w:type="fixed"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
     </w:tblPr>
     <w:tblGrid>
       <w:gridCol w:w="7135"/>
       <w:gridCol w:w="1252"/>
     </w:tblGrid>
     <w:tr w:rsidR="00E01AAA" w:rsidRPr="00EF257B" w14:paraId="56E93A5C" w14:textId="77777777" w:rsidTr="00084A0C">
@@ -10272,51 +10281,51 @@
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-BE" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="6" w:nlCheck="1" w:checkStyle="1"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-GB" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-BE" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="fr-FR" w:vendorID="64" w:dllVersion="0" w:nlCheck="1" w:checkStyle="0"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
   <w:defaultTableStyle w:val="Mriekatabuky"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="67585"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:docVars>
     <w:docVar w:name="LW_DocType" w:val="REP"/>
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00D63776"/>
     <w:rsid w:val="00000B57"/>
     <w:rsid w:val="000013CA"/>
@@ -10359,50 +10368,51 @@
     <w:rsid w:val="0007337F"/>
     <w:rsid w:val="000734DE"/>
     <w:rsid w:val="00073505"/>
     <w:rsid w:val="0007372E"/>
     <w:rsid w:val="00076EA2"/>
     <w:rsid w:val="00080D53"/>
     <w:rsid w:val="00081568"/>
     <w:rsid w:val="00082002"/>
     <w:rsid w:val="000846B0"/>
     <w:rsid w:val="00084A0C"/>
     <w:rsid w:val="000862E2"/>
     <w:rsid w:val="00086940"/>
     <w:rsid w:val="0008774C"/>
     <w:rsid w:val="000905BF"/>
     <w:rsid w:val="00090DBE"/>
     <w:rsid w:val="00091B57"/>
     <w:rsid w:val="00092123"/>
     <w:rsid w:val="00092B8D"/>
     <w:rsid w:val="00093015"/>
     <w:rsid w:val="000942F7"/>
     <w:rsid w:val="00094313"/>
     <w:rsid w:val="00095156"/>
     <w:rsid w:val="00097276"/>
     <w:rsid w:val="00097960"/>
     <w:rsid w:val="000A256B"/>
+    <w:rsid w:val="000A4072"/>
     <w:rsid w:val="000A4D04"/>
     <w:rsid w:val="000A5297"/>
     <w:rsid w:val="000A5458"/>
     <w:rsid w:val="000A5496"/>
     <w:rsid w:val="000A61A4"/>
     <w:rsid w:val="000A6B78"/>
     <w:rsid w:val="000B0EBD"/>
     <w:rsid w:val="000B11B2"/>
     <w:rsid w:val="000B4B01"/>
     <w:rsid w:val="000B538B"/>
     <w:rsid w:val="000B6149"/>
     <w:rsid w:val="000B62F1"/>
     <w:rsid w:val="000B6F98"/>
     <w:rsid w:val="000B6FE5"/>
     <w:rsid w:val="000C2E3A"/>
     <w:rsid w:val="000C302E"/>
     <w:rsid w:val="000C3FD3"/>
     <w:rsid w:val="000C5996"/>
     <w:rsid w:val="000C79D1"/>
     <w:rsid w:val="000C7A4E"/>
     <w:rsid w:val="000C7F5A"/>
     <w:rsid w:val="000D0F58"/>
     <w:rsid w:val="000D0FD8"/>
     <w:rsid w:val="000D37B6"/>
     <w:rsid w:val="000D4146"/>
@@ -10676,93 +10686,95 @@
     <w:rsid w:val="003824D5"/>
     <w:rsid w:val="003831A3"/>
     <w:rsid w:val="00385900"/>
     <w:rsid w:val="0038590F"/>
     <w:rsid w:val="00386406"/>
     <w:rsid w:val="00386FAD"/>
     <w:rsid w:val="00390C8C"/>
     <w:rsid w:val="003910F3"/>
     <w:rsid w:val="0039110A"/>
     <w:rsid w:val="00391688"/>
     <w:rsid w:val="003923BA"/>
     <w:rsid w:val="00394229"/>
     <w:rsid w:val="0039424E"/>
     <w:rsid w:val="00394BF9"/>
     <w:rsid w:val="00395003"/>
     <w:rsid w:val="00396A9C"/>
     <w:rsid w:val="00396E01"/>
     <w:rsid w:val="00397B14"/>
     <w:rsid w:val="003A2F6D"/>
     <w:rsid w:val="003A3312"/>
     <w:rsid w:val="003A37CD"/>
     <w:rsid w:val="003A4447"/>
     <w:rsid w:val="003A4FCA"/>
     <w:rsid w:val="003A5B1B"/>
     <w:rsid w:val="003A7498"/>
+    <w:rsid w:val="003B0143"/>
     <w:rsid w:val="003B1A24"/>
     <w:rsid w:val="003B1C2F"/>
     <w:rsid w:val="003B39DD"/>
     <w:rsid w:val="003B46A8"/>
     <w:rsid w:val="003B5580"/>
     <w:rsid w:val="003B6B9F"/>
     <w:rsid w:val="003B6EAA"/>
     <w:rsid w:val="003C0BCA"/>
     <w:rsid w:val="003C1440"/>
     <w:rsid w:val="003C2D83"/>
     <w:rsid w:val="003C4371"/>
     <w:rsid w:val="003C496C"/>
     <w:rsid w:val="003C5E5B"/>
     <w:rsid w:val="003C67DC"/>
     <w:rsid w:val="003C7CEB"/>
     <w:rsid w:val="003D0705"/>
     <w:rsid w:val="003D4688"/>
     <w:rsid w:val="003D6856"/>
     <w:rsid w:val="003D7C14"/>
     <w:rsid w:val="003D7EC0"/>
     <w:rsid w:val="003E1C05"/>
     <w:rsid w:val="003E1CCA"/>
     <w:rsid w:val="003E22AE"/>
     <w:rsid w:val="003E356D"/>
     <w:rsid w:val="003E4698"/>
     <w:rsid w:val="003E4EBF"/>
     <w:rsid w:val="003F1BC9"/>
     <w:rsid w:val="003F41FD"/>
     <w:rsid w:val="003F5071"/>
     <w:rsid w:val="003F7613"/>
     <w:rsid w:val="00400033"/>
     <w:rsid w:val="00400CAE"/>
     <w:rsid w:val="004010EE"/>
     <w:rsid w:val="00402406"/>
     <w:rsid w:val="004040D6"/>
     <w:rsid w:val="004113AE"/>
     <w:rsid w:val="00411576"/>
     <w:rsid w:val="00413837"/>
     <w:rsid w:val="00415654"/>
     <w:rsid w:val="00420001"/>
     <w:rsid w:val="004202FC"/>
     <w:rsid w:val="004208DA"/>
     <w:rsid w:val="00422BC5"/>
+    <w:rsid w:val="0042310F"/>
     <w:rsid w:val="00425C86"/>
     <w:rsid w:val="004268DD"/>
     <w:rsid w:val="004311BA"/>
     <w:rsid w:val="004328AD"/>
     <w:rsid w:val="00432E7C"/>
     <w:rsid w:val="00432E9A"/>
     <w:rsid w:val="0043485D"/>
     <w:rsid w:val="004354F1"/>
     <w:rsid w:val="004358D6"/>
     <w:rsid w:val="00437A77"/>
     <w:rsid w:val="0044195A"/>
     <w:rsid w:val="00442E28"/>
     <w:rsid w:val="0044503B"/>
     <w:rsid w:val="00446FD7"/>
     <w:rsid w:val="0044764C"/>
     <w:rsid w:val="0045075C"/>
     <w:rsid w:val="00454778"/>
     <w:rsid w:val="00455233"/>
     <w:rsid w:val="00456831"/>
     <w:rsid w:val="00456FC8"/>
     <w:rsid w:val="0045773E"/>
     <w:rsid w:val="00457E4B"/>
     <w:rsid w:val="00460355"/>
     <w:rsid w:val="0046086D"/>
     <w:rsid w:val="00461A0D"/>
@@ -10826,51 +10838,50 @@
     <w:rsid w:val="00506408"/>
     <w:rsid w:val="00506A90"/>
     <w:rsid w:val="00506EBE"/>
     <w:rsid w:val="00507980"/>
     <w:rsid w:val="00515E4F"/>
     <w:rsid w:val="00516478"/>
     <w:rsid w:val="005228FF"/>
     <w:rsid w:val="00522AEF"/>
     <w:rsid w:val="0052556E"/>
     <w:rsid w:val="00525767"/>
     <w:rsid w:val="005259DC"/>
     <w:rsid w:val="0052630D"/>
     <w:rsid w:val="005265A6"/>
     <w:rsid w:val="00527369"/>
     <w:rsid w:val="00535080"/>
     <w:rsid w:val="005354D8"/>
     <w:rsid w:val="00535659"/>
     <w:rsid w:val="00536EE5"/>
     <w:rsid w:val="005377CB"/>
     <w:rsid w:val="00537BF5"/>
     <w:rsid w:val="00542908"/>
     <w:rsid w:val="00544F44"/>
     <w:rsid w:val="00546165"/>
     <w:rsid w:val="005466DD"/>
     <w:rsid w:val="0054698A"/>
-    <w:rsid w:val="005500B6"/>
     <w:rsid w:val="0055026A"/>
     <w:rsid w:val="0055048B"/>
     <w:rsid w:val="00550EDA"/>
     <w:rsid w:val="00551095"/>
     <w:rsid w:val="0055434B"/>
     <w:rsid w:val="00555E26"/>
     <w:rsid w:val="00557D61"/>
     <w:rsid w:val="00562DC9"/>
     <w:rsid w:val="005655B4"/>
     <w:rsid w:val="00565A17"/>
     <w:rsid w:val="005677CD"/>
     <w:rsid w:val="00570E1C"/>
     <w:rsid w:val="00571903"/>
     <w:rsid w:val="00572343"/>
     <w:rsid w:val="00574B09"/>
     <w:rsid w:val="00576233"/>
     <w:rsid w:val="00580466"/>
     <w:rsid w:val="00582E52"/>
     <w:rsid w:val="005840D6"/>
     <w:rsid w:val="005848E1"/>
     <w:rsid w:val="00590FA1"/>
     <w:rsid w:val="005931F7"/>
     <w:rsid w:val="00593D06"/>
     <w:rsid w:val="00594309"/>
     <w:rsid w:val="00594729"/>
@@ -11215,117 +11226,116 @@
     <w:rsid w:val="0089360E"/>
     <w:rsid w:val="00893FA3"/>
     <w:rsid w:val="00894C5C"/>
     <w:rsid w:val="00897B11"/>
     <w:rsid w:val="008A0C5A"/>
     <w:rsid w:val="008A12C6"/>
     <w:rsid w:val="008A1931"/>
     <w:rsid w:val="008A3540"/>
     <w:rsid w:val="008A41E8"/>
     <w:rsid w:val="008A46E1"/>
     <w:rsid w:val="008A654F"/>
     <w:rsid w:val="008A66DE"/>
     <w:rsid w:val="008A70C2"/>
     <w:rsid w:val="008A7A45"/>
     <w:rsid w:val="008B01E3"/>
     <w:rsid w:val="008B03EC"/>
     <w:rsid w:val="008B0B29"/>
     <w:rsid w:val="008B0FCF"/>
     <w:rsid w:val="008B5B2A"/>
     <w:rsid w:val="008B6FA5"/>
     <w:rsid w:val="008B75A2"/>
     <w:rsid w:val="008B7ABA"/>
     <w:rsid w:val="008C2716"/>
     <w:rsid w:val="008C3569"/>
     <w:rsid w:val="008C6905"/>
+    <w:rsid w:val="008D280F"/>
     <w:rsid w:val="008D39EF"/>
     <w:rsid w:val="008D4337"/>
     <w:rsid w:val="008E0763"/>
     <w:rsid w:val="008E432F"/>
     <w:rsid w:val="008F2AC6"/>
     <w:rsid w:val="008F4E9D"/>
     <w:rsid w:val="008F5B44"/>
     <w:rsid w:val="008F5CB4"/>
     <w:rsid w:val="008F5E15"/>
     <w:rsid w:val="008F6473"/>
     <w:rsid w:val="008F739E"/>
     <w:rsid w:val="00900A82"/>
     <w:rsid w:val="00900C5A"/>
     <w:rsid w:val="00901387"/>
     <w:rsid w:val="00902B1C"/>
-    <w:rsid w:val="00906846"/>
     <w:rsid w:val="00907137"/>
     <w:rsid w:val="009079A9"/>
     <w:rsid w:val="009105FA"/>
     <w:rsid w:val="00910BEB"/>
     <w:rsid w:val="009114C3"/>
     <w:rsid w:val="00913949"/>
     <w:rsid w:val="00914158"/>
     <w:rsid w:val="00915045"/>
     <w:rsid w:val="0091630A"/>
     <w:rsid w:val="009166B6"/>
     <w:rsid w:val="0091696B"/>
     <w:rsid w:val="00917038"/>
     <w:rsid w:val="00920001"/>
     <w:rsid w:val="00921646"/>
     <w:rsid w:val="009241B0"/>
     <w:rsid w:val="00925BB3"/>
     <w:rsid w:val="00930553"/>
     <w:rsid w:val="00931E7A"/>
     <w:rsid w:val="009349E8"/>
     <w:rsid w:val="00934F2C"/>
     <w:rsid w:val="009356D2"/>
     <w:rsid w:val="009360ED"/>
     <w:rsid w:val="00937BA5"/>
     <w:rsid w:val="009401DD"/>
     <w:rsid w:val="0094078C"/>
     <w:rsid w:val="009411ED"/>
     <w:rsid w:val="009417EE"/>
     <w:rsid w:val="009418A3"/>
     <w:rsid w:val="00942103"/>
     <w:rsid w:val="00944DE9"/>
     <w:rsid w:val="009463FC"/>
     <w:rsid w:val="00947DE7"/>
     <w:rsid w:val="009519A8"/>
     <w:rsid w:val="0095201B"/>
     <w:rsid w:val="0095209A"/>
     <w:rsid w:val="00954FBD"/>
     <w:rsid w:val="00960648"/>
     <w:rsid w:val="00960C38"/>
     <w:rsid w:val="00960CBD"/>
     <w:rsid w:val="00961092"/>
     <w:rsid w:val="00961613"/>
     <w:rsid w:val="00961702"/>
     <w:rsid w:val="00961B4C"/>
     <w:rsid w:val="00961B90"/>
     <w:rsid w:val="00965B22"/>
     <w:rsid w:val="00965D17"/>
     <w:rsid w:val="0096616A"/>
     <w:rsid w:val="00966432"/>
     <w:rsid w:val="00967A21"/>
     <w:rsid w:val="00967BFC"/>
-    <w:rsid w:val="00972D0A"/>
     <w:rsid w:val="00972EE7"/>
     <w:rsid w:val="00973919"/>
     <w:rsid w:val="00973A58"/>
     <w:rsid w:val="00974D7E"/>
     <w:rsid w:val="00975871"/>
     <w:rsid w:val="00975998"/>
     <w:rsid w:val="009816B3"/>
     <w:rsid w:val="00981B06"/>
     <w:rsid w:val="00982B62"/>
     <w:rsid w:val="00987231"/>
     <w:rsid w:val="0098738E"/>
     <w:rsid w:val="00991496"/>
     <w:rsid w:val="00991746"/>
     <w:rsid w:val="009917CB"/>
     <w:rsid w:val="00991D27"/>
     <w:rsid w:val="009934FE"/>
     <w:rsid w:val="009960AC"/>
     <w:rsid w:val="00996304"/>
     <w:rsid w:val="00997FFC"/>
     <w:rsid w:val="009A11CE"/>
     <w:rsid w:val="009A396A"/>
     <w:rsid w:val="009A39E6"/>
     <w:rsid w:val="009A4A80"/>
     <w:rsid w:val="009A5DF6"/>
     <w:rsid w:val="009B0365"/>
@@ -11959,53 +11969,53 @@
     <w:rsid w:val="00FF0871"/>
     <w:rsid w:val="00FF0F95"/>
     <w:rsid w:val="00FF3118"/>
     <w:rsid w:val="00FF3598"/>
     <w:rsid w:val="00FF5D8C"/>
     <w:rsid w:val="00FF62A2"/>
     <w:rsid w:val="00FF66CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-GB"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="2050"/>
+    <o:shapedefaults v:ext="edit" spidmax="67585"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="2"/>
+      <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="56E939CB"/>
   <w15:docId w15:val="{3179AE58-571A-4EAD-B4A7-36A9BE322F66}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-GB" w:eastAsia="en-GB" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
@@ -16984,50 +16994,70 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <Year xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015</Year>
+    <Status xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">Internal Draft</Status>
+    <Next_x0020_date_x0020_of_x0020_delivery xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015-02-15T23:00:00+00:00</Next_x0020_date_x0020_of_x0020_delivery>
+    <Final_x0020_date_x0020_of_x0020_delivery xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">2015-03-15T23:00:00+00:00</Final_x0020_date_x0020_of_x0020_delivery>
+    <Contributors xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
+    <_Status xmlns="http://schemas.microsoft.com/sharepoint/v3/fields">Not Started</_Status>
+    <Leader_x0020__x0028_unit_x0029_ xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">A3</Leader_x0020__x0028_unit_x0029_>
+    <Working_x0020_group_x0020_REF_x0020_DOC_x0020_meeting xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
+    <Validation xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
+    <About xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">Management of National Agencies</About>
+    <Leader_x0020__x0028_staff_x0020_member_x0029_ xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb">SS</Leader_x0020__x0028_staff_x0020_member_x0029_>
+    <Other_x0020_stakeholders xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
+    <Impact_x0020_on_x0020_business_x0020_requirements_x0020_for_x0020_IT xmlns="0e52a87e-fa0e-4867-9149-5c43122db7fb" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="EC Document" ma:contentTypeID="0x010100258AA79CEB83498886A3A08681123250000EE1AE26EE081346B0126385BD9103EC" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document in this library." ma:contentTypeScope="" ma:versionID="81ddc03a3be0ad4330d9ae2f0f2a8ad3">
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="http://schemas.microsoft.com/sharepoint/v3/fields" xmlns:ns3="0e52a87e-fa0e-4867-9149-5c43122db7fb" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="8881e36d4c01c89c846e5b7509aad3a3" ns2:_="" ns3:_="">
     <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:import namespace="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns3:Year"/>
                 <xsd:element ref="ns3:Status"/>
                 <xsd:element ref="ns3:Working_x0020_group_x0020_REF_x0020_DOC_x0020_meeting" minOccurs="0"/>
                 <xsd:element ref="ns3:Next_x0020_date_x0020_of_x0020_delivery" minOccurs="0"/>
                 <xsd:element ref="ns3:Final_x0020_date_x0020_of_x0020_delivery"/>
                 <xsd:element ref="ns3:Leader_x0020__x0028_unit_x0029_"/>
                 <xsd:element ref="ns3:Leader_x0020__x0028_staff_x0020_member_x0029_"/>
                 <xsd:element ref="ns3:Contributors" minOccurs="0"/>
                 <xsd:element ref="ns3:Other_x0020_stakeholders" minOccurs="0"/>
                 <xsd:element ref="ns3:Validation" minOccurs="0"/>
                 <xsd:element ref="ns3:Impact_x0020_on_x0020_business_x0020_requirements_x0020_for_x0020_IT" minOccurs="0"/>
                 <xsd:element ref="ns2:_Status" minOccurs="0"/>
                 <xsd:element ref="ns3:About"/>
               </xsd:all>
             </xsd:complexType>
@@ -17225,136 +17255,122 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...18 lines deleted...]
-
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...2 lines deleted...]
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70374B0E-50DB-46DA-A69E-4E278AAC3007}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{EB689C96-517C-4A78-BCBA-ACDE8FBBC5BE}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="0e52a87e-fa0e-4867-9149-5c43122db7fb"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{70374B0E-50DB-46DA-A69E-4E278AAC3007}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A6856F0D-11A4-4D83-82A9-D12FFD95A384}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-[...2 lines deleted...]
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3436F8C5-574E-4853-ACC5-EA2C7D4279AD}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>REP.DOTM</Template>
+  <Template>REP</Template>
   <TotalTime></TotalTime>
   <Pages>4</Pages>
-  <Words>570</Words>
-  <Characters>3252</Characters>
+  <Words>498</Words>
+  <Characters>3324</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <PresentationFormat>Microsoft Word 11.0</PresentationFormat>
   <Lines>27</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titel</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>