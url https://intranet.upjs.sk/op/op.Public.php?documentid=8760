--- v0 (2025-10-18)
+++ v1 (2025-12-12)
@@ -7,101 +7,101 @@
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="77EBBD37" w14:textId="77777777" w:rsidR="00F609B9" w:rsidRPr="007A2E98" w:rsidRDefault="00D32213" w:rsidP="00F609B9">
       <w:pPr>
         <w:ind w:right="-993"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">PROGRAM MOBILITY </w:t>
       </w:r>
       <w:r w:rsidR="007176C0" w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>–</w:t>
       </w:r>
       <w:r w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> ŠKOLENIA</w:t>
       </w:r>
       <w:r w:rsidR="001B247F" w:rsidRPr="007A2E98">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="36"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:endnoteReference w:id="1"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="29C6E6F6" w14:textId="4C49B8AC" w:rsidR="004C7784" w:rsidRDefault="007176C0" w:rsidP="007176C0">
       <w:pPr>
         <w:spacing w:after="100"/>
         <w:ind w:right="-992"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:i/>
           <w:sz w:val="20"/>
           <w:szCs w:val="36"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2E98">
         <w:rPr>
@@ -435,51 +435,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Kategória </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="43516665" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="007A2E98" w:rsidRDefault="00F609B9" w:rsidP="00F609B9">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>zamestnanca</w:t>
             </w:r>
             <w:r w:rsidR="00377526" w:rsidRPr="007A2E98">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Odkaznavysvetlivku"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:endnoteReference w:id="2"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1701" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="24D20B48" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="007A2E98" w:rsidRDefault="00377526" w:rsidP="00A07EA6">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -487,51 +487,51 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1985" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="290793C9" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="007A2E98" w:rsidRDefault="00F609B9" w:rsidP="00A07EA6">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>Štátna príslušnosť</w:t>
             </w:r>
             <w:r w:rsidR="00377526" w:rsidRPr="007A2E98">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Odkaznavysvetlivku"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:endnoteReference w:id="3"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="22BD5C90" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="007A2E98" w:rsidRDefault="00377526" w:rsidP="00A07EA6">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
@@ -684,116 +684,116 @@
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>Školský rok</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2268" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="63EF1DEF" w14:textId="7EABCC0F" w:rsidR="00377526" w:rsidRPr="007A2E98" w:rsidRDefault="00377526" w:rsidP="00A07EA6">
+          <w:p w14:paraId="63EF1DEF" w14:textId="481CD1DA" w:rsidR="00377526" w:rsidRPr="007A2E98" w:rsidRDefault="00377526" w:rsidP="00A07EA6">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>20</w:t>
             </w:r>
             <w:r w:rsidR="00FE4992">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00C1501F">
+            <w:r w:rsidR="001B6C8A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>3</w:t>
+              <w:t>5</w:t>
             </w:r>
             <w:r w:rsidR="00FE4992" w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>/20</w:t>
             </w:r>
             <w:r w:rsidR="00FE4992">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
-            <w:r w:rsidR="00C1501F">
+            <w:r w:rsidR="001B6C8A">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>4</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00FE4992" w:rsidRPr="007A2E98" w14:paraId="3ECD158C" w14:textId="77777777" w:rsidTr="00740A7A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3085" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="578A2EAE" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="007A2E98" w:rsidRDefault="00FE4992" w:rsidP="00A07EA6">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -864,54 +864,54 @@
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Vysielajúca inštitúcia</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9039" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2232"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="2343"/>
+        <w:gridCol w:w="2220"/>
+        <w:gridCol w:w="2382"/>
+        <w:gridCol w:w="2030"/>
+        <w:gridCol w:w="2407"/>
       </w:tblGrid>
       <w:tr w:rsidR="00FE4992" w:rsidRPr="007A2E98" w14:paraId="652C1C7A" w14:textId="77777777" w:rsidTr="00D312B0">
         <w:trPr>
           <w:trHeight w:val="371"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="5A920EA3" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="007A2E98" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
@@ -1012,51 +1012,51 @@
             <w:tcW w:w="2232" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="6A1B6E33" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="007A2E98" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>Erasmus kód</w:t>
             </w:r>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Odkaznavysvetlivku"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:endnoteReference w:id="4"/>
             </w:r>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="395F7A49" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="007A2E98" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
@@ -1113,51 +1113,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>Štát/</w:t>
             </w:r>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:br/>
               <w:t>Kód štátu</w:t>
             </w:r>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Odkaznavysvetlivku"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:endnoteReference w:id="5"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="5DFAB174" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="007A2E98" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
@@ -1256,109 +1256,117 @@
           <w:p w14:paraId="277C6056" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="007A2E98" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>osoby a pozícia</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2412" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="69888E3E" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
+          <w:p w14:paraId="69888E3E" w14:textId="2BFE478E" w:rsidR="00FE4992" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0011083C">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>Mgr. Mária Vasiľová, PhD.</w:t>
+              <w:t xml:space="preserve">Mgr. </w:t>
+            </w:r>
+            <w:r w:rsidR="00033099">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+              <w:t>Valentína Švedová</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="36C5D9E8" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
+          <w:p w14:paraId="5F457D02" w14:textId="2FBDB8C6" w:rsidR="00FE4992" w:rsidRPr="00033099" w:rsidRDefault="00FE4992" w:rsidP="00033099">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t xml:space="preserve">Inštitucionálny Erasmus </w:t>
+              <w:t xml:space="preserve">Erasmus </w:t>
             </w:r>
-          </w:p>
-[...3 lines deleted...]
-              <w:jc w:val="left"/>
+            <w:r w:rsidR="00033099">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
-                <w:sz w:val="20"/>
-[...2 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>koordinátor</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2052" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="07D9ACDE" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="007A2E98" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
             <w:pPr>
               <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
               <w:spacing w:after="0"/>
               <w:ind w:right="-992"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
@@ -1380,148 +1388,158 @@
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>kontaktnej osoby</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2343" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
-          <w:p w14:paraId="7E5F0DF8" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRDefault="00C1501F" w:rsidP="00D312B0">
+          <w:p w14:paraId="7E5F0DF8" w14:textId="7F81FC8C" w:rsidR="00FE4992" w:rsidRDefault="00033099" w:rsidP="00D312B0">
             <w:pPr>
               <w:spacing w:after="0"/>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:hyperlink r:id="rId8" w:history="1">
-              <w:r w:rsidR="00FE4992" w:rsidRPr="004F0F10">
+              <w:r w:rsidRPr="00AE5018">
                 <w:rPr>
-                  <w:rStyle w:val="Hyperlink"/>
+                  <w:rStyle w:val="Hypertextovprepojenie"/>
                   <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                   <w:sz w:val="16"/>
                   <w:szCs w:val="16"/>
                   <w:lang w:val="sk-SK"/>
                 </w:rPr>
-                <w:t>maria.vasilova@upjs.sk</w:t>
+                <w:t>valentina.svedova@upjs.sk</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
-          <w:p w14:paraId="1FA7D0B7" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="007A2E98" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
+          <w:p w14:paraId="1FA7D0B7" w14:textId="151F650C" w:rsidR="00FE4992" w:rsidRPr="007A2E98" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
             <w:pPr>
               <w:ind w:right="-993"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:b/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:t>+421 55 234 1159</w:t>
+              <w:t xml:space="preserve">+421 55 234 </w:t>
+            </w:r>
+            <w:r w:rsidR="00263871">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
+                <w:color w:val="002060"/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+              <w:t>1304</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="28BC7FEF" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="007A2E98" w:rsidRDefault="00F609B9" w:rsidP="00F609B9">
       <w:pPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:ind w:right="-992"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Prijímajúca inštitúcia</w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>podnik</w:t>
       </w:r>
       <w:r w:rsidR="000840D9" w:rsidRPr="007A2E98">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:endnoteReference w:id="6"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="9050" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2234"/>
@@ -2221,98 +2239,98 @@
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
                 <w:sz w:val="16"/>
                 <w:szCs w:val="16"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>&gt;250 zamestnancov</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="586F4ECB" w14:textId="77777777" w:rsidR="00967A21" w:rsidRPr="007A2E98" w:rsidRDefault="00967A21" w:rsidP="00967A21">
       <w:pPr>
         <w:pStyle w:val="Text4"/>
         <w:pBdr>
           <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         </w:pBdr>
         <w:ind w:left="0"/>
         <w:rPr>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="412EAF4B" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="007A2E98" w:rsidRDefault="00F609B9" w:rsidP="005D75AB">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:pStyle w:val="Nadpis4"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="0"/>
         </w:numPr>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">Pokyny viď v poznámkach na str. 3   </w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:br w:type="page"/>
       </w:r>
       <w:r w:rsidR="00963E95" w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>Časť na vyplnenie PRED MOBILITOU</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="37079927" w14:textId="77777777" w:rsidR="00377526" w:rsidRPr="007A2E98" w:rsidRDefault="00963E95" w:rsidP="001414C2">
       <w:pPr>
-        <w:pStyle w:val="Heading4"/>
+        <w:pStyle w:val="Nadpis4"/>
         <w:keepNext w:val="0"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="45"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="426"/>
         </w:tabs>
         <w:ind w:hanging="1080"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
@@ -2586,57 +2604,105 @@
             <w:tcW w:w="8763" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
             <w:hideMark/>
           </w:tcPr>
           <w:p w14:paraId="5C6BCC0D" w14:textId="55377178" w:rsidR="00E84774" w:rsidRDefault="00FE4992" w:rsidP="00FE4992">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>Aktivity, ktoré sa budú realizovať:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6F61C347" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRDefault="00FE4992" w:rsidP="00FE4992">
+          <w:p w14:paraId="6F61C347" w14:textId="22530D0F" w:rsidR="00FE4992" w:rsidRDefault="001B6C8A" w:rsidP="00FE4992">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001B6C8A">
+              <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
-                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Školenie v oblasti pokročilých digitálnych zručností: Áno </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6C8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6C8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Nie </w:t>
+            </w:r>
+            <w:r w:rsidRPr="001B6C8A">
+              <w:rPr>
+                <w:rFonts w:ascii="Segoe UI Symbol" w:hAnsi="Segoe UI Symbol" w:cs="Segoe UI Symbol"/>
+                <w:bCs/>
+                <w:sz w:val="20"/>
+                <w:lang w:val="sk-SK"/>
+              </w:rPr>
+              <w:t>☐</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="378C9B38" w14:textId="77777777" w:rsidR="001B6C8A" w:rsidRPr="001B6C8A" w:rsidRDefault="001B6C8A" w:rsidP="00FE4992">
+            <w:pPr>
+              <w:spacing w:before="240" w:after="120"/>
+              <w:ind w:left="-6" w:firstLine="6"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
+                <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="58883049" w14:textId="648BA5FD" w:rsidR="00FE4992" w:rsidRPr="007A2E98" w:rsidRDefault="00FE4992" w:rsidP="00FE4992">
             <w:pPr>
               <w:spacing w:before="240" w:after="120"/>
               <w:ind w:left="-6" w:firstLine="6"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00377526" w:rsidRPr="007A2E98" w14:paraId="6376EBAC" w14:textId="77777777" w:rsidTr="007E5D32">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
@@ -2759,51 +2825,51 @@
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>ZÁVÄZOK TROCH STRÁN</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46D21B24" w14:textId="77777777" w:rsidR="00963E95" w:rsidRPr="007A2E98" w:rsidRDefault="00963E95" w:rsidP="00963E95">
       <w:pPr>
         <w:spacing w:after="120"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Podpisom</w:t>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="007A2E98">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:endnoteReference w:id="7"/>
       </w:r>
       <w:r w:rsidR="00377526" w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="007A2E98">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="20"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>tohto dokumentu zamestnanec, vysielajúca inštitúcia a prijímajúca inštitúcia/podnik potvrdzujú, že schvaľujú navrhovan</w:t>
       </w:r>
       <w:r w:rsidR="007C2207" w:rsidRPr="007A2E98">
         <w:rPr>
@@ -3107,51 +3173,51 @@
             </w:r>
           </w:p>
           <w:p w14:paraId="71AA44E3" w14:textId="77777777" w:rsidR="00A85D0A" w:rsidRPr="007A2E98" w:rsidRDefault="00963E95" w:rsidP="00963E95">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6165"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:color w:val="002060"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>Podpis:</w:t>
             </w:r>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
-                <w:rStyle w:val="EndnoteReference"/>
+                <w:rStyle w:val="Odkaznavysvetlivku"/>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:tab/>
               <w:t>Dátum:</w:t>
             </w:r>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:tab/>
             </w:r>
           </w:p>
@@ -3220,71 +3286,71 @@
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="0C515CD3" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="007A2E98" w:rsidRDefault="00FE4992" w:rsidP="00D312B0">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Vysielajúca inštitúcia/podnik </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="2862B2E4" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="00FE4992" w:rsidRDefault="00FE4992" w:rsidP="00FE4992">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4992">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Meno a priezvisko zodpovednej osoby na pracovisku zamestnanca:</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="6D759D0E" w14:textId="5300780C" w:rsidR="00FE4992" w:rsidRPr="00FE4992" w:rsidRDefault="00FE4992" w:rsidP="00FE4992">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FE4992">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:bCs/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t xml:space="preserve">Podpis: </w:t>
             </w:r>
             <w:r w:rsidRPr="00FE4992">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
@@ -3560,51 +3626,50 @@
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8823" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           </w:tcPr>
           <w:p w14:paraId="5DDB7F37" w14:textId="77777777" w:rsidR="005234BB" w:rsidRPr="007A2E98" w:rsidRDefault="005234BB" w:rsidP="005234BB">
             <w:pPr>
               <w:spacing w:before="120" w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007A2E98">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
               <w:t>Prijímajúca inštitúcia</w:t>
             </w:r>
             <w:r w:rsidR="0063297E">
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
               <w:t>/podnik</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="48AC41A3" w14:textId="77777777" w:rsidR="005234BB" w:rsidRPr="007A2E98" w:rsidRDefault="005234BB" w:rsidP="005234BB">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="3348"/>
                 <w:tab w:val="left" w:pos="6183"/>
                 <w:tab w:val="left" w:pos="6892"/>
               </w:tabs>
               <w:spacing w:after="120"/>
               <w:rPr>
                 <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
                 <w:sz w:val="20"/>
                 <w:lang w:val="sk-SK"/>
               </w:rPr>
@@ -3685,80 +3750,80 @@
           <w:b/>
           <w:color w:val="002060"/>
           <w:sz w:val="28"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00EF398E" w:rsidRPr="007A2E98" w:rsidSect="00865FC1">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:endnotePr>
         <w:numFmt w:val="decimal"/>
       </w:endnotePr>
       <w:pgSz w:w="11907" w:h="16839" w:code="9"/>
       <w:pgMar w:top="1134" w:right="1418" w:bottom="1134" w:left="1701" w:header="709" w:footer="397" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5D2DB992" w14:textId="77777777" w:rsidR="001864C8" w:rsidRDefault="001864C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="103C7867" w14:textId="77777777" w:rsidR="001864C8" w:rsidRDefault="001864C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="1">
     <w:p w14:paraId="0B7102B3" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="009A1976" w:rsidRDefault="00C75891" w:rsidP="00DF43D0">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Možné</w:t>
       </w:r>
@@ -3775,51 +3840,51 @@
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>úpravy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> :</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="0981417B" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="009A1976" w:rsidRDefault="00C75891" w:rsidP="00DF43D0">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">V </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -4029,51 +4094,51 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>aktivitám</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3EB9C4DB" w14:textId="77777777" w:rsidR="00C75891" w:rsidRDefault="00C75891" w:rsidP="00DF43D0">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">V </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
@@ -4930,76 +4995,76 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>podpisy</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="77C1CFBC" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="00DF43D0" w:rsidRDefault="00C75891" w:rsidP="00DF43D0">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:id="2">
     <w:p w14:paraId="614B58C1" w14:textId="77777777" w:rsidR="00C75891" w:rsidRDefault="00C75891" w:rsidP="00DF43D0">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Kategória</w:t>
@@ -5227,85 +5292,85 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>praxe</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2298CEE3" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="00DF43D0" w:rsidRDefault="00C75891" w:rsidP="00DF43D0">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:id="3">
     <w:p w14:paraId="5B45AE15" w14:textId="77777777" w:rsidR="00C75891" w:rsidRDefault="00C75891" w:rsidP="00DF43D0">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>Štátna</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
@@ -5575,96 +5640,96 @@
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>cestovný</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Arial"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> pas.</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1B3450BF" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="00DF43D0" w:rsidRDefault="00C75891" w:rsidP="00DF43D0">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:id="4">
     <w:p w14:paraId="60F56A88" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRDefault="00FE4992" w:rsidP="00FE4992">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">Erasmus </w:t>
@@ -6051,639 +6116,278 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t>programu</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana" w:cs="Calibri"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4204C3B0" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="00DF43D0" w:rsidRDefault="00FE4992" w:rsidP="00FE4992">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:id="5">
     <w:p w14:paraId="4BD42070" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRDefault="00FE4992" w:rsidP="00FE4992">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:b/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>Kód štátu</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">: ISO 3166-2 kódy krajín sú k dispozícii na: </w:t>
       </w:r>
-      <w:r w:rsidR="00C1501F">
-[...27 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId1" w:anchor="search" w:history="1">
+        <w:r w:rsidRPr="00DF43D0">
+          <w:rPr>
+            <w:rStyle w:val="Hypertextovprepojenie"/>
+            <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
+            <w:sz w:val="18"/>
+            <w:szCs w:val="18"/>
+            <w:lang w:val="sk-SK"/>
+          </w:rPr>
+          <w:t>https://www.iso.org/obp/ui/#search</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="23ED38F0" w14:textId="77777777" w:rsidR="00FE4992" w:rsidRPr="00DF43D0" w:rsidRDefault="00FE4992" w:rsidP="00FE4992">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
     </w:p>
   </w:endnote>
   <w:endnote w:id="6">
     <w:p w14:paraId="24ECB70B" w14:textId="77777777" w:rsidR="00046ADA" w:rsidRDefault="00C75891" w:rsidP="00DF43D0">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t>Každá</w:t>
-[...343 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>Každá verejná alebo súkromná organizácia krajiny účastniacej sa programu alebo partnerskej krajiny pôsobiaca na trhu práce alebo v oblastiach vzdelávania, odbornej prípravy a mládeže</w:t>
+      </w:r>
       <w:r w:rsidR="00046ADA">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2836F957" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="00DF43D0" w:rsidRDefault="00C75891" w:rsidP="00DF43D0">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009A1976">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:id="7">
     <w:p w14:paraId="60083800" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="00DF43D0" w:rsidRDefault="00C75891" w:rsidP="00DF43D0">
       <w:pPr>
-        <w:pStyle w:val="EndnoteText"/>
+        <w:pStyle w:val="Textvysvetlivky"/>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
-          <w:rStyle w:val="EndnoteReference"/>
+          <w:rStyle w:val="Odkaznavysvetlivku"/>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="en-GB"/>
         </w:rPr>
         <w:endnoteRef/>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">Nie je povinné preposielať dokumenty s originálnymi podpismi. Je možné akceptovať naskenované kópie podpisov alebo digitálne podpisy, v závislosti od právneho poriadku </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t>vysielajúcej krajiny (pri mobilite s partnerskými krajinami v závislosti od právneho poriadku krajiny programu)</w:t>
       </w:r>
       <w:r w:rsidRPr="00DF43D0">
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:lang w:val="sk-SK"/>
         </w:rPr>
         <w:t xml:space="preserve">Certifikáty potvrdzujúce účasť na aktivite môžu byť poskytnuté elektronicky alebo prostredníctvom iných prostriedkov dostupných zamestnancovi a vysielajúcej inštitúcii.         </w:t>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="EE"/>
     <w:family w:val="modern"/>
@@ -6739,127 +6443,134 @@
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80000287" w:usb1="2ACF3C50" w:usb2="00000016" w:usb3="00000000" w:csb0="0004001F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Mangal">
     <w:panose1 w:val="00000400000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00008003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Segoe UI Symbol">
+    <w:panose1 w:val="020B0502040204020203"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="800001E3" w:usb1="1200FFEF" w:usb2="00040000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Arial Narrow">
     <w:panose1 w:val="020B0606020202030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000800" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="EE"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="615BDDD3" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="007E2F6C" w:rsidRDefault="00C75891" w:rsidP="007E2F6C">
     <w:pPr>
       <w:pStyle w:val="FooterDate"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="9240"/>
         <w:tab w:val="right" w:pos="8789"/>
       </w:tabs>
       <w:ind w:right="-171"/>
       <w:rPr>
         <w:sz w:val="8"/>
         <w:szCs w:val="8"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="5F2E99FE" w14:textId="77777777" w:rsidR="00C75891" w:rsidRDefault="00C75891">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:pStyle w:val="Pta"/>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="19D67F6A" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="00910BEB" w:rsidRDefault="00C75891" w:rsidP="00EE60CF">
     <w:pPr>
       <w:pStyle w:val="FooterDate"/>
       <w:rPr>
         <w:rFonts w:cs="Arial"/>
         <w:sz w:val="12"/>
         <w:szCs w:val="12"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="1C7869F0" w14:textId="77777777" w:rsidR="001864C8" w:rsidRDefault="001864C8">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="4EC3000A" w14:textId="77777777" w:rsidR="001864C8" w:rsidRDefault="001864C8">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="411652AA" w14:textId="00F14686" w:rsidR="00C75891" w:rsidRPr="00495B18" w:rsidRDefault="0018261D" w:rsidP="00313403">
     <w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Arial Narrow" w:hAnsi="Arial Narrow"/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
         <w:noProof/>
         <w:sz w:val="18"/>
         <w:szCs w:val="18"/>
         <w:lang w:eastAsia="fr-FR"/>
       </w:rPr>
       <mc:AlternateContent>
         <mc:Choice Requires="wps">
           <w:drawing>
             <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657216" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="18C49FFB" wp14:editId="08DB5CD0">
               <wp:simplePos x="0" y="0"/>
               <wp:positionH relativeFrom="column">
                 <wp:posOffset>3712845</wp:posOffset>
@@ -7479,109 +7190,109 @@
               <w:sz w:val="18"/>
               <w:szCs w:val="18"/>
               <w:lang w:val="en-GB"/>
             </w:rPr>
             <w:t xml:space="preserve">       </w:t>
           </w:r>
         </w:p>
       </w:tc>
       <w:tc>
         <w:tcPr>
           <w:tcW w:w="1252" w:type="dxa"/>
         </w:tcPr>
         <w:p w14:paraId="68C906E7" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="00967BFC" w:rsidRDefault="00C75891" w:rsidP="00C05937">
           <w:pPr>
             <w:pStyle w:val="ZDGName"/>
             <w:rPr>
               <w:lang w:val="en-GB"/>
             </w:rPr>
           </w:pPr>
         </w:p>
       </w:tc>
     </w:tr>
   </w:tbl>
   <w:p w14:paraId="32E81789" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="00495B18" w:rsidRDefault="00C75891" w:rsidP="00967BFC">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Hlavika"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8306"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:right="-743"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3C88B79E" w14:textId="77777777" w:rsidR="00C75891" w:rsidRPr="00865FC1" w:rsidRDefault="00C75891" w:rsidP="00E01AAA">
     <w:pPr>
-      <w:pStyle w:val="Header"/>
+      <w:pStyle w:val="Hlavika"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:lang w:val="en-GB"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF7C"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="EA58E78E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber5"/>
+      <w:pStyle w:val="slovanzoznam5"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="FFFFFF80"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="E7A64A6A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet5"/>
+      <w:pStyle w:val="Zoznamsodrkami5"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1492"/>
         </w:tabs>
         <w:ind w:left="1492" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="00000001"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="00000001"/>
     <w:name w:val="WW8Num1"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -8374,51 +8085,51 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04100005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1B1530A4"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="8CE23BCC"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber2"/>
+      <w:pStyle w:val="slovanzoznam2"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1911"/>
         </w:tabs>
         <w:ind w:left="1911" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber2Level2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2619"/>
         </w:tabs>
         <w:ind w:left="2619" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -8725,90 +8436,90 @@
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="21A2C10E" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1F734306"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="406E0E74"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading1"/>
+      <w:pStyle w:val="Nadpis1"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="480"/>
         </w:tabs>
         <w:ind w:left="480" w:hanging="480"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading2"/>
+      <w:pStyle w:val="Nadpis2"/>
       <w:lvlText w:val="%1.%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1200"/>
         </w:tabs>
         <w:ind w:left="1200" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading3"/>
+      <w:pStyle w:val="Nadpis3"/>
       <w:lvlText w:val="%1.%2.%3."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="3">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="Heading4"/>
+      <w:pStyle w:val="Nadpis4"/>
       <w:lvlText w:val="%1.%2.%3.%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1920"/>
         </w:tabs>
         <w:ind w:left="1920" w:hanging="720"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="4">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="(%5)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1800"/>
         </w:tabs>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="5">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%6)"/>
@@ -8842,51 +8553,51 @@
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="22DD3599"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4EAA5BA6"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber"/>
+      <w:pStyle w:val="slovanzoznam"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="709"/>
         </w:tabs>
         <w:ind w:left="709" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumberLevel2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1417"/>
         </w:tabs>
         <w:ind w:left="1417" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -9075,51 +8786,51 @@
     <w:tmpl w:val="A4DC141A"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListBullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="765"/>
         </w:tabs>
         <w:ind w:left="765" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2CAB4527"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="26C24C12"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber3"/>
+      <w:pStyle w:val="slovanzoznam3"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1911"/>
         </w:tabs>
         <w:ind w:left="1911" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber3Level2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2619"/>
         </w:tabs>
         <w:ind w:left="2619" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -9565,72 +9276,72 @@
           <w:tab w:val="num" w:pos="2880"/>
         </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="3240"/>
         </w:tabs>
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3AFB6DC8"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D97CFDF8"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet2"/>
+      <w:pStyle w:val="Zoznamsodrkami2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1485"/>
         </w:tabs>
         <w:ind w:left="1485" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3CF00E18"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="4E1A982C"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet"/>
+      <w:pStyle w:val="Zoznamsodrkami"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="283"/>
         </w:tabs>
         <w:ind w:left="283" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="41AF1523"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="38103490"/>
     <w:lvl w:ilvl="0" w:tplc="7D98C546">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="List51"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
@@ -10736,93 +10447,93 @@
     <w:tmpl w:val="3D5ECD48"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="ListDash1"/>
       <w:lvlText w:val="–"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="765"/>
         </w:tabs>
         <w:ind w:left="765" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="42" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="620F2440"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="6860A420"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet3"/>
+      <w:pStyle w:val="Zoznamsodrkami3"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1485"/>
         </w:tabs>
         <w:ind w:left="1485" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="43" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6DF118C0"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="B90C8B88"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
-      <w:pStyle w:val="ListBullet4"/>
+      <w:pStyle w:val="Zoznamsodrkami4"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1485"/>
         </w:tabs>
         <w:ind w:left="1485" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="44" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="722304D7"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="9DE2758E"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="ListNumber4"/>
+      <w:pStyle w:val="slovanzoznam4"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1911"/>
         </w:tabs>
         <w:ind w:left="1911" w:hanging="709"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:pStyle w:val="ListNumber4Level2"/>
       <w:lvlText w:val="(%2)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="2619"/>
         </w:tabs>
         <w:ind w:left="2619" w:hanging="708"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
@@ -11174,60 +10885,60 @@
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="6">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="7">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="479270092">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="992099910">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="294215057">
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="32"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:hideSpellingErrors/>
   <w:hideGrammaticalErrors/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:attachedTemplate r:id="rId1"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:hyphenationZone w:val="425"/>
-  <w:defaultTableStyle w:val="TableGrid"/>
+  <w:defaultTableStyle w:val="Mriekatabuky"/>
   <w:drawingGridHorizontalSpacing w:val="120"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:numFmt w:val="decimal"/>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
@@ -11236,50 +10947,51 @@
   </w:docVars>
   <w:rsids>
     <w:rsidRoot w:val="00D63776"/>
     <w:rsid w:val="00000B57"/>
     <w:rsid w:val="000013CA"/>
     <w:rsid w:val="00001B8A"/>
     <w:rsid w:val="0000451C"/>
     <w:rsid w:val="00006F9A"/>
     <w:rsid w:val="000078D2"/>
     <w:rsid w:val="000100FE"/>
     <w:rsid w:val="00012209"/>
     <w:rsid w:val="00012BD6"/>
     <w:rsid w:val="000130A9"/>
     <w:rsid w:val="00014383"/>
     <w:rsid w:val="00014945"/>
     <w:rsid w:val="00014C4D"/>
     <w:rsid w:val="000156E3"/>
     <w:rsid w:val="00015B0A"/>
     <w:rsid w:val="000175AD"/>
     <w:rsid w:val="00025A01"/>
     <w:rsid w:val="00030154"/>
     <w:rsid w:val="00030B0F"/>
     <w:rsid w:val="00030D4D"/>
     <w:rsid w:val="00031BF4"/>
     <w:rsid w:val="000322B4"/>
+    <w:rsid w:val="00033099"/>
     <w:rsid w:val="00034846"/>
     <w:rsid w:val="00035B93"/>
     <w:rsid w:val="000420DD"/>
     <w:rsid w:val="0004347D"/>
     <w:rsid w:val="00043DA6"/>
     <w:rsid w:val="00043E64"/>
     <w:rsid w:val="00044ED6"/>
     <w:rsid w:val="00046ADA"/>
     <w:rsid w:val="00046C79"/>
     <w:rsid w:val="000500F2"/>
     <w:rsid w:val="00050692"/>
     <w:rsid w:val="00052009"/>
     <w:rsid w:val="000566D0"/>
     <w:rsid w:val="000605C0"/>
     <w:rsid w:val="00060AB1"/>
     <w:rsid w:val="000624B2"/>
     <w:rsid w:val="00062E29"/>
     <w:rsid w:val="00065654"/>
     <w:rsid w:val="0006630B"/>
     <w:rsid w:val="00071695"/>
     <w:rsid w:val="0007337F"/>
     <w:rsid w:val="000734DE"/>
     <w:rsid w:val="00073505"/>
     <w:rsid w:val="0007372E"/>
     <w:rsid w:val="00076EA2"/>
@@ -11403,50 +11115,51 @@
     <w:rsid w:val="0018661B"/>
     <w:rsid w:val="001901AA"/>
     <w:rsid w:val="001903D7"/>
     <w:rsid w:val="0019175E"/>
     <w:rsid w:val="00196A96"/>
     <w:rsid w:val="00197969"/>
     <w:rsid w:val="001A0ABB"/>
     <w:rsid w:val="001A160E"/>
     <w:rsid w:val="001A1A67"/>
     <w:rsid w:val="001A1F7E"/>
     <w:rsid w:val="001A3654"/>
     <w:rsid w:val="001A3C8E"/>
     <w:rsid w:val="001A4F87"/>
     <w:rsid w:val="001A535F"/>
     <w:rsid w:val="001A687E"/>
     <w:rsid w:val="001A7671"/>
     <w:rsid w:val="001A7876"/>
     <w:rsid w:val="001A7D93"/>
     <w:rsid w:val="001B0BB8"/>
     <w:rsid w:val="001B1D29"/>
     <w:rsid w:val="001B2370"/>
     <w:rsid w:val="001B247F"/>
     <w:rsid w:val="001B3E0C"/>
     <w:rsid w:val="001B4291"/>
     <w:rsid w:val="001B438C"/>
+    <w:rsid w:val="001B6C8A"/>
     <w:rsid w:val="001C13EE"/>
     <w:rsid w:val="001C4019"/>
     <w:rsid w:val="001C4572"/>
     <w:rsid w:val="001C6092"/>
     <w:rsid w:val="001D3295"/>
     <w:rsid w:val="001D5524"/>
     <w:rsid w:val="001D56D5"/>
     <w:rsid w:val="001D5AAB"/>
     <w:rsid w:val="001E0A7F"/>
     <w:rsid w:val="001E0F6A"/>
     <w:rsid w:val="001E13D3"/>
     <w:rsid w:val="001E6D64"/>
     <w:rsid w:val="001E7693"/>
     <w:rsid w:val="001F3752"/>
     <w:rsid w:val="001F4CB2"/>
     <w:rsid w:val="001F59C5"/>
     <w:rsid w:val="001F6040"/>
     <w:rsid w:val="001F6A51"/>
     <w:rsid w:val="001F7077"/>
     <w:rsid w:val="00200B0B"/>
     <w:rsid w:val="002067A1"/>
     <w:rsid w:val="002104BD"/>
     <w:rsid w:val="002115B6"/>
     <w:rsid w:val="0021201F"/>
     <w:rsid w:val="00213AD3"/>
@@ -11459,50 +11172,51 @@
     <w:rsid w:val="0022619D"/>
     <w:rsid w:val="00226AF8"/>
     <w:rsid w:val="002270FF"/>
     <w:rsid w:val="0022740E"/>
     <w:rsid w:val="0022745E"/>
     <w:rsid w:val="00230F50"/>
     <w:rsid w:val="00233738"/>
     <w:rsid w:val="0023464A"/>
     <w:rsid w:val="00234AFB"/>
     <w:rsid w:val="00235F01"/>
     <w:rsid w:val="002367E6"/>
     <w:rsid w:val="00237378"/>
     <w:rsid w:val="0024301D"/>
     <w:rsid w:val="00244CF4"/>
     <w:rsid w:val="0024577B"/>
     <w:rsid w:val="0024637F"/>
     <w:rsid w:val="00247002"/>
     <w:rsid w:val="00251021"/>
     <w:rsid w:val="00251C53"/>
     <w:rsid w:val="00255678"/>
     <w:rsid w:val="00255C91"/>
     <w:rsid w:val="002570D4"/>
     <w:rsid w:val="00260F2A"/>
     <w:rsid w:val="00261147"/>
     <w:rsid w:val="00262F89"/>
+    <w:rsid w:val="00263871"/>
     <w:rsid w:val="00266ED9"/>
     <w:rsid w:val="0026795B"/>
     <w:rsid w:val="00271299"/>
     <w:rsid w:val="00271FDB"/>
     <w:rsid w:val="00272732"/>
     <w:rsid w:val="00275E00"/>
     <w:rsid w:val="0027654E"/>
     <w:rsid w:val="0027658C"/>
     <w:rsid w:val="00277A20"/>
     <w:rsid w:val="002800E4"/>
     <w:rsid w:val="00282256"/>
     <w:rsid w:val="00284E56"/>
     <w:rsid w:val="00285534"/>
     <w:rsid w:val="002877DD"/>
     <w:rsid w:val="0029059C"/>
     <w:rsid w:val="00291118"/>
     <w:rsid w:val="002920EB"/>
     <w:rsid w:val="00293F9F"/>
     <w:rsid w:val="002952D3"/>
     <w:rsid w:val="002A0192"/>
     <w:rsid w:val="002A35F3"/>
     <w:rsid w:val="002A3EE7"/>
     <w:rsid w:val="002A4B4F"/>
     <w:rsid w:val="002A4B5C"/>
     <w:rsid w:val="002A4BFD"/>
@@ -12050,50 +11764,51 @@
     <w:rsid w:val="007A6012"/>
     <w:rsid w:val="007A759F"/>
     <w:rsid w:val="007A772C"/>
     <w:rsid w:val="007A7994"/>
     <w:rsid w:val="007B0225"/>
     <w:rsid w:val="007B134E"/>
     <w:rsid w:val="007B1B7D"/>
     <w:rsid w:val="007B293E"/>
     <w:rsid w:val="007B3F1B"/>
     <w:rsid w:val="007B4067"/>
     <w:rsid w:val="007B4529"/>
     <w:rsid w:val="007B6E09"/>
     <w:rsid w:val="007B7774"/>
     <w:rsid w:val="007B7CE2"/>
     <w:rsid w:val="007C04EE"/>
     <w:rsid w:val="007C0ACB"/>
     <w:rsid w:val="007C0FDD"/>
     <w:rsid w:val="007C1669"/>
     <w:rsid w:val="007C2207"/>
     <w:rsid w:val="007C2B15"/>
     <w:rsid w:val="007C3B41"/>
     <w:rsid w:val="007C3EF9"/>
     <w:rsid w:val="007D0129"/>
     <w:rsid w:val="007D4427"/>
     <w:rsid w:val="007D46C5"/>
+    <w:rsid w:val="007D4BF5"/>
     <w:rsid w:val="007D4F1B"/>
     <w:rsid w:val="007D5385"/>
     <w:rsid w:val="007D6641"/>
     <w:rsid w:val="007D669D"/>
     <w:rsid w:val="007D69C4"/>
     <w:rsid w:val="007D78D3"/>
     <w:rsid w:val="007E0B89"/>
     <w:rsid w:val="007E1AA2"/>
     <w:rsid w:val="007E293D"/>
     <w:rsid w:val="007E2F6C"/>
     <w:rsid w:val="007E347D"/>
     <w:rsid w:val="007E35FC"/>
     <w:rsid w:val="007E4B17"/>
     <w:rsid w:val="007E5D32"/>
     <w:rsid w:val="007E7290"/>
     <w:rsid w:val="007F0F8D"/>
     <w:rsid w:val="007F183D"/>
     <w:rsid w:val="007F2282"/>
     <w:rsid w:val="007F5E06"/>
     <w:rsid w:val="007F754C"/>
     <w:rsid w:val="007F7B4F"/>
     <w:rsid w:val="007F7D2A"/>
     <w:rsid w:val="00800CC5"/>
     <w:rsid w:val="008019C5"/>
     <w:rsid w:val="00801E9A"/>
@@ -12153,50 +11868,51 @@
     <w:rsid w:val="008911C0"/>
     <w:rsid w:val="00892062"/>
     <w:rsid w:val="0089360E"/>
     <w:rsid w:val="00893FA3"/>
     <w:rsid w:val="00894C5C"/>
     <w:rsid w:val="00897B11"/>
     <w:rsid w:val="008A12C6"/>
     <w:rsid w:val="008A1931"/>
     <w:rsid w:val="008A3540"/>
     <w:rsid w:val="008A41E8"/>
     <w:rsid w:val="008A46E1"/>
     <w:rsid w:val="008A654F"/>
     <w:rsid w:val="008A66DE"/>
     <w:rsid w:val="008A70C2"/>
     <w:rsid w:val="008A7A45"/>
     <w:rsid w:val="008B01E3"/>
     <w:rsid w:val="008B03EC"/>
     <w:rsid w:val="008B0B29"/>
     <w:rsid w:val="008B0FCF"/>
     <w:rsid w:val="008B5B2A"/>
     <w:rsid w:val="008B6FA5"/>
     <w:rsid w:val="008B75A2"/>
     <w:rsid w:val="008B7ABA"/>
     <w:rsid w:val="008C2716"/>
     <w:rsid w:val="008C6905"/>
+    <w:rsid w:val="008D280F"/>
     <w:rsid w:val="008D39EF"/>
     <w:rsid w:val="008D4337"/>
     <w:rsid w:val="008D7C7B"/>
     <w:rsid w:val="008E0763"/>
     <w:rsid w:val="008E432F"/>
     <w:rsid w:val="008F2AC6"/>
     <w:rsid w:val="008F4E9D"/>
     <w:rsid w:val="008F5B44"/>
     <w:rsid w:val="008F5CB4"/>
     <w:rsid w:val="008F5E15"/>
     <w:rsid w:val="008F6473"/>
     <w:rsid w:val="008F67B7"/>
     <w:rsid w:val="008F739E"/>
     <w:rsid w:val="00900A82"/>
     <w:rsid w:val="00900C5A"/>
     <w:rsid w:val="00901387"/>
     <w:rsid w:val="00902B1C"/>
     <w:rsid w:val="00907137"/>
     <w:rsid w:val="009079A9"/>
     <w:rsid w:val="009105FA"/>
     <w:rsid w:val="00910BEB"/>
     <w:rsid w:val="009114C3"/>
     <w:rsid w:val="00913949"/>
     <w:rsid w:val="00914158"/>
     <w:rsid w:val="00915045"/>
@@ -12395,50 +12111,51 @@
     <w:rsid w:val="00AD3694"/>
     <w:rsid w:val="00AD394A"/>
     <w:rsid w:val="00AD4D4B"/>
     <w:rsid w:val="00AD4D51"/>
     <w:rsid w:val="00AD66BB"/>
     <w:rsid w:val="00AD754C"/>
     <w:rsid w:val="00AE07EA"/>
     <w:rsid w:val="00AE0ECF"/>
     <w:rsid w:val="00AE2EE2"/>
     <w:rsid w:val="00AE4B27"/>
     <w:rsid w:val="00AE7B1F"/>
     <w:rsid w:val="00AF1AC7"/>
     <w:rsid w:val="00AF2293"/>
     <w:rsid w:val="00AF484B"/>
     <w:rsid w:val="00AF57BF"/>
     <w:rsid w:val="00AF5D92"/>
     <w:rsid w:val="00B03101"/>
     <w:rsid w:val="00B036A7"/>
     <w:rsid w:val="00B0513D"/>
     <w:rsid w:val="00B063DF"/>
     <w:rsid w:val="00B10CCA"/>
     <w:rsid w:val="00B1101E"/>
     <w:rsid w:val="00B1239C"/>
     <w:rsid w:val="00B12480"/>
     <w:rsid w:val="00B1257C"/>
+    <w:rsid w:val="00B13306"/>
     <w:rsid w:val="00B13BA9"/>
     <w:rsid w:val="00B14FCB"/>
     <w:rsid w:val="00B15429"/>
     <w:rsid w:val="00B1769E"/>
     <w:rsid w:val="00B21726"/>
     <w:rsid w:val="00B21E08"/>
     <w:rsid w:val="00B24354"/>
     <w:rsid w:val="00B24D10"/>
     <w:rsid w:val="00B251DF"/>
     <w:rsid w:val="00B27759"/>
     <w:rsid w:val="00B31214"/>
     <w:rsid w:val="00B31C27"/>
     <w:rsid w:val="00B37B6A"/>
     <w:rsid w:val="00B4050A"/>
     <w:rsid w:val="00B40DFB"/>
     <w:rsid w:val="00B418E9"/>
     <w:rsid w:val="00B422F5"/>
     <w:rsid w:val="00B425C0"/>
     <w:rsid w:val="00B444A2"/>
     <w:rsid w:val="00B47FF2"/>
     <w:rsid w:val="00B51966"/>
     <w:rsid w:val="00B53C89"/>
     <w:rsid w:val="00B55BA4"/>
     <w:rsid w:val="00B605D8"/>
     <w:rsid w:val="00B6179F"/>
@@ -12852,50 +12569,51 @@
     <w:rsid w:val="00F33240"/>
     <w:rsid w:val="00F33743"/>
     <w:rsid w:val="00F35DDE"/>
     <w:rsid w:val="00F42090"/>
     <w:rsid w:val="00F45029"/>
     <w:rsid w:val="00F47C8D"/>
     <w:rsid w:val="00F50463"/>
     <w:rsid w:val="00F5472D"/>
     <w:rsid w:val="00F54C1B"/>
     <w:rsid w:val="00F55526"/>
     <w:rsid w:val="00F56B51"/>
     <w:rsid w:val="00F6032D"/>
     <w:rsid w:val="00F609B9"/>
     <w:rsid w:val="00F61696"/>
     <w:rsid w:val="00F62D7B"/>
     <w:rsid w:val="00F644F5"/>
     <w:rsid w:val="00F6613D"/>
     <w:rsid w:val="00F66C29"/>
     <w:rsid w:val="00F66FA2"/>
     <w:rsid w:val="00F67E14"/>
     <w:rsid w:val="00F70505"/>
     <w:rsid w:val="00F70FCA"/>
     <w:rsid w:val="00F71C4A"/>
     <w:rsid w:val="00F71F55"/>
     <w:rsid w:val="00F743D4"/>
+    <w:rsid w:val="00F76331"/>
     <w:rsid w:val="00F80249"/>
     <w:rsid w:val="00F804A3"/>
     <w:rsid w:val="00F81715"/>
     <w:rsid w:val="00F823D2"/>
     <w:rsid w:val="00F82BC3"/>
     <w:rsid w:val="00F84532"/>
     <w:rsid w:val="00F86698"/>
     <w:rsid w:val="00F86700"/>
     <w:rsid w:val="00F87443"/>
     <w:rsid w:val="00F8782D"/>
     <w:rsid w:val="00F90ED7"/>
     <w:rsid w:val="00F92460"/>
     <w:rsid w:val="00F929C1"/>
     <w:rsid w:val="00F97CFF"/>
     <w:rsid w:val="00FA1EB3"/>
     <w:rsid w:val="00FA5173"/>
     <w:rsid w:val="00FA648C"/>
     <w:rsid w:val="00FA7449"/>
     <w:rsid w:val="00FB0346"/>
     <w:rsid w:val="00FB4C49"/>
     <w:rsid w:val="00FB790A"/>
     <w:rsid w:val="00FC00EA"/>
     <w:rsid w:val="00FC69B2"/>
     <w:rsid w:val="00FC78C2"/>
     <w:rsid w:val="00FD14AF"/>
@@ -12915,59 +12633,59 @@
     <w:rsid w:val="00FF5D8C"/>
     <w:rsid w:val="00FF62A2"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="sk-SK"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="247C58FD"/>
   <w15:docId w15:val="{545372A1-B292-4BC1-8A38-B379200BCA52}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="sk-SK" w:eastAsia="sk-SK" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -13299,1337 +13017,1337 @@
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
-  <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
+  <w:style w:type="paragraph" w:default="1" w:styleId="Normlny">
     <w:name w:val="Normal"/>
     <w:rsid w:val="005A1D32"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading1">
+  <w:style w:type="paragraph" w:styleId="Nadpis1">
     <w:name w:val="heading 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Text1"/>
     <w:qFormat/>
     <w:rsid w:val="00BF6AA3"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:spacing w:before="240"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading2">
+  <w:style w:type="paragraph" w:styleId="Nadpis2">
     <w:name w:val="heading 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Text2"/>
     <w:qFormat/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading3">
+  <w:style w:type="paragraph" w:styleId="Nadpis3">
     <w:name w:val="heading 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Text3"/>
-    <w:link w:val="Heading3Char"/>
+    <w:link w:val="Nadpis3Char"/>
     <w:qFormat/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading4">
+  <w:style w:type="paragraph" w:styleId="Nadpis4">
     <w:name w:val="heading 4"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Text4"/>
     <w:qFormat/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext/>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading5">
+  <w:style w:type="paragraph" w:styleId="Nadpis5">
     <w:name w:val="heading 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading6">
+  <w:style w:type="paragraph" w:styleId="Nadpis6">
     <w:name w:val="heading 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading7">
+  <w:style w:type="paragraph" w:styleId="Nadpis7">
     <w:name w:val="heading 7"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading8">
+  <w:style w:type="paragraph" w:styleId="Nadpis8">
     <w:name w:val="heading 8"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Heading9">
+  <w:style w:type="paragraph" w:styleId="Nadpis9">
     <w:name w:val="heading 9"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="0"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:i/>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
+  <w:style w:type="character" w:default="1" w:styleId="Predvolenpsmoodseku">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:default="1" w:styleId="TableNormal">
+  <w:style w:type="table" w:default="1" w:styleId="Normlnatabuka">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:default="1" w:styleId="NoList">
+  <w:style w:type="numbering" w:default="1" w:styleId="Bezzoznamu">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text1">
     <w:name w:val="Text 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="482"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text2">
     <w:name w:val="Text 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2302"/>
       </w:tabs>
       <w:ind w:left="1202"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text3">
     <w:name w:val="Text 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2302"/>
       </w:tabs>
       <w:ind w:left="1202"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Text4">
     <w:name w:val="Text 4"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="2302"/>
       </w:tabs>
       <w:ind w:left="1202"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Address">
     <w:name w:val="Address"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AddressTL">
     <w:name w:val="AddressTL"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="720"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="AddressTR">
     <w:name w:val="AddressTR"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="720"/>
       <w:ind w:left="5103"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BlockText">
+  <w:style w:type="paragraph" w:styleId="Oznaitext">
     <w:name w:val="Block Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1440" w:right="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText">
+  <w:style w:type="paragraph" w:styleId="Zkladntext">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText2">
+  <w:style w:type="paragraph" w:styleId="Zkladntext2">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyText3">
+  <w:style w:type="paragraph" w:styleId="Zkladntext3">
     <w:name w:val="Body Text 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent">
+  <w:style w:type="paragraph" w:styleId="Prvzarkazkladnhotextu">
     <w:name w:val="Body Text First Indent"/>
-    <w:basedOn w:val="BodyText"/>
+    <w:basedOn w:val="Zkladntext"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent">
+  <w:style w:type="paragraph" w:styleId="Zarkazkladnhotextu">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextFirstIndent2">
+  <w:style w:type="paragraph" w:styleId="Prvzarkazkladnhotextu2">
     <w:name w:val="Body Text First Indent 2"/>
-    <w:basedOn w:val="BodyTextIndent"/>
+    <w:basedOn w:val="Zarkazkladnhotextu"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:firstLine="210"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+  <w:style w:type="paragraph" w:styleId="Zarkazkladnhotextu2">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BodyTextIndent3">
+  <w:style w:type="paragraph" w:styleId="Zarkazkladnhotextu3">
     <w:name w:val="Body Text Indent 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Caption">
+  <w:style w:type="paragraph" w:styleId="Popis">
     <w:name w:val="caption"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ChapterTitle">
     <w:name w:val="ChapterTitle"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="SectionTitle"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SectionTitle">
     <w:name w:val="SectionTitle"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Heading1"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Nadpis1"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Closing">
+  <w:style w:type="paragraph" w:styleId="Zver">
     <w:name w:val="Closing"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="4252"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentText">
+  <w:style w:type="paragraph" w:styleId="Textkomentra">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="CommentTextChar"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="TextkomentraChar"/>
     <w:rsid w:val="00F5472D"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Date">
+  <w:style w:type="paragraph" w:styleId="Dtum">
     <w:name w:val="Date"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="References"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="5103" w:right="-567"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="References">
     <w:name w:val="References"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="AddressTR"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="5103"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="DocumentMap">
+  <w:style w:type="paragraph" w:styleId="truktradokumentu">
     <w:name w:val="Document Map"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:shd w:val="clear" w:color="auto" w:fill="000080"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DoubSign">
     <w:name w:val="DoubSign"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Enclosures"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5103"/>
       </w:tabs>
       <w:spacing w:before="1200" w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Enclosures">
     <w:name w:val="Enclosures"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:tabs>
         <w:tab w:val="left" w:pos="5642"/>
       </w:tabs>
       <w:spacing w:before="480" w:after="0"/>
       <w:ind w:left="1191" w:hanging="1191"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EndnoteText">
+  <w:style w:type="paragraph" w:styleId="Textvysvetlivky">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="EndnoteTextChar"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="TextvysvetlivkyChar"/>
     <w:rsid w:val="00F5472D"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EnvelopeAddress">
+  <w:style w:type="paragraph" w:styleId="Adresanaoblke">
     <w:name w:val="envelope address"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:framePr w:w="7920" w:h="1980" w:hRule="exact" w:hSpace="180" w:wrap="auto" w:hAnchor="page" w:xAlign="center" w:yAlign="bottom"/>
       <w:spacing w:after="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="EnvelopeReturn">
+  <w:style w:type="paragraph" w:styleId="Spiatonadresanaoblke">
     <w:name w:val="envelope return"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Footer">
+  <w:style w:type="paragraph" w:styleId="Pta">
     <w:name w:val="footer"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="FooterChar"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="PtaChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:right="-567"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="FootnoteText">
+  <w:style w:type="paragraph" w:styleId="Textpoznmkypodiarou">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="357" w:hanging="357"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Header">
+  <w:style w:type="paragraph" w:styleId="Hlavika">
     <w:name w:val="header"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="HeaderChar"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="HlavikaChar"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4153"/>
         <w:tab w:val="right" w:pos="8306"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index1">
+  <w:style w:type="paragraph" w:styleId="Register1">
     <w:name w:val="index 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index2">
+  <w:style w:type="paragraph" w:styleId="Register2">
     <w:name w:val="index 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index3">
+  <w:style w:type="paragraph" w:styleId="Register3">
     <w:name w:val="index 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="720" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index4">
+  <w:style w:type="paragraph" w:styleId="Register4">
     <w:name w:val="index 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="960" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index5">
+  <w:style w:type="paragraph" w:styleId="Register5">
     <w:name w:val="index 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="1200" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index6">
+  <w:style w:type="paragraph" w:styleId="Register6">
     <w:name w:val="index 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="1440" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index7">
+  <w:style w:type="paragraph" w:styleId="Register7">
     <w:name w:val="index 7"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="1680" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index8">
+  <w:style w:type="paragraph" w:styleId="Register8">
     <w:name w:val="index 8"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="1920" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Index9">
+  <w:style w:type="paragraph" w:styleId="Register9">
     <w:name w:val="index 9"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="2160" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="IndexHeading">
+  <w:style w:type="paragraph" w:styleId="Nadpisregistra">
     <w:name w:val="index heading"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Index1"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Register1"/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List">
+  <w:style w:type="paragraph" w:styleId="Zoznam">
     <w:name w:val="List"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="283" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List2">
+  <w:style w:type="paragraph" w:styleId="Zoznam2">
     <w:name w:val="List 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="566" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List3">
+  <w:style w:type="paragraph" w:styleId="Zoznam3">
     <w:name w:val="List 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="849" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List4">
+  <w:style w:type="paragraph" w:styleId="Zoznam4">
     <w:name w:val="List 4"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="1132" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="List5">
+  <w:style w:type="paragraph" w:styleId="Zoznam5">
     <w:name w:val="List 5"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="1415" w:hanging="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet">
+  <w:style w:type="paragraph" w:styleId="Zoznamsodrkami">
     <w:name w:val="List Bullet"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="4"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet2">
+  <w:style w:type="paragraph" w:styleId="Zoznamsodrkami2">
     <w:name w:val="List Bullet 2"/>
     <w:basedOn w:val="Text2"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet3">
+  <w:style w:type="paragraph" w:styleId="Zoznamsodrkami3">
     <w:name w:val="List Bullet 3"/>
     <w:basedOn w:val="Text3"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="7"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet4">
+  <w:style w:type="paragraph" w:styleId="Zoznamsodrkami4">
     <w:name w:val="List Bullet 4"/>
     <w:basedOn w:val="Text4"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="8"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListBullet5">
+  <w:style w:type="paragraph" w:styleId="Zoznamsodrkami5">
     <w:name w:val="List Bullet 5"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:autoRedefine/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue">
+  <w:style w:type="paragraph" w:styleId="Pokraovaniezoznamu">
     <w:name w:val="List Continue"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="283"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue2">
+  <w:style w:type="paragraph" w:styleId="Pokraovaniezoznamu2">
     <w:name w:val="List Continue 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="566"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue3">
+  <w:style w:type="paragraph" w:styleId="Pokraovaniezoznamu3">
     <w:name w:val="List Continue 3"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="849"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue4">
+  <w:style w:type="paragraph" w:styleId="Pokraovaniezoznamu4">
     <w:name w:val="List Continue 4"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1132"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListContinue5">
+  <w:style w:type="paragraph" w:styleId="Pokraovaniezoznamu5">
     <w:name w:val="List Continue 5"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="120"/>
       <w:ind w:left="1415"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber">
+  <w:style w:type="paragraph" w:styleId="slovanzoznam">
     <w:name w:val="List Number"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber2">
+  <w:style w:type="paragraph" w:styleId="slovanzoznam2">
     <w:name w:val="List Number 2"/>
     <w:basedOn w:val="Text2"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="16"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber3">
+  <w:style w:type="paragraph" w:styleId="slovanzoznam3">
     <w:name w:val="List Number 3"/>
     <w:basedOn w:val="Text3"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="17"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber4">
+  <w:style w:type="paragraph" w:styleId="slovanzoznam4">
     <w:name w:val="List Number 4"/>
     <w:basedOn w:val="Text4"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListNumber5">
+  <w:style w:type="paragraph" w:styleId="slovanzoznam5">
     <w:name w:val="List Number 5"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MacroText">
+  <w:style w:type="paragraph" w:styleId="Textmakra">
     <w:name w:val="macro"/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="480"/>
         <w:tab w:val="left" w:pos="960"/>
         <w:tab w:val="left" w:pos="1440"/>
         <w:tab w:val="left" w:pos="1920"/>
         <w:tab w:val="left" w:pos="2400"/>
         <w:tab w:val="left" w:pos="2880"/>
         <w:tab w:val="left" w:pos="3360"/>
         <w:tab w:val="left" w:pos="3840"/>
         <w:tab w:val="left" w:pos="4320"/>
       </w:tabs>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:lang w:val="en-GB" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="MessageHeader">
+  <w:style w:type="paragraph" w:styleId="Hlavikasprvy">
     <w:name w:val="Message Header"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:pBdr>
         <w:top w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:left w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:bottom w:val="single" w:sz="6" w:space="1" w:color="auto"/>
         <w:right w:val="single" w:sz="6" w:space="1" w:color="auto"/>
       </w:pBdr>
       <w:shd w:val="pct20" w:color="auto" w:fill="auto"/>
       <w:ind w:left="1134" w:hanging="1134"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NormalIndent">
+  <w:style w:type="paragraph" w:styleId="Normlnysozarkami">
     <w:name w:val="Normal Indent"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="NormalIndentChar"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="NormlnysozarkamiChar"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="NoteHeading">
+  <w:style w:type="paragraph" w:styleId="Nadpispoznmky">
     <w:name w:val="Note Heading"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoteHead">
     <w:name w:val="NoteHead"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Subject"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:before="720" w:after="720"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Subject">
     <w:name w:val="Subject"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:ind w:left="1531" w:hanging="1531"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NoteList">
     <w:name w:val="NoteList"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Subject"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5823"/>
       </w:tabs>
       <w:spacing w:before="720" w:after="720"/>
       <w:ind w:left="5104" w:hanging="3119"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:smallCaps/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar1">
     <w:name w:val="NumPar 1"/>
-    <w:basedOn w:val="Heading1"/>
+    <w:basedOn w:val="Nadpis1"/>
     <w:next w:val="Text1"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:spacing w:before="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:smallCaps w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar2">
     <w:name w:val="NumPar 2"/>
-    <w:basedOn w:val="Heading2"/>
+    <w:basedOn w:val="Nadpis2"/>
     <w:next w:val="Text2"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar3">
     <w:name w:val="NumPar 3"/>
-    <w:basedOn w:val="Heading3"/>
+    <w:basedOn w:val="Nadpis3"/>
     <w:next w:val="Text3"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:i w:val="0"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="NumPar4">
     <w:name w:val="NumPar 4"/>
-    <w:basedOn w:val="Heading4"/>
+    <w:basedOn w:val="Nadpis4"/>
     <w:next w:val="Text4"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext w:val="0"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PartTitle">
     <w:name w:val="PartTitle"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="ChapterTitle"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext/>
       <w:pageBreakBefore/>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="36"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="PlainText">
+  <w:style w:type="paragraph" w:styleId="Obyajntext">
     <w:name w:val="Plain Text"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Salutation">
+  <w:style w:type="paragraph" w:styleId="Oslovenie">
     <w:name w:val="Salutation"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Signature">
+  <w:style w:type="paragraph" w:styleId="Podpis">
     <w:name w:val="Signature"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="Enclosures"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="5103"/>
       </w:tabs>
       <w:spacing w:before="1200" w:after="0"/>
       <w:ind w:left="5103"/>
       <w:jc w:val="center"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Subtitle">
+  <w:style w:type="paragraph" w:styleId="Podtitul">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="60"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubTitle1">
     <w:name w:val="SubTitle 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="SubTitle2"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="40"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="SubTitle2">
     <w:name w:val="SubTitle 2"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="32"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TableofAuthorities">
+  <w:style w:type="paragraph" w:styleId="Zoznamcitci">
     <w:name w:val="table of authorities"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="240" w:hanging="240"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TableofFigures">
+  <w:style w:type="paragraph" w:styleId="Zoznamobrzkov">
     <w:name w:val="table of figures"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="480" w:hanging="480"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Title">
+  <w:style w:type="paragraph" w:styleId="Nzov">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="SubTitle1"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:kern w:val="28"/>
       <w:sz w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOAHeading">
+  <w:style w:type="paragraph" w:styleId="Hlavikazoznamucitci">
     <w:name w:val="toa heading"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC1">
+  <w:style w:type="paragraph" w:styleId="Obsah1">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="120" w:after="120"/>
       <w:ind w:left="482" w:right="720" w:hanging="482"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC2">
+  <w:style w:type="paragraph" w:styleId="Obsah2">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="1077" w:right="720" w:hanging="595"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC3">
+  <w:style w:type="paragraph" w:styleId="Obsah3">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8640"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="1916" w:right="720" w:hanging="839"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC4">
+  <w:style w:type="paragraph" w:styleId="Obsah4">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8641"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="60"/>
       <w:ind w:left="2880" w:right="720" w:hanging="964"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC5">
+  <w:style w:type="paragraph" w:styleId="Obsah5">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:leader="dot" w:pos="8641"/>
       </w:tabs>
       <w:spacing w:before="240" w:after="120"/>
       <w:ind w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:caps/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC6">
+  <w:style w:type="paragraph" w:styleId="Obsah6">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="1200"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC7">
+  <w:style w:type="paragraph" w:styleId="Obsah7">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="1440"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC8">
+  <w:style w:type="paragraph" w:styleId="Obsah8">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="1680"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOC9">
+  <w:style w:type="paragraph" w:styleId="Obsah9">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:ind w:left="1920"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="YReferences">
     <w:name w:val="YReferences"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:ind w:left="1531" w:hanging="1531"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListBullet1">
     <w:name w:val="List Bullet 1"/>
     <w:basedOn w:val="Text1"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListDash">
     <w:name w:val="List Dash"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="9"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListDash1">
     <w:name w:val="List Dash 1"/>
     <w:basedOn w:val="Text1"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="10"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListDash2">
     <w:name w:val="List Dash 2"/>
     <w:basedOn w:val="Text2"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="11"/>
       </w:numPr>
@@ -14644,73 +14362,73 @@
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="12"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListDash4">
     <w:name w:val="List Dash 4"/>
     <w:basedOn w:val="Text4"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="13"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumberLevel2">
     <w:name w:val="List Number (Level 2)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumberLevel3">
     <w:name w:val="List Number (Level 3)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumberLevel4">
     <w:name w:val="List Number (Level 4)"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="14"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumber1">
     <w:name w:val="List Number 1"/>
     <w:basedOn w:val="Text1"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="15"/>
       </w:numPr>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumber1Level2">
     <w:name w:val="List Number 1 (Level 2)"/>
     <w:basedOn w:val="Text1"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="1"/>
@@ -14844,130 +14562,130 @@
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="2"/>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListNumber4Level4">
     <w:name w:val="List Number 4 (Level 4)"/>
     <w:basedOn w:val="Text4"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:numPr>
         <w:ilvl w:val="3"/>
         <w:numId w:val="18"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="2302"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="TOCHeading">
+  <w:style w:type="paragraph" w:styleId="Hlavikaobsahu">
     <w:name w:val="TOC Heading"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Contact">
     <w:name w:val="Contact"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Normlny"/>
     <w:rsid w:val="00F5472D"/>
     <w:pPr>
       <w:spacing w:after="480"/>
       <w:ind w:left="567" w:hanging="567"/>
       <w:jc w:val="left"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ZCom">
     <w:name w:val="Z_Com"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:next w:val="ZDGName"/>
     <w:rsid w:val="00D63776"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0"/>
       <w:ind w:right="85"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:szCs w:val="24"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ZDGName">
     <w:name w:val="Z_DGName"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00D63776"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:spacing w:after="0"/>
       <w:ind w:right="85"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="Hyperlink">
+  <w:style w:type="character" w:styleId="Hypertextovprepojenie">
     <w:name w:val="Hyperlink"/>
     <w:rsid w:val="006914AD"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FootnoteReference">
+  <w:style w:type="character" w:styleId="Odkaznapoznmkupodiarou">
     <w:name w:val="footnote reference"/>
     <w:rsid w:val="00CD08CF"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="MediumGrid3-Accent2">
+  <w:style w:type="table" w:styleId="Strednmrieka3zvraznenie2">
     <w:name w:val="Medium Grid 3 Accent 2"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normlnatabuka"/>
     <w:uiPriority w:val="69"/>
     <w:rsid w:val="000420DD"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblBorders>
         <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
         <w:b/>
@@ -15050,636 +14768,636 @@
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideH w:val="nil"/>
           <w:insideV w:val="nil"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:left w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="FFFFFF"/>
         </w:tcBorders>
         <w:shd w:val="clear" w:color="auto" w:fill="DFA7A6"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="BalloonText">
+  <w:style w:type="paragraph" w:styleId="Textbubliny">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="Normal"/>
-    <w:link w:val="BalloonTextChar1"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:link w:val="TextbublinyChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E52A1D"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentTitle">
     <w:name w:val="Document Title"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:link w:val="DocumentTitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="002A726D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Footerapproval">
     <w:name w:val="Footer approval"/>
-    <w:basedOn w:val="Footer"/>
+    <w:basedOn w:val="Pta"/>
     <w:link w:val="ApprovalfooterChar"/>
     <w:qFormat/>
     <w:rsid w:val="00EE60CF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="6804"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DocumentTitleChar">
     <w:name w:val="Document Title Char"/>
     <w:link w:val="DocumentTitle"/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="28"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="FooterDate">
     <w:name w:val="Footer Date"/>
-    <w:basedOn w:val="Footer"/>
+    <w:basedOn w:val="Pta"/>
     <w:link w:val="FooterDateChar"/>
     <w:qFormat/>
     <w:rsid w:val="00EE60CF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9240"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
-[...1 lines deleted...]
-    <w:link w:val="Footer"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PtaChar">
+    <w:name w:val="Päta Char"/>
+    <w:link w:val="Pta"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="ApprovalfooterChar">
     <w:name w:val="Approval_footer Char"/>
-    <w:basedOn w:val="FooterChar"/>
+    <w:basedOn w:val="PtaChar"/>
     <w:link w:val="Footerapproval"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PageNumber1">
     <w:name w:val="Page Number1"/>
-    <w:basedOn w:val="Footer"/>
+    <w:basedOn w:val="Pta"/>
     <w:link w:val="PagenumberChar"/>
     <w:qFormat/>
     <w:rsid w:val="00EE60CF"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="9240"/>
       </w:tabs>
       <w:ind w:right="-622"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterDateChar">
     <w:name w:val="Footer Date Char"/>
     <w:link w:val="FooterDate"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
       <w:lang w:val="it-IT"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
-[...1 lines deleted...]
-    <w:link w:val="Header"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HlavikaChar">
+    <w:name w:val="Hlavička Char"/>
+    <w:link w:val="Hlavika"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PagenumberChar">
     <w:name w:val="Page number Char"/>
     <w:link w:val="PageNumber1"/>
     <w:rsid w:val="00EE60CF"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="16"/>
       <w:lang w:val="fr-BE"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="DocumentSubtitle">
     <w:name w:val="Document Subtitle"/>
     <w:basedOn w:val="DocumentTitle"/>
     <w:link w:val="DocumentSubtitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:i/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="HeaderTitle">
     <w:name w:val="Header Title"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:link w:val="HeaderTitleChar"/>
     <w:qFormat/>
     <w:rsid w:val="002A726D"/>
     <w:pPr>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="808080"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="DocumentSubtitleChar">
     <w:name w:val="Document Subtitle Char"/>
     <w:link w:val="DocumentSubtitle"/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:i/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bulletpoint1">
     <w:name w:val="Bullet point1"/>
-    <w:basedOn w:val="NormalIndent"/>
+    <w:basedOn w:val="Normlnysozarkami"/>
     <w:link w:val="Bulletpoint1Char"/>
     <w:qFormat/>
     <w:rsid w:val="006D578F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="20"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="600"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderTitleChar">
     <w:name w:val="Header Title Char"/>
     <w:link w:val="HeaderTitle"/>
     <w:rsid w:val="002A726D"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:color w:val="808080"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading">
     <w:name w:val="Heading"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:link w:val="HeadingChar"/>
     <w:qFormat/>
     <w:rsid w:val="007A4813"/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:sz w:val="20"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="NormalIndentChar">
-[...1 lines deleted...]
-    <w:link w:val="NormalIndent"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NormlnysozarkamiChar">
+    <w:name w:val="Normálny so zarážkami Char"/>
+    <w:link w:val="Normlnysozarkami"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Bulletpoint1Char">
     <w:name w:val="Bullet point1 Char"/>
-    <w:basedOn w:val="NormalIndentChar"/>
+    <w:basedOn w:val="NormlnysozarkamiChar"/>
     <w:link w:val="Bulletpoint1"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BulletPoint2">
     <w:name w:val="Bullet Point 2"/>
-    <w:basedOn w:val="NormalIndent"/>
+    <w:basedOn w:val="Normlnysozarkami"/>
     <w:link w:val="BulletPoint2Char"/>
     <w:qFormat/>
     <w:rsid w:val="007A4813"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="19"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeadingChar">
     <w:name w:val="Heading Char"/>
     <w:link w:val="Heading"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:u w:val="single"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body">
     <w:name w:val="Body"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:link w:val="BodyChar"/>
     <w:qFormat/>
     <w:rsid w:val="00121ECE"/>
     <w:pPr>
       <w:spacing w:after="40"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BulletPoint2Char">
     <w:name w:val="Bullet Point 2 Char"/>
     <w:link w:val="BulletPoint2"/>
     <w:rsid w:val="007A4813"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading20">
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading2">
     <w:name w:val="Heading2"/>
     <w:basedOn w:val="Body"/>
     <w:link w:val="Heading2Char"/>
     <w:qFormat/>
     <w:rsid w:val="00121ECE"/>
     <w:pPr>
       <w:spacing w:after="240"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:i/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyChar">
     <w:name w:val="Body Char"/>
     <w:link w:val="Body"/>
     <w:rsid w:val="00121ECE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="table" w:styleId="TableGrid">
+  <w:style w:type="table" w:styleId="Mriekatabuky">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normlnatabuka"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="006D578F"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:sz w:val="18"/>
     </w:rPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="FFFFFF"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="002395"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
     <w:name w:val="Heading2 Char"/>
-    <w:link w:val="Heading20"/>
+    <w:link w:val="Heading2"/>
     <w:rsid w:val="00121ECE"/>
     <w:rPr>
       <w:rFonts w:ascii="Verdana" w:hAnsi="Verdana"/>
       <w:b/>
       <w:i/>
       <w:lang w:val="fr-FR"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="Style1">
     <w:name w:val="Style1"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normlnatabuka"/>
     <w:rsid w:val="00EF7057"/>
     <w:tblPr/>
   </w:style>
-  <w:style w:type="table" w:styleId="TableElegant">
+  <w:style w:type="table" w:styleId="Elegantntabuka">
     <w:name w:val="Table Elegant"/>
-    <w:basedOn w:val="TableNormal"/>
+    <w:basedOn w:val="Normlnatabuka"/>
     <w:rsid w:val="00EF7057"/>
     <w:pPr>
       <w:spacing w:after="240"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:left w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:bottom w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:right w:val="double" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideH w:val="single" w:sz="6" w:space="0" w:color="000000"/>
         <w:insideV w:val="single" w:sz="6" w:space="0" w:color="000000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tcPr>
       <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
     </w:tcPr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:caps/>
         <w:color w:val="auto"/>
       </w:rPr>
       <w:tblPr/>
       <w:tcPr>
         <w:tcBorders>
           <w:tl2br w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:tr2bl w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
+  <w:style w:type="character" w:styleId="Odkaznakomentr">
     <w:name w:val="annotation reference"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F0066C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
-[...1 lines deleted...]
-    <w:link w:val="CommentText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextkomentraChar">
+    <w:name w:val="Text komentára Char"/>
+    <w:link w:val="Textkomentra"/>
     <w:rsid w:val="00F0066C"/>
     <w:rPr>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Body1">
     <w:name w:val="Body 1"/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial Unicode MS"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:u w:color="000000"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ImportWordListStyleDefinition1885096063">
     <w:name w:val="Import Word List Style Definition 1885096063"/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1492"/>
       </w:tabs>
       <w:ind w:left="1492" w:hanging="360"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ImportWordListStyleDefinition1851018915">
     <w:name w:val="Import Word List Style Definition 1851018915"/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="480"/>
       </w:tabs>
       <w:ind w:left="480" w:hanging="480"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List0">
     <w:name w:val="List 0"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="765"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="765" w:hanging="283"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List1">
     <w:name w:val="List 1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1485"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1485" w:hanging="283"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List21">
     <w:name w:val="List 21"/>
     <w:basedOn w:val="ImportWordListStyleDefinition1851018915"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="clear" w:pos="480"/>
         <w:tab w:val="num" w:pos="1485"/>
       </w:tabs>
       <w:ind w:left="1485" w:hanging="283"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List31">
     <w:name w:val="List 31"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:autoRedefine/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="num" w:pos="1911"/>
       </w:tabs>
       <w:spacing w:after="0"/>
       <w:ind w:left="1911" w:hanging="709"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List41">
     <w:name w:val="List 41"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:spacing w:after="0"/>
       <w:ind w:left="1080" w:hanging="360"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List51">
     <w:name w:val="List 51"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="21"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List6">
     <w:name w:val="List 6"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="22"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="List7">
     <w:name w:val="List 7"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:semiHidden/>
     <w:rsid w:val="007F7B4F"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="23"/>
       </w:numPr>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="en-GB"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num1z0">
     <w:name w:val="WW8Num1z0"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="WW8Num2z0">
     <w:name w:val="WW8Num2z0"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
@@ -16312,290 +16030,302 @@
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar">
     <w:name w:val="Comment Subject Char"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Marcas">
     <w:name w:val="Marcas"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:rFonts w:ascii="OpenSymbol" w:eastAsia="OpenSymbol" w:hAnsi="OpenSymbol" w:cs="OpenSymbol"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Smbolosdenumerao">
     <w:name w:val="Símbolos de numeração"/>
     <w:rsid w:val="00BA290F"/>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Cabealho">
     <w:name w:val="Cabeçalho"/>
-    <w:basedOn w:val="Normal"/>
-    <w:next w:val="BodyText"/>
+    <w:basedOn w:val="Normlny"/>
+    <w:next w:val="Zkladntext"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:keepNext/>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="240" w:after="120"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:eastAsia="Microsoft YaHei" w:hAnsi="Arial" w:cs="Mangal"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Legenda">
     <w:name w:val="Legenda"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:before="120" w:after="120"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:i/>
       <w:iCs/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ndiceremissivo">
     <w:name w:val="Índice remissivo"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressLineNumbers/>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:cs="Mangal"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BalloonText1">
     <w:name w:val="Balloon Text1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="ListParagraph1">
     <w:name w:val="List Paragraph1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:ind w:left="720"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Revision1">
     <w:name w:val="Revision1"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Arial"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CommentText1">
     <w:name w:val="Comment Text1"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="CommentSubject1">
     <w:name w:val="Comment Subject1"/>
     <w:basedOn w:val="CommentText1"/>
     <w:next w:val="CommentText1"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="BalloonTextChar1">
-[...1 lines deleted...]
-    <w:link w:val="BalloonText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextbublinyChar">
+    <w:name w:val="Text bubliny Char"/>
+    <w:link w:val="Textbubliny"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="ListParagraph">
+  <w:style w:type="paragraph" w:styleId="Odsekzoznamu">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="Normal"/>
+    <w:basedOn w:val="Normlny"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:ind w:left="720"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar1">
     <w:name w:val="Comment Text Char1"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="CommentSubject">
+  <w:style w:type="paragraph" w:styleId="Predmetkomentra">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="CommentText"/>
-[...1 lines deleted...]
-    <w:link w:val="CommentSubjectChar1"/>
+    <w:basedOn w:val="Textkomentra"/>
+    <w:next w:val="Textkomentra"/>
+    <w:link w:val="PredmetkomentraChar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA290F"/>
     <w:pPr>
       <w:suppressAutoHyphens/>
       <w:spacing w:after="0"/>
       <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="CommentSubjectChar1">
-[...1 lines deleted...]
-    <w:link w:val="CommentSubject"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="PredmetkomentraChar">
+    <w:name w:val="Predmet komentára Char"/>
+    <w:link w:val="Predmetkomentra"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:lang w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
+  <w:style w:type="paragraph" w:styleId="Revzia">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="ar-SA"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="FollowedHyperlink">
+  <w:style w:type="character" w:styleId="PouitHypertextovPrepojenie">
     <w:name w:val="FollowedHyperlink"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00BA290F"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="Heading3Char">
-[...1 lines deleted...]
-    <w:link w:val="Heading3"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Nadpis3Char">
+    <w:name w:val="Nadpis 3 Char"/>
+    <w:link w:val="Nadpis3"/>
     <w:rsid w:val="005D5129"/>
     <w:rPr>
       <w:i/>
       <w:sz w:val="24"/>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="EndnoteReference">
+  <w:style w:type="character" w:styleId="Odkaznavysvetlivku">
     <w:name w:val="endnote reference"/>
     <w:rsid w:val="007967A9"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="EndnoteTextChar">
-[...2 lines deleted...]
-    <w:link w:val="EndnoteText"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TextvysvetlivkyChar">
+    <w:name w:val="Text vysvetlivky Char"/>
+    <w:basedOn w:val="Predvolenpsmoodseku"/>
+    <w:link w:val="Textvysvetlivky"/>
     <w:rsid w:val="005234BB"/>
     <w:rPr>
       <w:lang w:val="fr-FR" w:eastAsia="en-US"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Nevyrieenzmienka">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Predvolenpsmoodseku"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00033099"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="9184351">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="12074486">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17736,51 +17466,55 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2052416957">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:maria.vasilova@upjs.sk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:valentina.svedova@upjs.sk" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+</file>
+
+<file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iso.org/obp/ui/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/_rels/settings.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/attachedTemplate" Target="file:///C:\Users\Public\Documents\Templates\rep.dot" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
@@ -18051,75 +17785,75 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{817DB5C9-F133-4CC8-B3F7-4F33F31E2622}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>rep</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>322</Words>
-  <Characters>2618</Characters>
+  <Words>330</Words>
+  <Characters>2663</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>21</Lines>
+  <Lines>22</Lines>
   <Paragraphs>5</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2935</CharactersWithSpaces>
+  <CharactersWithSpaces>2988</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:i4>1245269</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.iso.org/obp/ui/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>search</vt:lpwstr>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>