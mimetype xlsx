--- v2 (2026-01-07)
+++ v3 (2026-02-23)
@@ -6,94 +6,94 @@
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29530"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Dokumenty\_ERASMUS IIA KA131\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7F1EF9BF-30EC-4B40-ACA6-B6BB7620D10E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{B2713A99-4B5A-4988-98F3-8646EC234F69}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="38640" windowHeight="21120" activeTab="4" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Prehľad podľa krajín" sheetId="9" r:id="rId1"/>
     <sheet name="Lekárska fakulta" sheetId="1" r:id="rId2"/>
     <sheet name="Právnická fakulta" sheetId="2" r:id="rId3"/>
     <sheet name="Fakulta verejnej správy" sheetId="3" r:id="rId4"/>
     <sheet name="Prírodovedecká fakulta" sheetId="4" r:id="rId5"/>
     <sheet name="Filozofická fakulta" sheetId="5" r:id="rId6"/>
     <sheet name="ÚTVŠ" sheetId="6" r:id="rId7"/>
     <sheet name="Iné" sheetId="8" r:id="rId8"/>
     <sheet name="vypršané" sheetId="11" r:id="rId9"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6942" uniqueCount="1951">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="6989" uniqueCount="1962">
   <si>
     <t>Krajina</t>
   </si>
   <si>
     <t>Bulharsko</t>
   </si>
   <si>
     <t>2 (Bc, Mgr, PhD)</t>
   </si>
   <si>
     <t>x</t>
   </si>
   <si>
     <t>3 (Bc, Mgr, PhD)</t>
   </si>
   <si>
     <t>3 (Bc, Mgr)</t>
   </si>
   <si>
     <t>2 (Bc, Mgr)</t>
   </si>
   <si>
     <t>2 (Mgr, PhD)</t>
   </si>
   <si>
@@ -5006,53 +5006,50 @@
   <si>
     <t>EWP-42087559</t>
   </si>
   <si>
     <t>EWP-40072808</t>
   </si>
   <si>
     <t>PL KRAKOW08</t>
   </si>
   <si>
     <t>The Pontifical University of John Paul II in Krakow</t>
   </si>
   <si>
     <t>Faculty of Social Sciences/ Institute of Journalism, Media and Social Communication</t>
   </si>
   <si>
     <t>EWP-42097823</t>
   </si>
   <si>
     <t>Faculty of Nursing</t>
   </si>
   <si>
     <t>*CZ OLOMOUC01: digitálnu IIA pod kódom EWP-9062478 považovať za vypovednú (formálne sa ale nedá z EWP vymyzať) - nahradila ju digitálna IIA pod kódom EWP-15407600</t>
   </si>
   <si>
-    <t>iba pre 24/25</t>
-[...1 lines deleted...]
-  <si>
     <t>EWP-42231739</t>
   </si>
   <si>
     <t xml:space="preserve">PL SIEDLCE01 </t>
   </si>
   <si>
     <t>Faculty of Social Sciences - Institute of Political Science and Public Administration</t>
   </si>
   <si>
     <t>Police Academy of the Czech Republic in Prague</t>
   </si>
   <si>
     <t>CZ PRAHA06</t>
   </si>
   <si>
     <t xml:space="preserve">2 Bc, 2 Mgr, 1 PhD </t>
   </si>
   <si>
     <t>bola nahodená, ale partneri vyhodili z EWP</t>
   </si>
   <si>
     <t>Medizin</t>
   </si>
   <si>
     <t>vo feb. 2025 modifikovaná kvôli jazyku štúdiia v Poznani</t>
@@ -5859,65 +5856,50 @@
       <t>)</t>
     </r>
   </si>
   <si>
     <t>G VOLOS01</t>
   </si>
   <si>
     <t>University of Thessaly</t>
   </si>
   <si>
     <t>nahodená, pripomenula som 31.1., 11.3., 29.7., 30.9.</t>
   </si>
   <si>
     <t>nahodená, pripomenula som 30.9.</t>
   </si>
   <si>
     <t>nahodená, pripomenula som 23.9., riešime</t>
   </si>
   <si>
     <t>EWP-49657671</t>
   </si>
   <si>
     <t>podpísaná papierová IIA (k 30.9.2025 ešte nie sú v EWP)</t>
   </si>
   <si>
-    <r>
-[...13 lines deleted...]
-  <si>
     <t>nahodená, riešime</t>
   </si>
   <si>
     <t>2 (Bc, Mgr, PhD - Biological and related science, Environmental Science)</t>
   </si>
   <si>
     <t>nahodená, pripomenula som 20.2., riešim s LF kvôli zmenám</t>
   </si>
   <si>
     <t>nahodená, pripomenula som 3.3. a 1.10. - odpísali, budú to riešiť</t>
   </si>
   <si>
     <t>CZ PRAHA13</t>
   </si>
   <si>
     <t>University of Finance and Administration, a.s.</t>
   </si>
   <si>
     <t>Faculty of Economic Studies</t>
   </si>
   <si>
     <t>TR OSMANIY01</t>
   </si>
   <si>
     <t>Osmaniye Korkut Ata University</t>
@@ -6225,90 +6207,141 @@
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF0070C0"/>
         <rFont val="Century Gothic"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t>28/29 alebo 27/28</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color theme="1"/>
         <rFont val="Century Gothic"/>
         <family val="2"/>
         <charset val="238"/>
       </rPr>
       <t xml:space="preserve"> (od 25/26)</t>
     </r>
   </si>
   <si>
     <t>HU PECS01</t>
   </si>
   <si>
-    <t>University of Pécs (ÚTVŠ)</t>
-[...1 lines deleted...]
-  <si>
     <t>MT MALTA01</t>
   </si>
   <si>
     <t>University of Malta</t>
   </si>
   <si>
     <t>Faculty of Science - Department of Geosciences</t>
   </si>
   <si>
     <t>28/29 (od 26/27)</t>
   </si>
   <si>
     <t>SI PORTORO03</t>
   </si>
   <si>
     <t>Euro-Mediterranean University</t>
   </si>
   <si>
     <t>PL NYSA01</t>
   </si>
   <si>
     <t>University of Applied Sciences in Nysa</t>
   </si>
   <si>
     <t>Faculty of Administration</t>
   </si>
   <si>
     <t xml:space="preserve">	51349156</t>
   </si>
   <si>
     <t>Katedra psychologie</t>
   </si>
   <si>
     <t>LT VILNIUS20</t>
   </si>
   <si>
     <t>European Humanities University</t>
+  </si>
+  <si>
+    <t>I  PISA1</t>
+  </si>
+  <si>
+    <t>2 Mgr</t>
+  </si>
+  <si>
+    <t>EWP-50583983</t>
+  </si>
+  <si>
+    <t>I PISA01</t>
+  </si>
+  <si>
+    <t>EWP-50654027</t>
+  </si>
+  <si>
+    <r>
+      <t xml:space="preserve">nahodená </t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FFFF0000"/>
+        <rFont val="Century Gothic"/>
+        <family val="2"/>
+        <charset val="238"/>
+      </rPr>
+      <t>(ešte nie je platná, resp. platné sú len zamestnanecké školenia)</t>
+    </r>
+  </si>
+  <si>
+    <t>28/29 (od 24/25, 25/26 zmena)</t>
+  </si>
+  <si>
+    <t>2 PhD</t>
+  </si>
+  <si>
+    <t>University of Pécs</t>
+  </si>
+  <si>
+    <t>HR DUBROVN03</t>
+  </si>
+  <si>
+    <t>Libertas International University</t>
+  </si>
+  <si>
+    <t>1 na BIP</t>
+  </si>
+  <si>
+    <t>iba 25/26</t>
+  </si>
+  <si>
+    <t>EWP-52761198</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
       <charset val="238"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -6496,51 +6529,51 @@
     </font>
     <font>
       <sz val="9"/>
       <color rgb="FF00B050"/>
       <name val="Century Gothic"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF0070C0"/>
       <name val="Century Gothic"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Century Gothic"/>
       <family val="2"/>
       <charset val="238"/>
     </font>
   </fonts>
-  <fills count="21">
+  <fills count="20">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFF0000"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF7030A0"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
@@ -6608,60 +6641,50 @@
         <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00FFFF"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <gradientFill>
         <stop position="0">
           <color theme="9" tint="-0.25098422193060094"/>
         </stop>
         <stop position="1">
           <color rgb="FF92D050"/>
         </stop>
       </gradientFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF00B050"/>
         <bgColor auto="1"/>
       </patternFill>
-    </fill>
-[...8 lines deleted...]
-      </gradientFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF92D050"/>
         <bgColor auto="1"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="12">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
@@ -6770,51 +6793,51 @@
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top/>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="143">
+  <cellXfs count="144">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -6957,96 +6980,99 @@
     <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="1" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="2" fillId="18" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="12" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="7" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="6" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="26" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="11" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1"/>
-    <xf numFmtId="0" fontId="6" fillId="20" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="6" fillId="19" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="29" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="top"/>
+    <xf numFmtId="0" fontId="4" fillId="18" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="15" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="22" fillId="10" borderId="8" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="top"/>
+    </xf>
+    <xf numFmtId="0" fontId="23" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="8" borderId="9" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="8" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="23" fillId="8" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
@@ -7058,66 +7084,66 @@
     </xf>
     <xf numFmtId="0" fontId="21" fillId="5" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="21" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="6" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="14" fillId="10" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
+    <xf numFmtId="0" fontId="3" fillId="8" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="8" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="14" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="left"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="9" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Hypertextové prepojenie" xfId="1" builtinId="8"/>
     <cellStyle name="Normálna" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
       <color rgb="FFFFFF99"/>
       <color rgb="FF00FFFF"/>
@@ -7425,3099 +7451,3113 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.ehu.eus/en/en-home" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:D297"/>
+  <dimension ref="A1:D299"/>
   <sheetViews>
-    <sheetView showFormulas="1" tabSelected="1" workbookViewId="0">
+    <sheetView showFormulas="1" workbookViewId="0">
       <selection sqref="A1:XFD1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="2" width="8.7109375" customWidth="1"/>
     <col min="3" max="3" width="47.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A1" s="113" t="s">
         <v>1399</v>
       </c>
       <c r="B1" s="113"/>
       <c r="C1" s="113"/>
     </row>
     <row r="2" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="114" t="s">
-        <v>1739</v>
+        <v>1738</v>
       </c>
       <c r="B2" s="114"/>
       <c r="C2" s="114"/>
     </row>
     <row r="3" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="79" t="s">
         <v>1245</v>
       </c>
       <c r="B3" s="80" t="s">
         <v>1372</v>
       </c>
       <c r="C3" s="80" t="s">
         <v>1246</v>
       </c>
     </row>
     <row r="4" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A4" s="110" t="s">
+      <c r="A4" s="115" t="s">
         <v>1</v>
       </c>
       <c r="B4" s="80" t="s">
         <v>358</v>
       </c>
       <c r="C4" s="80" t="s">
         <v>359</v>
       </c>
     </row>
     <row r="5" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="110"/>
+      <c r="A5" s="115"/>
       <c r="B5" s="80" t="s">
         <v>1151</v>
       </c>
       <c r="C5" s="80" t="s">
         <v>1152</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="110"/>
+      <c r="A6" s="115"/>
       <c r="B6" s="80" t="s">
         <v>362</v>
       </c>
       <c r="C6" s="80" t="s">
         <v>162</v>
       </c>
     </row>
     <row r="7" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="110"/>
+      <c r="A7" s="115"/>
       <c r="B7" s="80" t="s">
         <v>376</v>
       </c>
       <c r="C7" s="80" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="79" t="s">
         <v>9</v>
       </c>
       <c r="B8" s="80" t="s">
         <v>276</v>
       </c>
       <c r="C8" s="80" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="115" t="s">
+      <c r="A9" s="116" t="s">
         <v>1373</v>
       </c>
       <c r="B9" s="80" t="s">
         <v>1261</v>
       </c>
       <c r="C9" s="80" t="s">
         <v>1263</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="117"/>
+      <c r="A10" s="118"/>
       <c r="B10" s="80" t="s">
         <v>845</v>
       </c>
       <c r="C10" s="80" t="s">
         <v>257</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A11" s="117"/>
+      <c r="A11" s="118"/>
       <c r="B11" s="80" t="s">
         <v>284</v>
       </c>
       <c r="C11" s="80" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A12" s="117"/>
+      <c r="A12" s="118"/>
       <c r="B12" s="80" t="s">
         <v>277</v>
       </c>
       <c r="C12" s="81" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A13" s="117"/>
+      <c r="A13" s="118"/>
       <c r="B13" s="80" t="s">
         <v>447</v>
       </c>
       <c r="C13" s="80" t="s">
         <v>244</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A14" s="117"/>
+      <c r="A14" s="118"/>
       <c r="B14" s="80" t="s">
         <v>521</v>
       </c>
       <c r="C14" s="80" t="s">
         <v>154</v>
       </c>
     </row>
     <row r="15" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A15" s="117"/>
+      <c r="A15" s="118"/>
       <c r="B15" s="80" t="s">
         <v>285</v>
       </c>
       <c r="C15" s="80" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A16" s="117"/>
+      <c r="A16" s="118"/>
       <c r="B16" s="80" t="s">
         <v>382</v>
       </c>
       <c r="C16" s="80" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A17" s="117"/>
+      <c r="A17" s="118"/>
       <c r="B17" s="80" t="s">
         <v>523</v>
       </c>
       <c r="C17" s="80" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A18" s="117"/>
+      <c r="A18" s="118"/>
       <c r="B18" s="80" t="s">
         <v>412</v>
       </c>
       <c r="C18" s="80" t="s">
         <v>1293</v>
       </c>
     </row>
     <row r="19" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A19" s="117"/>
+      <c r="A19" s="118"/>
       <c r="B19" s="80" t="s">
         <v>1118</v>
       </c>
       <c r="C19" s="80" t="s">
         <v>1116</v>
       </c>
     </row>
     <row r="20" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A20" s="117"/>
+      <c r="A20" s="118"/>
       <c r="B20" s="80" t="s">
         <v>288</v>
       </c>
       <c r="C20" s="80" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="21" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A21" s="117"/>
+      <c r="A21" s="118"/>
       <c r="B21" s="80" t="s">
         <v>559</v>
       </c>
       <c r="C21" s="80" t="s">
         <v>522</v>
       </c>
     </row>
     <row r="22" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A22" s="117"/>
+      <c r="A22" s="118"/>
       <c r="B22" s="82" t="s">
-        <v>1619</v>
+        <v>1618</v>
       </c>
       <c r="C22" s="82" t="s">
-        <v>1618</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="23" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A23" s="117"/>
+      <c r="A23" s="118"/>
       <c r="B23" s="80" t="s">
         <v>373</v>
       </c>
       <c r="C23" s="80" t="s">
         <v>200</v>
       </c>
     </row>
     <row r="24" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A24" s="117"/>
+      <c r="A24" s="118"/>
       <c r="B24" s="80" t="s">
         <v>580</v>
       </c>
       <c r="C24" s="80" t="s">
         <v>141</v>
       </c>
     </row>
     <row r="25" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A25" s="117"/>
+      <c r="A25" s="118"/>
       <c r="B25" s="80" t="s">
         <v>995</v>
       </c>
       <c r="C25" s="80" t="s">
         <v>996</v>
       </c>
     </row>
     <row r="26" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A26" s="117"/>
+      <c r="A26" s="118"/>
       <c r="B26" s="80" t="s">
         <v>279</v>
       </c>
       <c r="C26" s="80" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A27" s="117"/>
+      <c r="A27" s="118"/>
       <c r="B27" s="80" t="s">
         <v>386</v>
       </c>
       <c r="C27" s="80" t="s">
-        <v>1919</v>
+        <v>1917</v>
       </c>
     </row>
     <row r="28" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A28" s="117"/>
+      <c r="A28" s="118"/>
       <c r="B28" s="80" t="s">
         <v>1006</v>
       </c>
       <c r="C28" s="80" t="s">
         <v>196</v>
       </c>
     </row>
     <row r="29" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A29" s="117"/>
+      <c r="A29" s="118"/>
       <c r="B29" s="80" t="s">
         <v>704</v>
       </c>
       <c r="C29" s="80" t="s">
         <v>27</v>
       </c>
     </row>
     <row r="30" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A30" s="116"/>
+      <c r="A30" s="117"/>
       <c r="B30" s="80" t="s">
         <v>457</v>
       </c>
       <c r="C30" s="80" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="31" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A31" s="79" t="s">
         <v>28</v>
       </c>
       <c r="B31" s="80" t="s">
         <v>289</v>
       </c>
       <c r="C31" s="80" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="32" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A32" s="115" t="s">
+      <c r="A32" s="116" t="s">
         <v>31</v>
       </c>
       <c r="B32" s="82" t="s">
         <v>1438</v>
       </c>
       <c r="C32" s="82" t="s">
         <v>1439</v>
       </c>
     </row>
     <row r="33" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A33" s="116"/>
+      <c r="A33" s="117"/>
       <c r="B33" s="80" t="s">
         <v>417</v>
       </c>
       <c r="C33" s="80" t="s">
         <v>30</v>
       </c>
     </row>
     <row r="34" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A34" s="110" t="s">
+      <c r="A34" s="115" t="s">
         <v>32</v>
       </c>
       <c r="B34" s="80" t="s">
         <v>817</v>
       </c>
       <c r="C34" s="80" t="s">
         <v>818</v>
       </c>
     </row>
     <row r="35" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A35" s="110"/>
+      <c r="A35" s="115"/>
       <c r="B35" s="80" t="s">
         <v>906</v>
       </c>
       <c r="C35" s="80" t="s">
         <v>204</v>
       </c>
     </row>
     <row r="36" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A36" s="110"/>
+      <c r="A36" s="115"/>
       <c r="B36" s="83" t="s">
         <v>1427</v>
       </c>
       <c r="C36" s="83" t="s">
         <v>1428</v>
       </c>
     </row>
     <row r="37" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A37" s="110"/>
+      <c r="A37" s="115"/>
       <c r="B37" s="80" t="s">
         <v>507</v>
       </c>
       <c r="C37" s="80" t="s">
         <v>248</v>
       </c>
     </row>
     <row r="38" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A38" s="110"/>
+      <c r="A38" s="115"/>
       <c r="B38" s="80" t="s">
         <v>614</v>
       </c>
       <c r="C38" s="80" t="s">
         <v>585</v>
       </c>
     </row>
     <row r="39" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A39" s="110"/>
+      <c r="A39" s="115"/>
       <c r="B39" s="80" t="s">
         <v>858</v>
       </c>
       <c r="C39" s="80" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="40" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A40" s="110"/>
+      <c r="A40" s="115"/>
       <c r="B40" s="80" t="s">
         <v>1532</v>
       </c>
       <c r="C40" s="80" t="s">
         <v>1533</v>
       </c>
     </row>
     <row r="41" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A41" s="110"/>
+      <c r="A41" s="115"/>
       <c r="B41" s="80" t="s">
         <v>520</v>
       </c>
       <c r="C41" s="80" t="s">
         <v>264</v>
       </c>
     </row>
     <row r="42" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A42" s="110"/>
+      <c r="A42" s="115"/>
       <c r="B42" s="80" t="s">
         <v>901</v>
       </c>
       <c r="C42" s="80" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="43" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A43" s="110"/>
+      <c r="A43" s="115"/>
       <c r="B43" s="80" t="s">
         <v>1374</v>
       </c>
       <c r="C43" s="80" t="s">
         <v>268</v>
       </c>
     </row>
     <row r="44" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A44" s="110"/>
+      <c r="A44" s="115"/>
       <c r="B44" s="80" t="s">
         <v>709</v>
       </c>
       <c r="C44" s="80" t="s">
         <v>256</v>
       </c>
     </row>
     <row r="45" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A45" s="110"/>
+      <c r="A45" s="115"/>
       <c r="B45" s="80" t="s">
         <v>708</v>
       </c>
       <c r="C45" s="80" t="s">
         <v>36</v>
       </c>
     </row>
     <row r="46" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A46" s="110"/>
+      <c r="A46" s="115"/>
       <c r="B46" s="80" t="s">
         <v>1530</v>
       </c>
       <c r="C46" s="80" t="s">
         <v>1529</v>
       </c>
     </row>
     <row r="47" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A47" s="110"/>
+      <c r="A47" s="115"/>
       <c r="B47" s="80" t="s">
         <v>822</v>
       </c>
       <c r="C47" s="80" t="s">
         <v>254</v>
       </c>
     </row>
     <row r="48" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A48" s="110"/>
+      <c r="A48" s="115"/>
       <c r="B48" s="80" t="s">
         <v>365</v>
       </c>
       <c r="C48" s="80" t="s">
         <v>364</v>
       </c>
     </row>
     <row r="49" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A49" s="110"/>
+      <c r="A49" s="115"/>
       <c r="B49" s="80" t="s">
         <v>1375</v>
       </c>
       <c r="C49" s="80" t="s">
-        <v>1712</v>
+        <v>1711</v>
       </c>
     </row>
     <row r="50" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A50" s="110"/>
+      <c r="A50" s="115"/>
       <c r="B50" s="80" t="s">
         <v>621</v>
       </c>
       <c r="C50" s="80" t="s">
         <v>587</v>
       </c>
     </row>
     <row r="51" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A51" s="110"/>
+      <c r="A51" s="115"/>
       <c r="B51" s="80" t="s">
         <v>805</v>
       </c>
       <c r="C51" s="80" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="52" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A52" s="110"/>
+      <c r="A52" s="115"/>
       <c r="B52" s="80" t="s">
         <v>1376</v>
       </c>
       <c r="C52" s="80" t="s">
         <v>1060</v>
       </c>
     </row>
     <row r="53" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A53" s="115" t="s">
+      <c r="A53" s="116" t="s">
         <v>37</v>
       </c>
       <c r="B53" s="80" t="s">
         <v>526</v>
       </c>
       <c r="C53" s="80" t="s">
         <v>205</v>
       </c>
     </row>
     <row r="54" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A54" s="117"/>
+      <c r="A54" s="118"/>
       <c r="B54" s="80" t="s">
         <v>561</v>
       </c>
       <c r="C54" s="80" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="55" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A55" s="117"/>
+      <c r="A55" s="118"/>
       <c r="B55" s="80" t="s">
         <v>641</v>
       </c>
       <c r="C55" s="80" t="s">
         <v>642</v>
       </c>
     </row>
     <row r="56" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A56" s="117"/>
+      <c r="A56" s="118"/>
       <c r="B56" s="80" t="s">
         <v>1377</v>
       </c>
       <c r="C56" s="80" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="57" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A57" s="117"/>
+      <c r="A57" s="118"/>
       <c r="B57" s="80" t="s">
         <v>903</v>
       </c>
       <c r="C57" s="80" t="s">
         <v>252</v>
       </c>
     </row>
     <row r="58" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A58" s="117"/>
+      <c r="A58" s="118"/>
       <c r="B58" s="80" t="s">
         <v>711</v>
       </c>
       <c r="C58" s="80" t="s">
         <v>40</v>
       </c>
     </row>
     <row r="59" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A59" s="117"/>
+      <c r="A59" s="118"/>
       <c r="B59" s="80" t="s">
         <v>1378</v>
       </c>
       <c r="C59" s="80" t="s">
         <v>39</v>
       </c>
     </row>
     <row r="60" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A60" s="116"/>
-[...4 lines deleted...]
-        <v>1838</v>
+      <c r="A60" s="117"/>
+      <c r="B60" s="102" t="s">
+        <v>1889</v>
+      </c>
+      <c r="C60" s="102" t="s">
+        <v>1837</v>
       </c>
     </row>
     <row r="61" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A61" s="115" t="s">
+      <c r="A61" s="116" t="s">
         <v>41</v>
       </c>
       <c r="B61" s="82" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C61" s="82" t="s">
         <v>1804</v>
       </c>
-      <c r="C61" s="82" t="s">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="62" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A62" s="117"/>
+      <c r="A62" s="118"/>
       <c r="B62" s="80" t="s">
         <v>908</v>
       </c>
       <c r="C62" s="80" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="63" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A63" s="116"/>
+      <c r="A63" s="117"/>
       <c r="B63" s="80" t="s">
         <v>847</v>
       </c>
       <c r="C63" s="80" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="64" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A64" s="110" t="s">
+      <c r="A64" s="115" t="s">
         <v>43</v>
       </c>
       <c r="B64" s="80" t="s">
         <v>911</v>
       </c>
       <c r="C64" s="80" t="s">
         <v>250</v>
       </c>
     </row>
     <row r="65" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A65" s="110"/>
-      <c r="B65" s="80" t="s">
+      <c r="A65" s="115"/>
+      <c r="B65" s="82" t="s">
+        <v>1957</v>
+      </c>
+      <c r="C65" s="82" t="s">
+        <v>1958</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="115"/>
+      <c r="B66" s="80" t="s">
         <v>295</v>
       </c>
-      <c r="C65" s="80" t="s">
+      <c r="C66" s="80" t="s">
         <v>147</v>
       </c>
     </row>
-    <row r="66" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B66" s="80" t="s">
+    <row r="67" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="115"/>
+      <c r="B67" s="80" t="s">
         <v>293</v>
       </c>
-      <c r="C66" s="80" t="s">
+      <c r="C67" s="80" t="s">
         <v>44</v>
       </c>
     </row>
-    <row r="67" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B67" s="80" t="s">
+    <row r="68" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="115"/>
+      <c r="B68" s="80" t="s">
         <v>716</v>
       </c>
-      <c r="C67" s="80" t="s">
+      <c r="C68" s="80" t="s">
         <v>190</v>
       </c>
     </row>
-    <row r="68" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B68" s="103" t="s">
+    <row r="69" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="115"/>
+      <c r="B69" s="102" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C69" s="102" t="s">
         <v>1913</v>
       </c>
-      <c r="C68" s="103" t="s">
-[...5 lines deleted...]
-      <c r="B69" s="80" t="s">
+    </row>
+    <row r="70" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="115"/>
+      <c r="B70" s="80" t="s">
         <v>988</v>
       </c>
-      <c r="C69" s="80" t="s">
+      <c r="C70" s="80" t="s">
         <v>45</v>
       </c>
     </row>
-    <row r="70" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A70" s="115" t="s">
+    <row r="71" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="116" t="s">
         <v>46</v>
       </c>
-      <c r="B70" s="80" t="s">
+      <c r="B71" s="80" t="s">
         <v>390</v>
       </c>
-      <c r="C70" s="80" t="s">
+      <c r="C71" s="80" t="s">
         <v>47</v>
       </c>
     </row>
-    <row r="71" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B71" s="80" t="s">
+    <row r="72" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="118"/>
+      <c r="B72" s="80" t="s">
         <v>914</v>
       </c>
-      <c r="C71" s="80" t="s">
+      <c r="C72" s="80" t="s">
         <v>48</v>
       </c>
     </row>
-    <row r="72" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B72" s="80" t="s">
+    <row r="73" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="118"/>
+      <c r="B73" s="80" t="s">
         <v>1602</v>
       </c>
-      <c r="C72" s="80" t="s">
+      <c r="C73" s="80" t="s">
         <v>1589</v>
       </c>
     </row>
-    <row r="73" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B73" s="80" t="s">
+    <row r="74" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="118"/>
+      <c r="B74" s="80" t="s">
         <v>297</v>
       </c>
-      <c r="C73" s="80" t="s">
+      <c r="C74" s="80" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="74" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="A75" s="110" t="s">
+    <row r="75" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="117"/>
+      <c r="B75" s="3" t="s">
+        <v>1946</v>
+      </c>
+      <c r="C75" s="3" t="s">
+        <v>1947</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="115" t="s">
         <v>49</v>
       </c>
-      <c r="B75" s="80" t="s">
+      <c r="B76" s="80" t="s">
         <v>298</v>
       </c>
-      <c r="C75" s="80" t="s">
+      <c r="C76" s="80" t="s">
         <v>50</v>
       </c>
     </row>
-    <row r="76" spans="1:3" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B76" s="83" t="s">
+    <row r="77" spans="1:3" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="115"/>
+      <c r="B77" s="83" t="s">
         <v>1594</v>
       </c>
-      <c r="C76" s="83" t="s">
+      <c r="C77" s="83" t="s">
         <v>1593</v>
       </c>
     </row>
-    <row r="77" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B77" s="80" t="s">
+    <row r="78" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="115"/>
+      <c r="B78" s="80" t="s">
         <v>1340</v>
       </c>
-      <c r="C77" s="80" t="s">
+      <c r="C78" s="80" t="s">
         <v>1339</v>
       </c>
     </row>
-    <row r="78" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A78" s="110" t="s">
+    <row r="79" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A79" s="115" t="s">
         <v>1379</v>
       </c>
-      <c r="B78" s="80" t="s">
+      <c r="B79" s="80" t="s">
         <v>915</v>
       </c>
-      <c r="C78" s="80" t="s">
+      <c r="C79" s="80" t="s">
         <v>185</v>
       </c>
     </row>
-    <row r="79" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B79" s="83" t="s">
+    <row r="80" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="115"/>
+      <c r="B80" s="83" t="s">
         <v>1405</v>
       </c>
-      <c r="C79" s="83" t="s">
+      <c r="C80" s="83" t="s">
         <v>1411</v>
       </c>
     </row>
-    <row r="80" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B80" s="80" t="s">
+    <row r="81" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="115"/>
+      <c r="B81" s="80" t="s">
         <v>588</v>
       </c>
-      <c r="C80" s="80" t="s">
+      <c r="C81" s="80" t="s">
         <v>246</v>
       </c>
     </row>
-    <row r="81" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A81" s="110" t="s">
+    <row r="82" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="115" t="s">
         <v>51</v>
       </c>
-      <c r="B81" s="80" t="s">
+      <c r="B82" s="80" t="s">
         <v>554</v>
       </c>
-      <c r="C81" s="80" t="s">
+      <c r="C82" s="80" t="s">
         <v>208</v>
       </c>
     </row>
-    <row r="82" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B82" s="80" t="s">
+    <row r="83" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="115"/>
+      <c r="B83" s="80" t="s">
         <v>460</v>
       </c>
-      <c r="C82" s="80" t="s">
+      <c r="C83" s="80" t="s">
         <v>52</v>
       </c>
     </row>
-    <row r="83" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B83" s="80" t="s">
+    <row r="84" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="115"/>
+      <c r="B84" s="80" t="s">
         <v>918</v>
       </c>
-      <c r="C83" s="80" t="s">
+      <c r="C84" s="80" t="s">
         <v>54</v>
       </c>
     </row>
-    <row r="84" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B84" s="80" t="s">
+    <row r="85" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="115"/>
+      <c r="B85" s="80" t="s">
         <v>301</v>
       </c>
-      <c r="C84" s="80" t="s">
+      <c r="C85" s="80" t="s">
         <v>209</v>
       </c>
     </row>
-    <row r="85" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B85" s="80" t="s">
+    <row r="86" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="115"/>
+      <c r="B86" s="80" t="s">
         <v>1371</v>
       </c>
-      <c r="C85" s="80" t="s">
+      <c r="C86" s="80" t="s">
         <v>1380</v>
       </c>
     </row>
-    <row r="86" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B86" s="80" t="s">
+    <row r="87" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="115"/>
+      <c r="B87" s="80" t="s">
         <v>393</v>
       </c>
-      <c r="C86" s="80" t="s">
+      <c r="C87" s="80" t="s">
         <v>183</v>
       </c>
     </row>
-    <row r="87" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B87" s="80" t="s">
+    <row r="88" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="115"/>
+      <c r="B88" s="80" t="s">
         <v>305</v>
       </c>
-      <c r="C87" s="80" t="s">
+      <c r="C88" s="80" t="s">
         <v>53</v>
       </c>
     </row>
-    <row r="88" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...7 lines deleted...]
-    </row>
     <row r="89" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A89" s="110"/>
-      <c r="B89" s="80" t="s">
+      <c r="A89" s="115"/>
+      <c r="B89" s="82" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C89" s="82" t="s">
+        <v>1753</v>
+      </c>
+    </row>
+    <row r="90" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="115"/>
+      <c r="B90" s="80" t="s">
         <v>691</v>
       </c>
-      <c r="C89" s="80" t="s">
+      <c r="C90" s="80" t="s">
         <v>55</v>
       </c>
     </row>
-    <row r="90" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B90" s="80" t="s">
+    <row r="91" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="115"/>
+      <c r="B91" s="80" t="s">
         <v>464</v>
       </c>
-      <c r="C90" s="80" t="s">
+      <c r="C91" s="80" t="s">
         <v>148</v>
       </c>
     </row>
-    <row r="91" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B91" s="80" t="s">
+    <row r="92" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="115"/>
+      <c r="B92" s="80" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C92" s="80" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="93" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="115"/>
+      <c r="B93" s="80" t="s">
         <v>725</v>
       </c>
-      <c r="C91" s="80" t="s">
+      <c r="C93" s="80" t="s">
         <v>727</v>
       </c>
     </row>
-    <row r="92" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...6 lines deleted...]
-      <c r="C92" s="103" t="s">
+    <row r="94" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="108" t="s">
+        <v>1894</v>
+      </c>
+      <c r="B94" s="102" t="s">
+        <v>1935</v>
+      </c>
+      <c r="C94" s="102" t="s">
+        <v>1936</v>
+      </c>
+    </row>
+    <row r="95" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="115" t="s">
+        <v>56</v>
+      </c>
+      <c r="B95" s="80" t="s">
+        <v>420</v>
+      </c>
+      <c r="C95" s="80" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="96" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="115"/>
+      <c r="B96" s="80" t="s">
+        <v>593</v>
+      </c>
+      <c r="C96" s="80" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="97" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="115"/>
+      <c r="B97" s="80" t="s">
+        <v>1089</v>
+      </c>
+      <c r="C97" s="80" t="s">
+        <v>1090</v>
+      </c>
+    </row>
+    <row r="98" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="115"/>
+      <c r="B98" s="80" t="s">
+        <v>728</v>
+      </c>
+      <c r="C98" s="80" t="s">
+        <v>57</v>
+      </c>
+    </row>
+    <row r="99" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="115"/>
+      <c r="B99" s="80" t="s">
+        <v>648</v>
+      </c>
+      <c r="C99" s="80" t="s">
+        <v>64</v>
+      </c>
+    </row>
+    <row r="100" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="115"/>
+      <c r="B100" s="82" t="s">
+        <v>1755</v>
+      </c>
+      <c r="C100" s="82" t="s">
+        <v>1744</v>
+      </c>
+    </row>
+    <row r="101" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="115"/>
+      <c r="B101" s="80" t="s">
+        <v>920</v>
+      </c>
+      <c r="C101" s="80" t="s">
+        <v>58</v>
+      </c>
+    </row>
+    <row r="102" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="115"/>
+      <c r="B102" s="80" t="s">
+        <v>1381</v>
+      </c>
+      <c r="C102" s="80" t="s">
+        <v>1055</v>
+      </c>
+    </row>
+    <row r="103" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="115"/>
+      <c r="B103" s="80" t="s">
+        <v>651</v>
+      </c>
+      <c r="C103" s="80" t="s">
+        <v>61</v>
+      </c>
+    </row>
+    <row r="104" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="115"/>
+      <c r="B104" s="80" t="s">
+        <v>1109</v>
+      </c>
+      <c r="C104" s="80" t="s">
+        <v>1108</v>
+      </c>
+    </row>
+    <row r="105" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="115"/>
+      <c r="B105" s="80" t="s">
+        <v>469</v>
+      </c>
+      <c r="C105" s="80" t="s">
+        <v>59</v>
+      </c>
+    </row>
+    <row r="106" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="115"/>
+      <c r="B106" s="80" t="s">
+        <v>592</v>
+      </c>
+      <c r="C106" s="80" t="s">
+        <v>138</v>
+      </c>
+    </row>
+    <row r="107" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="115"/>
+      <c r="B107" s="80" t="s">
+        <v>527</v>
+      </c>
+      <c r="C107" s="80" t="s">
+        <v>164</v>
+      </c>
+    </row>
+    <row r="108" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="115"/>
+      <c r="B108" s="80" t="s">
+        <v>656</v>
+      </c>
+      <c r="C108" s="80" t="s">
+        <v>63</v>
+      </c>
+    </row>
+    <row r="109" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="115"/>
+      <c r="B109" s="80" t="s">
+        <v>465</v>
+      </c>
+      <c r="C109" s="80" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="110" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A110" s="115"/>
+      <c r="B110" s="80" t="s">
+        <v>1653</v>
+      </c>
+      <c r="C110" s="80" t="s">
+        <v>1650</v>
+      </c>
+    </row>
+    <row r="111" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="115"/>
+      <c r="B111" s="80" t="s">
+        <v>922</v>
+      </c>
+      <c r="C111" s="80" t="s">
+        <v>165</v>
+      </c>
+    </row>
+    <row r="112" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="115"/>
+      <c r="B112" s="80" t="s">
+        <v>1121</v>
+      </c>
+      <c r="C112" s="80" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="113" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="115"/>
+      <c r="B113" s="80" t="s">
+        <v>729</v>
+      </c>
+      <c r="C113" s="80" t="s">
+        <v>60</v>
+      </c>
+    </row>
+    <row r="114" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="115"/>
+      <c r="B114" s="80" t="s">
+        <v>731</v>
+      </c>
+      <c r="C114" s="80" t="s">
+        <v>249</v>
+      </c>
+    </row>
+    <row r="115" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="116" t="s">
+        <v>65</v>
+      </c>
+      <c r="B115" s="80" t="s">
+        <v>736</v>
+      </c>
+      <c r="C115" s="80" t="s">
+        <v>230</v>
+      </c>
+    </row>
+    <row r="116" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="118"/>
+      <c r="B116" s="80" t="s">
+        <v>735</v>
+      </c>
+      <c r="C116" s="80" t="s">
+        <v>245</v>
+      </c>
+    </row>
+    <row r="117" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="118"/>
+      <c r="B117" s="80" t="s">
+        <v>1148</v>
+      </c>
+      <c r="C117" s="80" t="s">
+        <v>1143</v>
+      </c>
+    </row>
+    <row r="118" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="117"/>
+      <c r="B118" s="80" t="s">
+        <v>1519</v>
+      </c>
+      <c r="C118" s="80" t="s">
+        <v>1521</v>
+      </c>
+    </row>
+    <row r="119" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="115" t="s">
+        <v>66</v>
+      </c>
+      <c r="B119" s="80" t="s">
+        <v>831</v>
+      </c>
+      <c r="C119" s="80" t="s">
+        <v>155</v>
+      </c>
+    </row>
+    <row r="120" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="115"/>
+      <c r="B120" s="80" t="s">
+        <v>926</v>
+      </c>
+      <c r="C120" s="80" t="s">
+        <v>77</v>
+      </c>
+    </row>
+    <row r="121" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="115"/>
+      <c r="B121" s="80" t="s">
+        <v>328</v>
+      </c>
+      <c r="C121" s="80" t="s">
+        <v>215</v>
+      </c>
+    </row>
+    <row r="122" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="115"/>
+      <c r="B122" s="80" t="s">
+        <v>579</v>
+      </c>
+      <c r="C122" s="80" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="123" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="115"/>
+      <c r="B123" s="80" t="s">
+        <v>1007</v>
+      </c>
+      <c r="C123" s="80" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="124" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="115"/>
+      <c r="B124" s="80" t="s">
+        <v>317</v>
+      </c>
+      <c r="C124" s="80" t="s">
+        <v>173</v>
+      </c>
+    </row>
+    <row r="125" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="115"/>
+      <c r="B125" s="80" t="s">
+        <v>618</v>
+      </c>
+      <c r="C125" s="80" t="s">
+        <v>175</v>
+      </c>
+    </row>
+    <row r="126" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="115"/>
+      <c r="B126" s="80" t="s">
+        <v>929</v>
+      </c>
+      <c r="C126" s="80" t="s">
+        <v>167</v>
+      </c>
+    </row>
+    <row r="127" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="115"/>
+      <c r="B127" s="80" t="s">
+        <v>422</v>
+      </c>
+      <c r="C127" s="80" t="s">
+        <v>182</v>
+      </c>
+    </row>
+    <row r="128" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="115"/>
+      <c r="B128" s="80" t="s">
+        <v>833</v>
+      </c>
+      <c r="C128" s="80" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="129" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="115"/>
+      <c r="B129" s="80" t="s">
+        <v>741</v>
+      </c>
+      <c r="C129" s="80" t="s">
+        <v>178</v>
+      </c>
+    </row>
+    <row r="130" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="115"/>
+      <c r="B130" s="80" t="s">
+        <v>403</v>
+      </c>
+      <c r="C130" s="80" t="s">
+        <v>157</v>
+      </c>
+    </row>
+    <row r="131" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="115"/>
+      <c r="B131" s="80" t="s">
+        <v>327</v>
+      </c>
+      <c r="C131" s="80" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="132" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="115"/>
+      <c r="B132" s="80" t="s">
+        <v>1003</v>
+      </c>
+      <c r="C132" s="80" t="s">
+        <v>193</v>
+      </c>
+    </row>
+    <row r="133" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="115"/>
+      <c r="B133" s="80" t="s">
+        <v>321</v>
+      </c>
+      <c r="C133" s="80" t="s">
+        <v>172</v>
+      </c>
+    </row>
+    <row r="134" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="115"/>
+      <c r="B134" s="80" t="s">
+        <v>596</v>
+      </c>
+      <c r="C134" s="80" t="s">
+        <v>67</v>
+      </c>
+    </row>
+    <row r="135" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="115"/>
+      <c r="B135" s="80" t="s">
+        <v>400</v>
+      </c>
+      <c r="C135" s="80" t="s">
+        <v>1326</v>
+      </c>
+    </row>
+    <row r="136" spans="1:3" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="115"/>
+      <c r="B136" s="82" t="s">
+        <v>1608</v>
+      </c>
+      <c r="C136" s="82" t="s">
+        <v>1609</v>
+      </c>
+    </row>
+    <row r="137" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="115"/>
+      <c r="B137" s="80" t="s">
+        <v>827</v>
+      </c>
+      <c r="C137" s="80" t="s">
+        <v>262</v>
+      </c>
+    </row>
+    <row r="138" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="115"/>
+      <c r="B138" s="80" t="s">
+        <v>745</v>
+      </c>
+      <c r="C138" s="80" t="s">
+        <v>1797</v>
+      </c>
+    </row>
+    <row r="139" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="115"/>
+      <c r="B139" s="80" t="s">
+        <v>601</v>
+      </c>
+      <c r="C139" s="80" t="s">
+        <v>266</v>
+      </c>
+    </row>
+    <row r="140" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="115"/>
+      <c r="B140" s="80" t="s">
+        <v>312</v>
+      </c>
+      <c r="C140" s="80" t="s">
+        <v>68</v>
+      </c>
+    </row>
+    <row r="141" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A141" s="115"/>
+      <c r="B141" s="80" t="s">
+        <v>664</v>
+      </c>
+      <c r="C141" s="80" t="s">
+        <v>237</v>
+      </c>
+    </row>
+    <row r="142" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="115"/>
+      <c r="B142" s="80" t="s">
+        <v>931</v>
+      </c>
+      <c r="C142" s="80" t="s">
+        <v>69</v>
+      </c>
+    </row>
+    <row r="143" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="115"/>
+      <c r="B143" s="80" t="s">
+        <v>532</v>
+      </c>
+      <c r="C143" s="80" t="s">
+        <v>75</v>
+      </c>
+    </row>
+    <row r="144" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="115"/>
+      <c r="B144" s="80" t="s">
+        <v>314</v>
+      </c>
+      <c r="C144" s="80" t="s">
+        <v>82</v>
+      </c>
+    </row>
+    <row r="145" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="115"/>
+      <c r="B145" s="80" t="s">
+        <v>992</v>
+      </c>
+      <c r="C145" s="80" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="146" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="115"/>
+      <c r="B146" s="80" t="s">
+        <v>1355</v>
+      </c>
+      <c r="C146" s="80" t="s">
+        <v>1357</v>
+      </c>
+    </row>
+    <row r="147" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="115"/>
+      <c r="B147" s="80" t="s">
+        <v>1941</v>
+      </c>
+      <c r="C147" s="80" t="s">
+        <v>1942</v>
+      </c>
+    </row>
+    <row r="148" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="115"/>
+      <c r="B148" s="83" t="s">
+        <v>1432</v>
+      </c>
+      <c r="C148" s="83" t="s">
+        <v>1557</v>
+      </c>
+    </row>
+    <row r="149" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="115"/>
+      <c r="B149" s="83" t="s">
+        <v>1415</v>
+      </c>
+      <c r="C149" s="83" t="s">
+        <v>1416</v>
+      </c>
+    </row>
+    <row r="150" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="115"/>
+      <c r="B150" s="80" t="s">
+        <v>311</v>
+      </c>
+      <c r="C150" s="80" t="s">
+        <v>79</v>
+      </c>
+    </row>
+    <row r="151" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="115"/>
+      <c r="B151" s="80" t="s">
+        <v>1382</v>
+      </c>
+      <c r="C151" s="80" t="s">
+        <v>1383</v>
+      </c>
+    </row>
+    <row r="152" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="115"/>
+      <c r="B152" s="80" t="s">
+        <v>1443</v>
+      </c>
+      <c r="C152" s="80" t="s">
+        <v>1410</v>
+      </c>
+    </row>
+    <row r="153" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="115"/>
+      <c r="B153" s="80" t="s">
+        <v>750</v>
+      </c>
+      <c r="C153" s="80" t="s">
+        <v>242</v>
+      </c>
+    </row>
+    <row r="154" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="115"/>
+      <c r="B154" s="82" t="s">
+        <v>1751</v>
+      </c>
+      <c r="C154" s="82" t="s">
+        <v>1752</v>
+      </c>
+    </row>
+    <row r="155" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="115"/>
+      <c r="B155" s="80" t="s">
+        <v>560</v>
+      </c>
+      <c r="C155" s="80" t="s">
+        <v>174</v>
+      </c>
+    </row>
+    <row r="156" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="115"/>
+      <c r="B156" s="80" t="s">
+        <v>1264</v>
+      </c>
+      <c r="C156" s="80" t="s">
+        <v>1265</v>
+      </c>
+    </row>
+    <row r="157" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="115"/>
+      <c r="B157" s="83" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C157" s="83" t="s">
+        <v>1626</v>
+      </c>
+    </row>
+    <row r="158" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="115"/>
+      <c r="B158" s="80" t="s">
+        <v>752</v>
+      </c>
+      <c r="C158" s="80" t="s">
+        <v>1384</v>
+      </c>
+    </row>
+    <row r="159" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="115"/>
+      <c r="B159" s="80" t="s">
+        <v>934</v>
+      </c>
+      <c r="C159" s="80" t="s">
+        <v>933</v>
+      </c>
+    </row>
+    <row r="160" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="115"/>
+      <c r="B160" s="80" t="s">
+        <v>998</v>
+      </c>
+      <c r="C160" s="80" t="s">
+        <v>149</v>
+      </c>
+    </row>
+    <row r="161" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="115"/>
+      <c r="B161" s="80" t="s">
+        <v>605</v>
+      </c>
+      <c r="C161" s="80" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="162" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="115"/>
+      <c r="B162" s="80" t="s">
+        <v>324</v>
+      </c>
+      <c r="C162" s="80" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="163" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="115"/>
+      <c r="B163" s="80" t="s">
+        <v>838</v>
+      </c>
+      <c r="C163" s="80" t="s">
+        <v>168</v>
+      </c>
+    </row>
+    <row r="164" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="115"/>
+      <c r="B164" s="80" t="s">
+        <v>671</v>
+      </c>
+      <c r="C164" s="80" t="s">
+        <v>1584</v>
+      </c>
+    </row>
+    <row r="165" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="115"/>
+      <c r="B165" s="80" t="s">
+        <v>442</v>
+      </c>
+      <c r="C165" s="80" t="s">
+        <v>177</v>
+      </c>
+    </row>
+    <row r="166" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="115"/>
+      <c r="B166" s="80" t="s">
+        <v>828</v>
+      </c>
+      <c r="C166" s="80" t="s">
+        <v>830</v>
+      </c>
+    </row>
+    <row r="167" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="115"/>
+      <c r="B167" s="80" t="s">
+        <v>308</v>
+      </c>
+      <c r="C167" s="80" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="168" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="115"/>
+      <c r="B168" s="80" t="s">
+        <v>1289</v>
+      </c>
+      <c r="C168" s="80" t="s">
+        <v>1290</v>
+      </c>
+    </row>
+    <row r="169" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="115"/>
+      <c r="B169" s="80" t="s">
+        <v>534</v>
+      </c>
+      <c r="C169" s="80" t="s">
+        <v>170</v>
+      </c>
+    </row>
+    <row r="170" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="115"/>
+      <c r="B170" s="82" t="s">
+        <v>1540</v>
+      </c>
+      <c r="C170" s="82" t="s">
+        <v>1541</v>
+      </c>
+    </row>
+    <row r="171" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="115"/>
+      <c r="B171" s="80" t="s">
+        <v>1232</v>
+      </c>
+      <c r="C171" s="80" t="s">
+        <v>1385</v>
+      </c>
+    </row>
+    <row r="172" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A172" s="115"/>
+      <c r="B172" s="80" t="s">
+        <v>941</v>
+      </c>
+      <c r="C172" s="80" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="173" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="115"/>
+      <c r="B173" s="80" t="s">
+        <v>1191</v>
+      </c>
+      <c r="C173" s="80" t="s">
+        <v>1163</v>
+      </c>
+    </row>
+    <row r="174" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="115"/>
+      <c r="B174" s="80" t="s">
+        <v>325</v>
+      </c>
+      <c r="C174" s="80" t="s">
+        <v>944</v>
+      </c>
+    </row>
+    <row r="175" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="115"/>
+      <c r="B175" s="80" t="s">
+        <v>319</v>
+      </c>
+      <c r="C175" s="80" t="s">
+        <v>538</v>
+      </c>
+    </row>
+    <row r="176" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="115"/>
+      <c r="B176" s="80" t="s">
+        <v>946</v>
+      </c>
+      <c r="C176" s="80" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="177" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="115"/>
+      <c r="B177" s="80" t="s">
+        <v>1923</v>
+      </c>
+      <c r="C177" s="80" t="s">
+        <v>1925</v>
+      </c>
+    </row>
+    <row r="178" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="115"/>
+      <c r="B178" s="80" t="s">
+        <v>1270</v>
+      </c>
+      <c r="C178" s="80" t="s">
+        <v>1271</v>
+      </c>
+    </row>
+    <row r="179" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="115" t="s">
+        <v>85</v>
+      </c>
+      <c r="B179" s="80" t="s">
+        <v>948</v>
+      </c>
+      <c r="C179" s="80" t="s">
+        <v>87</v>
+      </c>
+    </row>
+    <row r="180" spans="1:3" s="51" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="115"/>
+      <c r="B180" s="82" t="s">
+        <v>1647</v>
+      </c>
+      <c r="C180" s="82" t="s">
+        <v>1597</v>
+      </c>
+    </row>
+    <row r="181" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="115"/>
+      <c r="B181" s="80" t="s">
+        <v>892</v>
+      </c>
+      <c r="C181" s="80" t="s">
+        <v>88</v>
+      </c>
+    </row>
+    <row r="182" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="115"/>
+      <c r="B182" s="80" t="s">
+        <v>539</v>
+      </c>
+      <c r="C182" s="80" t="s">
+        <v>143</v>
+      </c>
+    </row>
+    <row r="183" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="115"/>
+      <c r="B183" s="80" t="s">
+        <v>951</v>
+      </c>
+      <c r="C183" s="80" t="s">
+        <v>89</v>
+      </c>
+    </row>
+    <row r="184" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="115"/>
+      <c r="B184" s="80" t="s">
+        <v>426</v>
+      </c>
+      <c r="C184" s="80" t="s">
+        <v>86</v>
+      </c>
+    </row>
+    <row r="185" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="115" t="s">
+        <v>90</v>
+      </c>
+      <c r="B185" s="80" t="s">
+        <v>1129</v>
+      </c>
+      <c r="C185" s="80" t="s">
+        <v>92</v>
+      </c>
+    </row>
+    <row r="186" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="115"/>
+      <c r="B186" s="80" t="s">
+        <v>1780</v>
+      </c>
+      <c r="C186" s="80" t="s">
+        <v>1778</v>
+      </c>
+    </row>
+    <row r="187" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="115"/>
+      <c r="B187" s="83" t="s">
+        <v>1538</v>
+      </c>
+      <c r="C187" s="83" t="s">
+        <v>1537</v>
+      </c>
+    </row>
+    <row r="188" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="115"/>
+      <c r="B188" s="80" t="s">
+        <v>1386</v>
+      </c>
+      <c r="C188" s="80" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="189" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="115"/>
+      <c r="B189" s="80" t="s">
+        <v>542</v>
+      </c>
+      <c r="C189" s="80" t="s">
+        <v>543</v>
+      </c>
+    </row>
+    <row r="190" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="115"/>
+      <c r="B190" s="80" t="s">
+        <v>480</v>
+      </c>
+      <c r="C190" s="80" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="191" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="115" t="s">
+        <v>94</v>
+      </c>
+      <c r="B191" s="80" t="s">
+        <v>757</v>
+      </c>
+      <c r="C191" s="80" t="s">
+        <v>96</v>
+      </c>
+    </row>
+    <row r="192" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="115"/>
+      <c r="B192" s="80" t="s">
+        <v>759</v>
+      </c>
+      <c r="C192" s="80" t="s">
+        <v>253</v>
+      </c>
+    </row>
+    <row r="193" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="115"/>
+      <c r="B193" s="80" t="s">
+        <v>853</v>
+      </c>
+      <c r="C193" s="80" t="s">
+        <v>192</v>
+      </c>
+    </row>
+    <row r="194" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="115"/>
+      <c r="B194" s="80" t="s">
+        <v>763</v>
+      </c>
+      <c r="C194" s="80" t="s">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="195" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="115"/>
+      <c r="B195" s="80" t="s">
+        <v>331</v>
+      </c>
+      <c r="C195" s="80" t="s">
+        <v>210</v>
+      </c>
+    </row>
+    <row r="196" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="115"/>
+      <c r="B196" s="80" t="s">
+        <v>404</v>
+      </c>
+      <c r="C196" s="80" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="197" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="115"/>
+      <c r="B197" s="80" t="s">
+        <v>765</v>
+      </c>
+      <c r="C197" s="80" t="s">
+        <v>211</v>
+      </c>
+    </row>
+    <row r="198" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="115"/>
+      <c r="B198" s="80" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C198" s="80" t="s">
+        <v>1018</v>
+      </c>
+    </row>
+    <row r="199" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A199" s="115"/>
+      <c r="B199" s="80" t="s">
         <v>1939</v>
       </c>
-    </row>
-[...959 lines deleted...]
-      <c r="B198" s="80" t="s">
+      <c r="C199" s="80" t="s">
+        <v>1940</v>
+      </c>
+    </row>
+    <row r="200" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A200" s="115"/>
+      <c r="B200" s="80" t="s">
         <v>1239</v>
       </c>
-      <c r="C198" s="80" t="s">
+      <c r="C200" s="80" t="s">
         <v>1242</v>
       </c>
     </row>
-    <row r="199" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B199" s="80" t="s">
+    <row r="201" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A201" s="115"/>
+      <c r="B201" s="80" t="s">
         <v>1214</v>
       </c>
-      <c r="C199" s="80" t="s">
+      <c r="C201" s="80" t="s">
         <v>1387</v>
       </c>
     </row>
-    <row r="200" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B200" s="80" t="s">
+    <row r="202" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A202" s="115"/>
+      <c r="B202" s="80" t="s">
         <v>766</v>
       </c>
-      <c r="C200" s="80" t="s">
+      <c r="C202" s="80" t="s">
         <v>97</v>
       </c>
     </row>
-    <row r="201" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B201" s="80" t="s">
+    <row r="203" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A203" s="115"/>
+      <c r="B203" s="80" t="s">
         <v>1058</v>
       </c>
-      <c r="C201" s="80" t="s">
+      <c r="C203" s="80" t="s">
         <v>1054</v>
       </c>
     </row>
-    <row r="202" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A202" s="110" t="s">
+    <row r="204" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A204" s="115" t="s">
         <v>98</v>
       </c>
-      <c r="B202" s="80" t="s">
+      <c r="B204" s="80" t="s">
         <v>367</v>
       </c>
-      <c r="C202" s="80" t="s">
+      <c r="C204" s="80" t="s">
         <v>100</v>
       </c>
     </row>
-    <row r="203" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B203" s="80" t="s">
+    <row r="205" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A205" s="115"/>
+      <c r="B205" s="80" t="s">
         <v>432</v>
       </c>
-      <c r="C203" s="80" t="s">
+      <c r="C205" s="80" t="s">
         <v>99</v>
       </c>
     </row>
-    <row r="204" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B204" s="80" t="s">
+    <row r="206" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A206" s="115"/>
+      <c r="B206" s="80" t="s">
         <v>1044</v>
       </c>
-      <c r="C204" s="80" t="s">
+      <c r="C206" s="80" t="s">
         <v>1150</v>
       </c>
     </row>
-    <row r="205" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A205" s="110" t="s">
+    <row r="207" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A207" s="115" t="s">
         <v>231</v>
       </c>
-      <c r="B205" s="80" t="s">
+      <c r="B207" s="80" t="s">
         <v>1248</v>
       </c>
-      <c r="C205" s="80" t="s">
+      <c r="C207" s="80" t="s">
         <v>1249</v>
       </c>
     </row>
-    <row r="206" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B206" s="80" t="s">
+    <row r="208" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A208" s="115"/>
+      <c r="B208" s="80" t="s">
         <v>769</v>
       </c>
-      <c r="C206" s="80" t="s">
+      <c r="C208" s="80" t="s">
         <v>232</v>
       </c>
     </row>
-    <row r="207" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B207" s="80" t="s">
+    <row r="209" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A209" s="115"/>
+      <c r="B209" s="80" t="s">
         <v>773</v>
       </c>
-      <c r="C207" s="80" t="s">
+      <c r="C209" s="80" t="s">
         <v>774</v>
       </c>
     </row>
-    <row r="208" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A208" s="110" t="s">
+    <row r="210" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A210" s="115" t="s">
         <v>101</v>
       </c>
-      <c r="B208" s="80" t="s">
+      <c r="B210" s="80" t="s">
         <v>1072</v>
       </c>
-      <c r="C208" s="80" t="s">
+      <c r="C210" s="80" t="s">
         <v>1585</v>
       </c>
     </row>
-    <row r="209" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B209" s="80" t="s">
+    <row r="211" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A211" s="115"/>
+      <c r="B211" s="80" t="s">
         <v>486</v>
       </c>
-      <c r="C209" s="80" t="s">
+      <c r="C211" s="80" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="210" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B210" s="80" t="s">
+    <row r="212" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A212" s="115"/>
+      <c r="B212" s="80" t="s">
         <v>966</v>
       </c>
-      <c r="C210" s="80" t="s">
+      <c r="C212" s="80" t="s">
         <v>104</v>
       </c>
     </row>
-    <row r="211" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B211" s="80" t="s">
+    <row r="213" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A213" s="115"/>
+      <c r="B213" s="80" t="s">
         <v>776</v>
       </c>
-      <c r="C211" s="80" t="s">
+      <c r="C213" s="80" t="s">
         <v>105</v>
       </c>
     </row>
-    <row r="212" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B212" s="80" t="s">
+    <row r="214" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A214" s="115"/>
+      <c r="B214" s="80" t="s">
         <v>1388</v>
       </c>
-      <c r="C212" s="80" t="s">
+      <c r="C214" s="80" t="s">
         <v>189</v>
       </c>
     </row>
-    <row r="213" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B213" s="80" t="s">
+    <row r="215" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A215" s="115"/>
+      <c r="B215" s="80" t="s">
         <v>777</v>
       </c>
-      <c r="C213" s="80" t="s">
+      <c r="C215" s="80" t="s">
         <v>197</v>
       </c>
     </row>
-    <row r="214" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B214" s="80" t="s">
+    <row r="216" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A216" s="115"/>
+      <c r="B216" s="80" t="s">
         <v>959</v>
       </c>
-      <c r="C214" s="80" t="s">
+      <c r="C216" s="80" t="s">
         <v>112</v>
       </c>
     </row>
-    <row r="215" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B215" s="80" t="s">
+    <row r="217" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A217" s="115"/>
+      <c r="B217" s="80" t="s">
         <v>1308</v>
       </c>
-      <c r="C215" s="80" t="s">
+      <c r="C217" s="80" t="s">
         <v>1084</v>
       </c>
     </row>
-    <row r="216" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B216" s="80" t="s">
+    <row r="218" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A218" s="115"/>
+      <c r="B218" s="80" t="s">
         <v>1130</v>
       </c>
-      <c r="C216" s="80" t="s">
+      <c r="C218" s="80" t="s">
         <v>1131</v>
       </c>
     </row>
-    <row r="217" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B217" s="80" t="s">
+    <row r="219" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A219" s="115"/>
+      <c r="B219" s="80" t="s">
         <v>677</v>
       </c>
-      <c r="C217" s="80" t="s">
+      <c r="C219" s="80" t="s">
         <v>109</v>
       </c>
     </row>
-    <row r="218" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B218" s="80" t="s">
+    <row r="220" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A220" s="115"/>
+      <c r="B220" s="80" t="s">
         <v>1136</v>
       </c>
-      <c r="C218" s="80" t="s">
+      <c r="C220" s="80" t="s">
         <v>1132</v>
       </c>
     </row>
-    <row r="219" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B219" s="80" t="s">
+    <row r="221" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A221" s="115"/>
+      <c r="B221" s="80" t="s">
         <v>1389</v>
       </c>
-      <c r="C219" s="80" t="s">
+      <c r="C221" s="80" t="s">
         <v>110</v>
       </c>
     </row>
-    <row r="220" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B220" s="80" t="s">
+    <row r="222" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A222" s="115"/>
+      <c r="B222" s="80" t="s">
         <v>863</v>
       </c>
-      <c r="C220" s="80" t="s">
+      <c r="C222" s="80" t="s">
         <v>864</v>
       </c>
     </row>
-    <row r="221" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B221" s="83" t="s">
+    <row r="223" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A223" s="115"/>
+      <c r="B223" s="83" t="s">
         <v>1573</v>
       </c>
-      <c r="C221" s="83" t="s">
+      <c r="C223" s="83" t="s">
         <v>1418</v>
       </c>
     </row>
-    <row r="222" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B222" s="83" t="s">
+    <row r="224" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A224" s="115"/>
+      <c r="B224" s="83" t="s">
         <v>1569</v>
       </c>
-      <c r="C222" s="83" t="s">
+      <c r="C224" s="83" t="s">
         <v>1570</v>
       </c>
-      <c r="D222" s="63"/>
-[...3 lines deleted...]
-      <c r="B223" s="80" t="s">
+      <c r="D224" s="63"/>
+    </row>
+    <row r="225" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A225" s="115"/>
+      <c r="B225" s="80" t="s">
         <v>558</v>
       </c>
-      <c r="C223" s="80" t="s">
+      <c r="C225" s="80" t="s">
         <v>1154</v>
       </c>
     </row>
-    <row r="224" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B224" s="80" t="s">
+    <row r="226" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A226" s="115"/>
+      <c r="B226" s="80" t="s">
         <v>496</v>
       </c>
-      <c r="C224" s="80" t="s">
+      <c r="C226" s="80" t="s">
         <v>107</v>
       </c>
     </row>
-    <row r="225" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B225" s="80" t="s">
+    <row r="227" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A227" s="115"/>
+      <c r="B227" s="80" t="s">
         <v>501</v>
       </c>
-      <c r="C225" s="80" t="s">
+      <c r="C227" s="80" t="s">
         <v>111</v>
       </c>
     </row>
-    <row r="226" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B226" s="80" t="s">
+    <row r="228" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A228" s="115"/>
+      <c r="B228" s="80" t="s">
         <v>695</v>
       </c>
-      <c r="C226" s="80" t="s">
+      <c r="C228" s="80" t="s">
         <v>103</v>
       </c>
     </row>
-    <row r="227" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B227" s="80" t="s">
+    <row r="229" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A229" s="115"/>
+      <c r="B229" s="80" t="s">
         <v>1156</v>
       </c>
-      <c r="C227" s="80" t="s">
+      <c r="C229" s="80" t="s">
         <v>1027</v>
       </c>
     </row>
-    <row r="228" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B228" s="80" t="s">
+    <row r="230" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A230" s="115"/>
+      <c r="B230" s="80" t="s">
         <v>1390</v>
       </c>
-      <c r="C228" s="80" t="s">
+      <c r="C230" s="80" t="s">
         <v>116</v>
       </c>
     </row>
-    <row r="229" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B229" s="80" t="s">
+    <row r="231" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A231" s="115"/>
+      <c r="B231" s="80" t="s">
         <v>784</v>
       </c>
-      <c r="C229" s="80" t="s">
+      <c r="C231" s="80" t="s">
         <v>247</v>
       </c>
     </row>
-    <row r="230" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B230" s="80" t="s">
+    <row r="232" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A232" s="115"/>
+      <c r="B232" s="80" t="s">
         <v>1135</v>
       </c>
-      <c r="C230" s="80" t="s">
+      <c r="C232" s="80" t="s">
         <v>1133</v>
       </c>
     </row>
-    <row r="231" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B231" s="80" t="s">
+    <row r="233" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A233" s="115"/>
+      <c r="B233" s="80" t="s">
         <v>1391</v>
       </c>
-      <c r="C231" s="80" t="s">
+      <c r="C233" s="80" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="232" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B232" s="80" t="s">
+    <row r="234" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A234" s="115"/>
+      <c r="B234" s="80" t="s">
         <v>436</v>
       </c>
-      <c r="C232" s="80" t="s">
+      <c r="C234" s="80" t="s">
         <v>113</v>
       </c>
     </row>
-    <row r="233" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B233" s="80" t="s">
+    <row r="235" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A235" s="115"/>
+      <c r="B235" s="80" t="s">
         <v>489</v>
       </c>
-      <c r="C233" s="80" t="s">
+      <c r="C235" s="80" t="s">
         <v>115</v>
       </c>
     </row>
-    <row r="234" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A234" s="79" t="s">
+    <row r="236" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A236" s="79" t="s">
         <v>191</v>
       </c>
-      <c r="B234" s="80" t="s">
+      <c r="B236" s="80" t="s">
         <v>568</v>
       </c>
-      <c r="C234" s="84" t="s">
+      <c r="C236" s="84" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="235" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A235" s="115" t="s">
+    <row r="237" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A237" s="116" t="s">
         <v>117</v>
       </c>
-      <c r="B235" s="83" t="s">
+      <c r="B237" s="83" t="s">
         <v>1397</v>
       </c>
-      <c r="C235" s="83" t="s">
+      <c r="C237" s="83" t="s">
         <v>1451</v>
       </c>
     </row>
-    <row r="236" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B236" s="80" t="s">
+    <row r="238" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A238" s="118"/>
+      <c r="B238" s="80" t="s">
         <v>961</v>
       </c>
-      <c r="C236" s="80" t="s">
+      <c r="C238" s="80" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="237" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B237" s="80" t="s">
+    <row r="239" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A239" s="118"/>
+      <c r="B239" s="80" t="s">
         <v>785</v>
       </c>
-      <c r="C237" s="80" t="s">
+      <c r="C239" s="80" t="s">
         <v>125</v>
       </c>
     </row>
-    <row r="238" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B238" s="80" t="s">
+    <row r="240" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A240" s="118"/>
+      <c r="B240" s="80" t="s">
         <v>1497</v>
       </c>
-      <c r="C238" s="84" t="s">
+      <c r="C240" s="84" t="s">
         <v>128</v>
       </c>
     </row>
-    <row r="239" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...4 lines deleted...]
-      <c r="C239" s="80" t="s">
+    <row r="241" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A241" s="118"/>
+      <c r="B241" s="80" t="s">
+        <v>1831</v>
+      </c>
+      <c r="C241" s="80" t="s">
         <v>118</v>
       </c>
     </row>
-    <row r="240" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B240" s="80" t="s">
+    <row r="242" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A242" s="118"/>
+      <c r="B242" s="80" t="s">
         <v>495</v>
       </c>
-      <c r="C240" s="80" t="s">
+      <c r="C242" s="80" t="s">
         <v>1392</v>
       </c>
     </row>
-    <row r="241" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B241" s="80" t="s">
+    <row r="243" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A243" s="118"/>
+      <c r="B243" s="80" t="s">
         <v>964</v>
       </c>
-      <c r="C241" s="80" t="s">
+      <c r="C243" s="80" t="s">
         <v>153</v>
       </c>
     </row>
-    <row r="242" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B242" s="80" t="s">
+    <row r="244" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A244" s="118"/>
+      <c r="B244" s="80" t="s">
         <v>967</v>
       </c>
-      <c r="C242" s="80" t="s">
+      <c r="C244" s="80" t="s">
         <v>121</v>
       </c>
     </row>
-    <row r="243" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B243" s="80" t="s">
+    <row r="245" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A245" s="118"/>
+      <c r="B245" s="80" t="s">
         <v>786</v>
       </c>
-      <c r="C243" s="80" t="s">
+      <c r="C245" s="80" t="s">
         <v>188</v>
       </c>
     </row>
-    <row r="244" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B244" s="80" t="s">
+    <row r="246" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A246" s="118"/>
+      <c r="B246" s="80" t="s">
         <v>790</v>
       </c>
-      <c r="C244" s="80" t="s">
+      <c r="C246" s="80" t="s">
         <v>123</v>
       </c>
     </row>
-    <row r="245" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B245" s="80" t="s">
+    <row r="247" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A247" s="118"/>
+      <c r="B247" s="80" t="s">
         <v>970</v>
       </c>
-      <c r="C245" s="80" t="s">
+      <c r="C247" s="80" t="s">
         <v>139</v>
       </c>
     </row>
-    <row r="246" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B246" s="80" t="s">
+    <row r="248" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A248" s="118"/>
+      <c r="B248" s="80" t="s">
         <v>1190</v>
       </c>
-      <c r="C246" s="80" t="s">
+      <c r="C248" s="80" t="s">
         <v>1031</v>
       </c>
     </row>
-    <row r="247" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B247" s="80" t="s">
+    <row r="249" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A249" s="118"/>
+      <c r="B249" s="80" t="s">
         <v>973</v>
       </c>
-      <c r="C247" s="80" t="s">
+      <c r="C249" s="80" t="s">
         <v>140</v>
       </c>
     </row>
-    <row r="248" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B248" s="83" t="s">
+    <row r="250" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A250" s="118"/>
+      <c r="B250" s="83" t="s">
         <v>1398</v>
       </c>
-      <c r="C248" s="83" t="s">
+      <c r="C250" s="83" t="s">
         <v>1586</v>
       </c>
     </row>
-    <row r="249" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B249" s="80" t="s">
+    <row r="251" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A251" s="118"/>
+      <c r="B251" s="80" t="s">
         <v>791</v>
       </c>
-      <c r="C249" s="80" t="s">
+      <c r="C251" s="80" t="s">
         <v>187</v>
       </c>
     </row>
-    <row r="250" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B250" s="80" t="s">
+    <row r="252" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A252" s="118"/>
+      <c r="B252" s="80" t="s">
         <v>1155</v>
       </c>
-      <c r="C250" s="80" t="s">
+      <c r="C252" s="80" t="s">
         <v>122</v>
       </c>
     </row>
-    <row r="251" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B251" s="80" t="s">
+    <row r="253" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A253" s="118"/>
+      <c r="B253" s="80" t="s">
         <v>494</v>
       </c>
-      <c r="C251" s="80" t="s">
+      <c r="C253" s="80" t="s">
         <v>129</v>
       </c>
     </row>
-    <row r="252" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B252" s="80" t="s">
+    <row r="254" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A254" s="118"/>
+      <c r="B254" s="80" t="s">
         <v>962</v>
       </c>
-      <c r="C252" s="80" t="s">
+      <c r="C254" s="80" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="253" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B253" s="83" t="s">
+    <row r="255" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A255" s="118"/>
+      <c r="B255" s="83" t="s">
         <v>1407</v>
       </c>
-      <c r="C253" s="83" t="s">
+      <c r="C255" s="83" t="s">
         <v>1583</v>
       </c>
     </row>
-    <row r="254" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B254" s="80" t="s">
+    <row r="256" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A256" s="118"/>
+      <c r="B256" s="80" t="s">
         <v>1393</v>
       </c>
-      <c r="C254" s="80" t="s">
+      <c r="C256" s="80" t="s">
         <v>202</v>
       </c>
     </row>
-    <row r="255" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B255" s="80" t="s">
+    <row r="257" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A257" s="118"/>
+      <c r="B257" s="80" t="s">
         <v>502</v>
       </c>
-      <c r="C255" s="80" t="s">
+      <c r="C257" s="80" t="s">
         <v>126</v>
       </c>
     </row>
-    <row r="256" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-      <c r="B256" s="80" t="s">
+    <row r="258" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A258" s="118"/>
+      <c r="B258" s="80" t="s">
+        <v>1814</v>
+      </c>
+      <c r="C258" s="80" t="s">
         <v>1815</v>
       </c>
-      <c r="C256" s="80" t="s">
+    </row>
+    <row r="259" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A259" s="118"/>
+      <c r="B259" s="80" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C259" s="80" t="s">
+        <v>1188</v>
+      </c>
+    </row>
+    <row r="260" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A260" s="118"/>
+      <c r="B260" s="80" t="s">
+        <v>1103</v>
+      </c>
+      <c r="C260" s="80" t="s">
+        <v>180</v>
+      </c>
+    </row>
+    <row r="261" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A261" s="118"/>
+      <c r="B261" s="80" t="s">
+        <v>787</v>
+      </c>
+      <c r="C261" s="80" t="s">
+        <v>130</v>
+      </c>
+    </row>
+    <row r="262" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A262" s="118"/>
+      <c r="B262" s="80" t="s">
+        <v>891</v>
+      </c>
+      <c r="C262" s="80" t="s">
+        <v>120</v>
+      </c>
+    </row>
+    <row r="263" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A263" s="118"/>
+      <c r="B263" s="80" t="s">
+        <v>503</v>
+      </c>
+      <c r="C263" s="80" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="264" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A264" s="118"/>
+      <c r="B264" s="80" t="s">
+        <v>578</v>
+      </c>
+      <c r="C264" s="84" t="s">
+        <v>161</v>
+      </c>
+    </row>
+    <row r="265" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A265" s="118"/>
+      <c r="B265" s="80" t="s">
+        <v>1394</v>
+      </c>
+      <c r="C265" s="80" t="s">
+        <v>251</v>
+      </c>
+    </row>
+    <row r="266" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A266" s="117"/>
+      <c r="B266" s="80" t="s">
+        <v>499</v>
+      </c>
+      <c r="C266" s="80" t="s">
+        <v>261</v>
+      </c>
+    </row>
+    <row r="267" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A267" s="115" t="s">
+        <v>131</v>
+      </c>
+      <c r="B267" s="80" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C267" s="80" t="s">
+        <v>1106</v>
+      </c>
+    </row>
+    <row r="268" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A268" s="115"/>
+      <c r="B268" s="80" t="s">
+        <v>796</v>
+      </c>
+      <c r="C268" s="80" t="s">
+        <v>135</v>
+      </c>
+    </row>
+    <row r="269" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A269" s="115"/>
+      <c r="B269" s="83" t="s">
+        <v>1205</v>
+      </c>
+      <c r="C269" s="83" t="s">
+        <v>1547</v>
+      </c>
+    </row>
+    <row r="270" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A270" s="115"/>
+      <c r="B270" s="83" t="s">
+        <v>406</v>
+      </c>
+      <c r="C270" s="83" t="s">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="271" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A271" s="115"/>
+      <c r="B271" s="80" t="s">
+        <v>546</v>
+      </c>
+      <c r="C271" s="80" t="s">
+        <v>545</v>
+      </c>
+    </row>
+    <row r="272" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A272" s="115"/>
+      <c r="B272" s="80" t="s">
+        <v>1267</v>
+      </c>
+      <c r="C272" s="80" t="s">
+        <v>1395</v>
+      </c>
+    </row>
+    <row r="273" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A273" s="115"/>
+      <c r="B273" s="80" t="s">
+        <v>1278</v>
+      </c>
+      <c r="C273" s="80" t="s">
+        <v>366</v>
+      </c>
+    </row>
+    <row r="274" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A274" s="115"/>
+      <c r="B274" s="80" t="s">
+        <v>1199</v>
+      </c>
+      <c r="C274" s="80" t="s">
+        <v>1198</v>
+      </c>
+    </row>
+    <row r="275" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A275" s="115"/>
+      <c r="B275" s="83" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C275" s="83" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D275" s="63"/>
+    </row>
+    <row r="276" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A276" s="115"/>
+      <c r="B276" s="80" t="s">
+        <v>356</v>
+      </c>
+      <c r="C276" s="80" t="s">
+        <v>1020</v>
+      </c>
+    </row>
+    <row r="277" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A277" s="115"/>
+      <c r="B277" s="80" t="s">
+        <v>1041</v>
+      </c>
+      <c r="C277" s="80" t="s">
+        <v>1040</v>
+      </c>
+    </row>
+    <row r="278" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A278" s="115"/>
+      <c r="B278" s="83" t="s">
+        <v>1412</v>
+      </c>
+      <c r="C278" s="83" t="s">
+        <v>1414</v>
+      </c>
+      <c r="D278" s="63"/>
+    </row>
+    <row r="279" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A279" s="115"/>
+      <c r="B279" s="80" t="s">
+        <v>799</v>
+      </c>
+      <c r="C279" s="80" t="s">
+        <v>136</v>
+      </c>
+    </row>
+    <row r="280" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A280" s="115"/>
+      <c r="B280" s="80" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C280" s="80" t="s">
+        <v>239</v>
+      </c>
+    </row>
+    <row r="281" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A281" s="115"/>
+      <c r="B281" s="80" t="s">
+        <v>978</v>
+      </c>
+      <c r="C281" s="80" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="282" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A282" s="115"/>
+      <c r="B282" s="80" t="s">
+        <v>800</v>
+      </c>
+      <c r="C282" s="80" t="s">
+        <v>181</v>
+      </c>
+    </row>
+    <row r="283" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A283" s="115"/>
+      <c r="B283" s="80" t="s">
+        <v>453</v>
+      </c>
+      <c r="C283" s="80" t="s">
+        <v>146</v>
+      </c>
+    </row>
+    <row r="284" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A284" s="115"/>
+      <c r="B284" s="80" t="s">
+        <v>550</v>
+      </c>
+      <c r="C284" s="80" t="s">
+        <v>133</v>
+      </c>
+    </row>
+    <row r="285" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A285" s="115"/>
+      <c r="B285" s="80" t="s">
+        <v>840</v>
+      </c>
+      <c r="C285" s="80" t="s">
+        <v>841</v>
+      </c>
+    </row>
+    <row r="286" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A286" s="115"/>
+      <c r="B286" s="80" t="s">
+        <v>1287</v>
+      </c>
+      <c r="C286" s="80" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="287" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A287" s="115"/>
+      <c r="B287" s="80" t="s">
+        <v>504</v>
+      </c>
+      <c r="C287" s="80" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="288" spans="1:4" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A288" s="115"/>
+      <c r="B288" s="80" t="s">
+        <v>1137</v>
+      </c>
+      <c r="C288" s="80" t="s">
+        <v>1138</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A289" s="85"/>
+      <c r="B289" s="86"/>
+      <c r="C289" s="86"/>
+    </row>
+    <row r="290" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A290" s="111" t="s">
         <v>1816</v>
       </c>
-    </row>
-[...302 lines deleted...]
-      </c>
+      <c r="B290" s="111"/>
+      <c r="C290" s="111"/>
     </row>
     <row r="291" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A291" s="112" t="s">
-[...3 lines deleted...]
-      <c r="C291" s="112"/>
+      <c r="A291" s="87"/>
+      <c r="B291" s="87" t="s">
+        <v>1902</v>
+      </c>
+      <c r="C291" s="87" t="s">
+        <v>1906</v>
+      </c>
     </row>
     <row r="292" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A292" s="87"/>
       <c r="B292" s="87"/>
-      <c r="C292" s="87" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="C292" s="87"/>
     </row>
     <row r="293" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A293" s="87"/>
-[...3 lines deleted...]
-      </c>
+      <c r="A293" s="112" t="s">
+        <v>1897</v>
+      </c>
+      <c r="B293" s="112"/>
+      <c r="C293" s="112"/>
     </row>
     <row r="294" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A294" s="87"/>
       <c r="B294" s="87"/>
       <c r="C294" s="87" t="s">
-        <v>1894</v>
+        <v>1896</v>
       </c>
     </row>
     <row r="295" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A295" s="87"/>
       <c r="B295" s="87"/>
       <c r="C295" s="87" t="s">
-        <v>1897</v>
+        <v>1891</v>
       </c>
     </row>
     <row r="296" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A296" s="87"/>
       <c r="B296" s="87"/>
       <c r="C296" s="87" t="s">
-        <v>1895</v>
+        <v>1892</v>
       </c>
     </row>
     <row r="297" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A297" s="87"/>
       <c r="B297" s="87"/>
-      <c r="C297" s="87"/>
+      <c r="C297" s="87" t="s">
+        <v>1895</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A298" s="87"/>
+      <c r="B298" s="87"/>
+      <c r="C298" s="87" t="s">
+        <v>1893</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3" ht="15" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A299" s="87"/>
+      <c r="B299" s="87"/>
+      <c r="C299" s="87"/>
     </row>
   </sheetData>
   <mergeCells count="26">
-    <mergeCell ref="A288:C288"/>
-    <mergeCell ref="A291:C291"/>
+    <mergeCell ref="A64:A70"/>
+    <mergeCell ref="A207:A209"/>
+    <mergeCell ref="A210:A235"/>
+    <mergeCell ref="A191:A203"/>
+    <mergeCell ref="A95:A114"/>
+    <mergeCell ref="A119:A178"/>
+    <mergeCell ref="A179:A184"/>
+    <mergeCell ref="A185:A190"/>
+    <mergeCell ref="A76:A78"/>
+    <mergeCell ref="A71:A75"/>
+    <mergeCell ref="A290:C290"/>
+    <mergeCell ref="A293:C293"/>
     <mergeCell ref="A1:C1"/>
     <mergeCell ref="A2:C2"/>
     <mergeCell ref="A4:A7"/>
     <mergeCell ref="A34:A52"/>
     <mergeCell ref="A32:A33"/>
     <mergeCell ref="A9:A30"/>
     <mergeCell ref="A61:A63"/>
     <mergeCell ref="A53:A60"/>
-    <mergeCell ref="A265:A286"/>
-[...14 lines deleted...]
-    <mergeCell ref="A70:A74"/>
+    <mergeCell ref="A267:A288"/>
+    <mergeCell ref="A204:A206"/>
+    <mergeCell ref="A79:A81"/>
+    <mergeCell ref="A82:A93"/>
+    <mergeCell ref="A237:A266"/>
+    <mergeCell ref="A115:A118"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="75" fitToHeight="0" orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M111"/>
   <sheetViews>
-    <sheetView topLeftCell="A85" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B137" sqref="B137"/>
+    <sheetView topLeftCell="A31" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A91" sqref="A91"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="2" width="15.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="40.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="45.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="16.7109375" style="1" customWidth="1"/>
     <col min="9" max="11" width="20.7109375" style="4" customWidth="1"/>
     <col min="12" max="12" width="30.7109375" style="4" customWidth="1"/>
     <col min="13" max="13" width="60.7109375" style="1" customWidth="1"/>
     <col min="14" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="122" t="s">
         <v>217</v>
       </c>
-      <c r="B1" s="121"/>
-[...9 lines deleted...]
-      <c r="L1" s="121"/>
+      <c r="B1" s="122"/>
+      <c r="C1" s="122"/>
+      <c r="D1" s="122"/>
+      <c r="E1" s="122"/>
+      <c r="F1" s="122"/>
+      <c r="G1" s="122"/>
+      <c r="H1" s="122"/>
+      <c r="I1" s="122"/>
+      <c r="J1" s="122"/>
+      <c r="K1" s="122"/>
+      <c r="L1" s="122"/>
     </row>
     <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="121" t="s">
+      <c r="A2" s="122" t="s">
         <v>265</v>
       </c>
-      <c r="B2" s="121"/>
-[...9 lines deleted...]
-      <c r="L2" s="121"/>
+      <c r="B2" s="122"/>
+      <c r="C2" s="122"/>
+      <c r="D2" s="122"/>
+      <c r="E2" s="122"/>
+      <c r="F2" s="122"/>
+      <c r="G2" s="122"/>
+      <c r="H2" s="122"/>
+      <c r="I2" s="122"/>
+      <c r="J2" s="122"/>
+      <c r="K2" s="122"/>
+      <c r="L2" s="122"/>
     </row>
     <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="122" t="s">
+      <c r="A3" s="123" t="s">
         <v>885</v>
       </c>
-      <c r="B3" s="122"/>
-[...9 lines deleted...]
-      <c r="L3" s="122"/>
+      <c r="B3" s="123"/>
+      <c r="C3" s="123"/>
+      <c r="D3" s="123"/>
+      <c r="E3" s="123"/>
+      <c r="F3" s="123"/>
+      <c r="G3" s="123"/>
+      <c r="H3" s="123"/>
+      <c r="I3" s="123"/>
+      <c r="J3" s="123"/>
+      <c r="K3" s="123"/>
+      <c r="L3" s="123"/>
     </row>
     <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="41" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="41" t="s">
         <v>267</v>
       </c>
       <c r="C4" s="41" t="s">
         <v>375</v>
       </c>
       <c r="D4" s="41" t="s">
         <v>686</v>
       </c>
       <c r="E4" s="41" t="s">
         <v>583</v>
       </c>
       <c r="F4" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G4" s="41" t="s">
         <v>413</v>
       </c>
       <c r="H4" s="41" t="s">
         <v>379</v>
       </c>
       <c r="I4" s="10" t="s">
         <v>269</v>
       </c>
       <c r="J4" s="10" t="s">
         <v>270</v>
       </c>
       <c r="K4" s="10" t="s">
         <v>271</v>
       </c>
       <c r="L4" s="10" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="23" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>284</v>
       </c>
       <c r="C5" s="24" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="24" t="s">
-        <v>1803</v>
+        <v>1802</v>
       </c>
       <c r="E5" s="24"/>
       <c r="F5" s="24"/>
       <c r="G5" s="75" t="s">
-        <v>1639</v>
+        <v>1638</v>
       </c>
       <c r="H5" s="24" t="s">
         <v>1522</v>
       </c>
       <c r="I5" s="7" t="s">
-        <v>1802</v>
+        <v>1801</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L5" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="23"/>
       <c r="B6" s="24" t="s">
         <v>284</v>
       </c>
       <c r="C6" s="24" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="24" t="s">
+        <v>1782</v>
+      </c>
+      <c r="E6" s="24" t="s">
         <v>1783</v>
-      </c>
-[...1 lines deleted...]
-        <v>1784</v>
       </c>
       <c r="F6" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G6" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H6" s="24" t="s">
         <v>1522</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="7">
         <v>1</v>
       </c>
       <c r="L6" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="23"/>
       <c r="B7" s="24" t="s">
         <v>285</v>
       </c>
       <c r="C7" s="24" t="s">
         <v>21</v>
       </c>
       <c r="D7" s="24" t="s">
-        <v>1701</v>
+        <v>1700</v>
       </c>
       <c r="E7" s="24" t="s">
         <v>1153</v>
       </c>
       <c r="F7" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G7" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H7" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K7" s="7">
         <v>2</v>
       </c>
       <c r="L7" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="23"/>
       <c r="B8" s="24" t="s">
         <v>373</v>
       </c>
       <c r="C8" s="24" t="s">
         <v>200</v>
       </c>
       <c r="D8" s="24" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
       <c r="E8" s="24" t="s">
         <v>900</v>
       </c>
       <c r="F8" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G8" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H8" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J8" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K8" s="7">
         <v>2</v>
       </c>
       <c r="L8" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="23"/>
       <c r="B9" s="24" t="s">
         <v>373</v>
       </c>
       <c r="C9" s="24" t="s">
         <v>160</v>
       </c>
       <c r="D9" s="24" t="s">
-        <v>1703</v>
+        <v>1702</v>
       </c>
       <c r="E9" s="24" t="s">
         <v>899</v>
       </c>
       <c r="F9" s="24"/>
       <c r="G9" s="27" t="s">
-        <v>1710</v>
+        <v>1709</v>
       </c>
       <c r="H9" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I9" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="7">
         <v>2</v>
       </c>
       <c r="L9" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="24"/>
       <c r="B10" s="24" t="s">
         <v>373</v>
       </c>
       <c r="C10" s="24" t="s">
         <v>160</v>
       </c>
       <c r="D10" s="24" t="s">
-        <v>1704</v>
+        <v>1703</v>
       </c>
       <c r="E10" s="7">
         <v>13276179</v>
       </c>
       <c r="F10" s="24"/>
       <c r="G10" s="27" t="s">
         <v>280</v>
       </c>
       <c r="H10" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I10" s="7" t="s">
         <v>895</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>896</v>
       </c>
       <c r="K10" s="7" t="s">
         <v>897</v>
       </c>
       <c r="L10" s="7" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
@@ -10545,51 +10585,51 @@
       <c r="H11" s="25" t="s">
         <v>380</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K11" s="7">
         <v>1</v>
       </c>
       <c r="L11" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="24"/>
       <c r="B12" s="24" t="s">
         <v>858</v>
       </c>
       <c r="C12" s="25" t="s">
         <v>35</v>
       </c>
       <c r="D12" s="25" t="s">
-        <v>1641</v>
+        <v>1640</v>
       </c>
       <c r="E12" s="25" t="s">
         <v>905</v>
       </c>
       <c r="F12" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G12" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H12" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I12" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J12" s="7" t="s">
         <v>15</v>
       </c>
       <c r="K12" s="7">
         <v>1</v>
       </c>
       <c r="L12" s="7" t="s">
         <v>894</v>
       </c>
@@ -10657,51 +10697,51 @@
       </c>
       <c r="I14" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J14" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K14" s="7">
         <v>2</v>
       </c>
       <c r="L14" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="23" t="s">
         <v>41</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>908</v>
       </c>
       <c r="C15" s="25" t="s">
         <v>42</v>
       </c>
       <c r="D15" s="25" t="s">
-        <v>1734</v>
+        <v>1733</v>
       </c>
       <c r="E15" s="25" t="s">
         <v>909</v>
       </c>
       <c r="F15" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G15" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H15" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>910</v>
       </c>
       <c r="K15" s="7">
         <v>5</v>
       </c>
       <c r="L15" s="7">
         <v>5</v>
       </c>
@@ -10949,108 +10989,108 @@
       <c r="H22" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I22" s="7" t="s">
         <v>145</v>
       </c>
       <c r="J22" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K22" s="7">
         <v>2</v>
       </c>
       <c r="L22" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="23"/>
       <c r="B23" s="29" t="s">
         <v>469</v>
       </c>
       <c r="C23" s="29" t="s">
         <v>59</v>
       </c>
       <c r="D23" s="29" t="s">
-        <v>1622</v>
+        <v>1621</v>
       </c>
       <c r="E23" s="29" t="s">
         <v>1185</v>
       </c>
       <c r="F23" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G23" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H23" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I23" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K23" s="6" t="s">
         <v>3</v>
       </c>
       <c r="L23" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="23"/>
       <c r="B24" s="29" t="s">
-        <v>1654</v>
+        <v>1653</v>
       </c>
       <c r="C24" s="29" t="s">
+        <v>1650</v>
+      </c>
+      <c r="D24" s="29" t="s">
         <v>1651</v>
-      </c>
-[...1 lines deleted...]
-        <v>1652</v>
       </c>
       <c r="E24" s="6">
         <v>43229036</v>
       </c>
       <c r="F24" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G24" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H24" s="29" t="s">
         <v>1240</v>
       </c>
       <c r="I24" s="6" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K24" s="6" t="s">
-        <v>1653</v>
+        <v>1652</v>
       </c>
       <c r="L24" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="23"/>
       <c r="B25" s="24" t="s">
         <v>922</v>
       </c>
       <c r="C25" s="25" t="s">
         <v>165</v>
       </c>
       <c r="D25" s="25" t="s">
         <v>886</v>
       </c>
       <c r="E25" s="25" t="s">
         <v>923</v>
       </c>
       <c r="F25" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G25" s="34" t="s">
         <v>275</v>
       </c>
@@ -11390,88 +11430,88 @@
         <v>3</v>
       </c>
       <c r="K34" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L34" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="35" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="23"/>
       <c r="B35" s="24" t="s">
         <v>951</v>
       </c>
       <c r="C35" s="25" t="s">
         <v>89</v>
       </c>
       <c r="D35" s="25" t="s">
         <v>886</v>
       </c>
       <c r="E35" s="25" t="s">
         <v>952</v>
       </c>
       <c r="F35" s="25"/>
       <c r="G35" s="28" t="s">
-        <v>1835</v>
+        <v>1834</v>
       </c>
       <c r="H35" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I35" s="6" t="s">
         <v>8</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K35" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>3</v>
       </c>
       <c r="M35" s="1" t="s">
         <v>1574</v>
       </c>
     </row>
     <row r="36" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="23" t="s">
         <v>90</v>
       </c>
       <c r="B36" s="24" t="s">
         <v>954</v>
       </c>
       <c r="C36" s="25" t="s">
         <v>91</v>
       </c>
       <c r="D36" s="25"/>
       <c r="E36" s="25" t="s">
         <v>953</v>
       </c>
       <c r="F36" s="25"/>
       <c r="G36" s="28" t="s">
-        <v>1892</v>
+        <v>1890</v>
       </c>
       <c r="H36" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I36" s="7" t="s">
         <v>199</v>
       </c>
       <c r="J36" s="7" t="s">
         <v>199</v>
       </c>
       <c r="K36" s="7">
         <v>2</v>
       </c>
       <c r="L36" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="37" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="23" t="s">
         <v>98</v>
       </c>
       <c r="B37" s="24" t="s">
         <v>432</v>
       </c>
       <c r="C37" s="25" t="s">
@@ -11679,98 +11719,98 @@
         <v>3</v>
       </c>
       <c r="K42" s="6">
         <v>2</v>
       </c>
       <c r="L42" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="43" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="23"/>
       <c r="B43" s="24" t="s">
         <v>489</v>
       </c>
       <c r="C43" s="25" t="s">
         <v>115</v>
       </c>
       <c r="D43" s="25" t="s">
         <v>886</v>
       </c>
       <c r="E43" s="25" t="s">
         <v>960</v>
       </c>
       <c r="F43" s="29"/>
       <c r="G43" s="37" t="s">
-        <v>1847</v>
+        <v>1845</v>
       </c>
       <c r="H43" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I43" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J43" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K43" s="7">
         <v>2</v>
       </c>
       <c r="L43" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="44" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A44" s="23" t="s">
         <v>117</v>
       </c>
       <c r="B44" s="24" t="s">
         <v>961</v>
       </c>
       <c r="C44" s="30" t="s">
         <v>124</v>
       </c>
       <c r="D44" s="30" t="s">
         <v>890</v>
       </c>
       <c r="E44" s="30" t="s">
         <v>1448</v>
       </c>
       <c r="F44" s="30" t="s">
         <v>1483</v>
       </c>
       <c r="G44" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H44" s="30" t="s">
         <v>378</v>
       </c>
       <c r="I44" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J44" s="7" t="s">
-        <v>1799</v>
+        <v>1798</v>
       </c>
       <c r="K44" s="7">
         <v>2</v>
       </c>
       <c r="L44" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="45" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A45" s="23"/>
       <c r="B45" s="29" t="s">
         <v>785</v>
       </c>
       <c r="C45" s="30" t="s">
         <v>125</v>
       </c>
       <c r="D45" s="30" t="s">
         <v>1464</v>
       </c>
       <c r="E45" s="30" t="s">
         <v>991</v>
       </c>
       <c r="F45" s="25" t="s">
         <v>1483</v>
       </c>
@@ -11787,51 +11827,51 @@
         <v>3</v>
       </c>
       <c r="K45" s="7">
         <v>1</v>
       </c>
       <c r="L45" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="46" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A46" s="23"/>
       <c r="B46" s="24" t="s">
         <v>964</v>
       </c>
       <c r="C46" s="30" t="s">
         <v>153</v>
       </c>
       <c r="D46" s="29" t="s">
         <v>963</v>
       </c>
       <c r="E46" s="30" t="s">
         <v>965</v>
       </c>
       <c r="F46" s="30"/>
       <c r="G46" s="35" t="s">
-        <v>1735</v>
+        <v>1734</v>
       </c>
       <c r="H46" s="30" t="s">
         <v>378</v>
       </c>
       <c r="I46" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J46" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K46" s="7">
         <v>1</v>
       </c>
       <c r="L46" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="47" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="23"/>
       <c r="B47" s="24" t="s">
         <v>967</v>
       </c>
       <c r="C47" s="25" t="s">
         <v>121</v>
       </c>
@@ -11848,58 +11888,58 @@
       <c r="H47" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K47" s="7">
         <v>1</v>
       </c>
       <c r="L47" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="48" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="23"/>
       <c r="B48" s="24" t="s">
         <v>786</v>
       </c>
       <c r="C48" s="30" t="s">
         <v>119</v>
       </c>
       <c r="D48" s="30" t="s">
-        <v>1728</v>
+        <v>1727</v>
       </c>
       <c r="E48" s="29" t="s">
         <v>1607</v>
       </c>
       <c r="F48" s="25"/>
       <c r="G48" s="28" t="s">
-        <v>1727</v>
+        <v>1726</v>
       </c>
       <c r="H48" s="30" t="s">
         <v>378</v>
       </c>
       <c r="I48" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J48" s="7" t="s">
         <v>8</v>
       </c>
       <c r="K48" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L48" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="49" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="23"/>
       <c r="B49" s="24" t="s">
         <v>790</v>
       </c>
       <c r="C49" s="25" t="s">
         <v>123</v>
       </c>
@@ -12103,51 +12143,51 @@
         <v>3</v>
       </c>
       <c r="K54" s="7">
         <v>2</v>
       </c>
       <c r="L54" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="55" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="23"/>
       <c r="B55" s="24" t="s">
         <v>891</v>
       </c>
       <c r="C55" s="25" t="s">
         <v>120</v>
       </c>
       <c r="D55" s="25" t="s">
         <v>886</v>
       </c>
       <c r="E55" s="25" t="s">
         <v>1360</v>
       </c>
       <c r="F55" s="25"/>
       <c r="G55" s="28" t="s">
-        <v>1731</v>
+        <v>1730</v>
       </c>
       <c r="H55" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I55" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J55" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K55" s="7">
         <v>2</v>
       </c>
       <c r="L55" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="56" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A56" s="23" t="s">
         <v>131</v>
       </c>
       <c r="B56" s="24" t="s">
         <v>406</v>
       </c>
       <c r="C56" s="25" t="s">
@@ -12232,149 +12272,149 @@
         <v>980</v>
       </c>
       <c r="F58" s="30" t="s">
         <v>1483</v>
       </c>
       <c r="G58" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H58" s="30" t="s">
         <v>378</v>
       </c>
       <c r="I58" s="7" t="s">
         <v>70</v>
       </c>
       <c r="J58" s="7" t="s">
         <v>70</v>
       </c>
       <c r="K58" s="7">
         <v>4</v>
       </c>
       <c r="L58" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="59" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A59" s="123" t="s">
+      <c r="A59" s="124" t="s">
         <v>884</v>
       </c>
-      <c r="B59" s="123"/>
-[...9 lines deleted...]
-      <c r="L59" s="123"/>
+      <c r="B59" s="124"/>
+      <c r="C59" s="124"/>
+      <c r="D59" s="124"/>
+      <c r="E59" s="124"/>
+      <c r="F59" s="124"/>
+      <c r="G59" s="124"/>
+      <c r="H59" s="124"/>
+      <c r="I59" s="124"/>
+      <c r="J59" s="124"/>
+      <c r="K59" s="124"/>
+      <c r="L59" s="124"/>
     </row>
     <row r="60" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A60" s="41" t="s">
         <v>0</v>
       </c>
       <c r="B60" s="41" t="s">
         <v>267</v>
       </c>
       <c r="C60" s="41" t="s">
         <v>375</v>
       </c>
       <c r="D60" s="41" t="s">
         <v>686</v>
       </c>
       <c r="E60" s="41" t="s">
         <v>583</v>
       </c>
       <c r="F60" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G60" s="41" t="s">
         <v>413</v>
       </c>
       <c r="H60" s="41" t="s">
         <v>379</v>
       </c>
       <c r="I60" s="10" t="s">
         <v>269</v>
       </c>
       <c r="J60" s="10" t="s">
         <v>270</v>
       </c>
       <c r="K60" s="10" t="s">
         <v>271</v>
       </c>
       <c r="L60" s="10" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="61" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A61" s="23" t="s">
         <v>11</v>
       </c>
       <c r="B61" s="24" t="s">
         <v>373</v>
       </c>
       <c r="C61" s="24" t="s">
         <v>160</v>
       </c>
       <c r="D61" s="24" t="s">
-        <v>1704</v>
+        <v>1703</v>
       </c>
       <c r="E61" s="7">
         <v>13276179</v>
       </c>
       <c r="F61" s="24"/>
       <c r="G61" s="27" t="s">
         <v>1465</v>
       </c>
       <c r="H61" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I61" s="7" t="s">
-        <v>1879</v>
+        <v>1877</v>
       </c>
       <c r="J61" s="7" t="s">
-        <v>1879</v>
+        <v>1877</v>
       </c>
       <c r="K61" s="7" t="s">
-        <v>1879</v>
+        <v>1877</v>
       </c>
       <c r="L61" s="7" t="s">
-        <v>1879</v>
+        <v>1877</v>
       </c>
     </row>
     <row r="62" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A62" s="23"/>
       <c r="B62" s="24" t="s">
         <v>373</v>
       </c>
       <c r="C62" s="24" t="s">
         <v>160</v>
       </c>
       <c r="D62" s="24" t="s">
-        <v>1702</v>
+        <v>1701</v>
       </c>
       <c r="E62" s="24" t="s">
         <v>898</v>
       </c>
       <c r="F62" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G62" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H62" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I62" s="6" t="s">
         <v>895</v>
       </c>
       <c r="J62" s="6" t="s">
         <v>895</v>
       </c>
       <c r="K62" s="6" t="s">
         <v>3</v>
       </c>
       <c r="L62" s="6" t="s">
         <v>3</v>
       </c>
@@ -12667,87 +12707,87 @@
       <c r="K70" s="7">
         <v>2</v>
       </c>
       <c r="L70" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="71" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="23" t="s">
         <v>101</v>
       </c>
       <c r="B71" s="24" t="s">
         <v>966</v>
       </c>
       <c r="C71" s="25" t="s">
         <v>104</v>
       </c>
       <c r="D71" s="25" t="s">
         <v>886</v>
       </c>
       <c r="E71" s="25" t="s">
         <v>956</v>
       </c>
       <c r="F71" s="25"/>
       <c r="G71" s="28" t="s">
-        <v>1731</v>
+        <v>1730</v>
       </c>
       <c r="H71" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I71" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J71" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K71" s="7">
         <v>2</v>
       </c>
       <c r="L71" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="72" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="23" t="s">
         <v>117</v>
       </c>
       <c r="B72" s="24" t="s">
         <v>964</v>
       </c>
       <c r="C72" s="25" t="s">
         <v>153</v>
       </c>
       <c r="D72" s="29" t="s">
         <v>963</v>
       </c>
       <c r="E72" s="25" t="s">
-        <v>1736</v>
+        <v>1735</v>
       </c>
       <c r="F72" s="25"/>
       <c r="G72" s="28" t="s">
-        <v>1735</v>
+        <v>1734</v>
       </c>
       <c r="H72" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I72" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J72" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K72" s="7">
         <v>1</v>
       </c>
       <c r="L72" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="73" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="23"/>
       <c r="B73" s="24" t="s">
         <v>967</v>
       </c>
       <c r="C73" s="25" t="s">
         <v>121</v>
       </c>
@@ -12769,51 +12809,51 @@
       </c>
       <c r="J73" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K73" s="7">
         <v>1</v>
       </c>
       <c r="L73" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="74" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="23"/>
       <c r="B74" s="42" t="s">
         <v>889</v>
       </c>
       <c r="C74" s="42" t="s">
         <v>119</v>
       </c>
       <c r="D74" s="42" t="s">
         <v>890</v>
       </c>
       <c r="E74" s="42"/>
       <c r="F74" s="42"/>
       <c r="G74" s="78" t="s">
-        <v>1729</v>
+        <v>1728</v>
       </c>
       <c r="H74" s="42" t="s">
         <v>378</v>
       </c>
       <c r="I74" s="12" t="s">
         <v>3</v>
       </c>
       <c r="J74" s="12" t="s">
         <v>3</v>
       </c>
       <c r="K74" s="12" t="s">
         <v>3</v>
       </c>
       <c r="L74" s="12" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="75" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="23"/>
       <c r="B75" s="24" t="s">
         <v>790</v>
       </c>
       <c r="C75" s="25" t="s">
         <v>123</v>
       </c>
@@ -12839,51 +12879,51 @@
         <v>1572</v>
       </c>
       <c r="K75" s="7">
         <v>2</v>
       </c>
       <c r="L75" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="76" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A76" s="23"/>
       <c r="B76" s="24" t="s">
         <v>891</v>
       </c>
       <c r="C76" s="25" t="s">
         <v>120</v>
       </c>
       <c r="D76" s="25" t="s">
         <v>886</v>
       </c>
       <c r="E76" s="25" t="s">
         <v>1360</v>
       </c>
       <c r="F76" s="25"/>
       <c r="G76" s="28" t="s">
-        <v>1731</v>
+        <v>1730</v>
       </c>
       <c r="H76" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I76" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J76" s="7" t="s">
         <v>7</v>
       </c>
       <c r="K76" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L76" s="7" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="77" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A77" s="23" t="s">
         <v>131</v>
       </c>
       <c r="B77" s="24" t="s">
         <v>356</v>
       </c>
       <c r="C77" s="25" t="s">
@@ -12896,158 +12936,158 @@
         <v>982</v>
       </c>
       <c r="F77" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G77" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H77" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I77" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J77" s="7" t="s">
         <v>8</v>
       </c>
       <c r="K77" s="7">
         <v>2</v>
       </c>
       <c r="L77" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="78" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A78" s="118" t="s">
+      <c r="A78" s="119" t="s">
         <v>882</v>
       </c>
-      <c r="B78" s="119"/>
-[...9 lines deleted...]
-      <c r="L78" s="120"/>
+      <c r="B78" s="120"/>
+      <c r="C78" s="120"/>
+      <c r="D78" s="120"/>
+      <c r="E78" s="120"/>
+      <c r="F78" s="120"/>
+      <c r="G78" s="120"/>
+      <c r="H78" s="120"/>
+      <c r="I78" s="120"/>
+      <c r="J78" s="120"/>
+      <c r="K78" s="120"/>
+      <c r="L78" s="121"/>
     </row>
     <row r="79" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="41" t="s">
         <v>0</v>
       </c>
       <c r="B79" s="41" t="s">
         <v>267</v>
       </c>
       <c r="C79" s="41" t="s">
         <v>375</v>
       </c>
       <c r="D79" s="41" t="s">
         <v>686</v>
       </c>
       <c r="E79" s="41" t="s">
         <v>583</v>
       </c>
       <c r="F79" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G79" s="41" t="s">
         <v>413</v>
       </c>
       <c r="H79" s="41" t="s">
         <v>379</v>
       </c>
       <c r="I79" s="10" t="s">
         <v>269</v>
       </c>
       <c r="J79" s="10" t="s">
         <v>270</v>
       </c>
       <c r="K79" s="10" t="s">
         <v>271</v>
       </c>
       <c r="L79" s="10" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="80" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="23" t="s">
         <v>11</v>
       </c>
       <c r="B80" s="24" t="s">
         <v>284</v>
       </c>
       <c r="C80" s="24" t="s">
         <v>17</v>
       </c>
       <c r="D80" s="24" t="s">
-        <v>1699</v>
+        <v>1698</v>
       </c>
       <c r="E80" s="24" t="s">
         <v>1169</v>
       </c>
       <c r="F80" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G80" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H80" s="24" t="s">
         <v>1067</v>
       </c>
       <c r="I80" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J80" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K80" s="7">
         <v>2</v>
       </c>
       <c r="L80" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="81" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="23"/>
       <c r="B81" s="24" t="s">
         <v>523</v>
       </c>
       <c r="C81" s="24" t="s">
         <v>13</v>
       </c>
       <c r="D81" s="24" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
       <c r="E81" s="24" t="s">
         <v>984</v>
       </c>
       <c r="F81" s="24"/>
       <c r="G81" s="27" t="s">
-        <v>1733</v>
+        <v>1732</v>
       </c>
       <c r="H81" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I81" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J81" s="7" t="s">
         <v>74</v>
       </c>
       <c r="K81" s="7">
         <v>2</v>
       </c>
       <c r="L81" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="82" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A82" s="24"/>
       <c r="B82" s="24" t="s">
         <v>704</v>
       </c>
       <c r="C82" s="25" t="s">
         <v>27</v>
       </c>
@@ -13370,64 +13410,64 @@
         <v>2</v>
       </c>
       <c r="L90" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="91" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A91" s="23" t="s">
         <v>85</v>
       </c>
       <c r="B91" s="24" t="s">
         <v>1599</v>
       </c>
       <c r="C91" s="25" t="s">
         <v>1597</v>
       </c>
       <c r="D91" s="25" t="s">
         <v>1598</v>
       </c>
       <c r="E91" s="8">
         <v>41915467</v>
       </c>
       <c r="F91" s="29" t="s">
         <v>1483</v>
       </c>
-      <c r="G91" s="26" t="s">
-        <v>275</v>
+      <c r="G91" s="27" t="s">
+        <v>1953</v>
       </c>
       <c r="H91" s="29" t="s">
-        <v>1240</v>
-[...8 lines deleted...]
-        <v>3</v>
+        <v>1954</v>
+      </c>
+      <c r="I91" s="12" t="s">
+        <v>1955</v>
+      </c>
+      <c r="J91" s="12" t="s">
+        <v>1955</v>
+      </c>
+      <c r="K91" s="12">
+        <v>2</v>
       </c>
       <c r="L91" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="92" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A92" s="23" t="s">
         <v>94</v>
       </c>
       <c r="B92" s="24" t="s">
         <v>1239</v>
       </c>
       <c r="C92" s="25" t="s">
         <v>1242</v>
       </c>
       <c r="D92" s="25"/>
       <c r="E92" s="8">
         <v>15763853</v>
       </c>
       <c r="F92" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G92" s="26" t="s">
         <v>275</v>
       </c>
@@ -13498,64 +13538,64 @@
         <v>1197</v>
       </c>
       <c r="F94" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G94" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H94" s="24" t="s">
         <v>1067</v>
       </c>
       <c r="I94" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J94" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K94" s="7">
         <v>2</v>
       </c>
       <c r="L94" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="95" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A95" s="118" t="s">
+      <c r="A95" s="119" t="s">
         <v>883</v>
       </c>
-      <c r="B95" s="119"/>
-[...9 lines deleted...]
-      <c r="L95" s="120"/>
+      <c r="B95" s="120"/>
+      <c r="C95" s="120"/>
+      <c r="D95" s="120"/>
+      <c r="E95" s="120"/>
+      <c r="F95" s="120"/>
+      <c r="G95" s="120"/>
+      <c r="H95" s="120"/>
+      <c r="I95" s="120"/>
+      <c r="J95" s="120"/>
+      <c r="K95" s="120"/>
+      <c r="L95" s="121"/>
     </row>
     <row r="96" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="41" t="s">
         <v>0</v>
       </c>
       <c r="B96" s="41" t="s">
         <v>267</v>
       </c>
       <c r="C96" s="41" t="s">
         <v>375</v>
       </c>
       <c r="D96" s="41" t="s">
         <v>686</v>
       </c>
       <c r="E96" s="41" t="s">
         <v>583</v>
       </c>
       <c r="F96" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G96" s="41" t="s">
         <v>413</v>
       </c>
       <c r="H96" s="41" t="s">
         <v>379</v>
@@ -13734,115 +13774,115 @@
         <v>938</v>
       </c>
       <c r="F101" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G101" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H101" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I101" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J101" s="6" t="s">
         <v>6</v>
       </c>
       <c r="K101" s="6">
         <v>2</v>
       </c>
       <c r="L101" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="102" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A102" s="118" t="s">
+      <c r="A102" s="119" t="s">
         <v>1576</v>
       </c>
-      <c r="B102" s="119"/>
-[...9 lines deleted...]
-      <c r="L102" s="120"/>
+      <c r="B102" s="120"/>
+      <c r="C102" s="120"/>
+      <c r="D102" s="120"/>
+      <c r="E102" s="120"/>
+      <c r="F102" s="120"/>
+      <c r="G102" s="120"/>
+      <c r="H102" s="120"/>
+      <c r="I102" s="120"/>
+      <c r="J102" s="120"/>
+      <c r="K102" s="120"/>
+      <c r="L102" s="121"/>
     </row>
     <row r="103" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="41" t="s">
         <v>0</v>
       </c>
       <c r="B103" s="41" t="s">
         <v>267</v>
       </c>
       <c r="C103" s="41" t="s">
         <v>375</v>
       </c>
       <c r="D103" s="41" t="s">
         <v>686</v>
       </c>
       <c r="E103" s="41" t="s">
         <v>583</v>
       </c>
       <c r="F103" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G103" s="41" t="s">
         <v>413</v>
       </c>
       <c r="H103" s="41" t="s">
         <v>379</v>
       </c>
       <c r="I103" s="10" t="s">
         <v>269</v>
       </c>
       <c r="J103" s="10" t="s">
         <v>270</v>
       </c>
       <c r="K103" s="10" t="s">
         <v>271</v>
       </c>
       <c r="L103" s="10" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="104" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="23" t="s">
         <v>11</v>
       </c>
       <c r="B104" s="29" t="s">
         <v>277</v>
       </c>
       <c r="C104" s="29" t="s">
         <v>14</v>
       </c>
       <c r="D104" s="29" t="s">
-        <v>1642</v>
+        <v>1641</v>
       </c>
       <c r="E104" s="29" t="s">
         <v>1184</v>
       </c>
       <c r="F104" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G104" s="36" t="s">
         <v>275</v>
       </c>
       <c r="H104" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I104" s="6" t="s">
         <v>3</v>
       </c>
       <c r="J104" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K104" s="6">
         <v>2</v>
       </c>
       <c r="L104" s="6" t="s">
         <v>3</v>
       </c>
@@ -13862,174 +13902,174 @@
         <v>1351</v>
       </c>
       <c r="F105" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G105" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H105" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I105" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J105" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K105" s="7">
         <v>4</v>
       </c>
       <c r="L105" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="106" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A106" s="124" t="s">
+      <c r="A106" s="125" t="s">
         <v>1613</v>
       </c>
-      <c r="B106" s="125"/>
-[...9 lines deleted...]
-      <c r="L106" s="126"/>
+      <c r="B106" s="126"/>
+      <c r="C106" s="126"/>
+      <c r="D106" s="126"/>
+      <c r="E106" s="126"/>
+      <c r="F106" s="126"/>
+      <c r="G106" s="126"/>
+      <c r="H106" s="126"/>
+      <c r="I106" s="126"/>
+      <c r="J106" s="126"/>
+      <c r="K106" s="126"/>
+      <c r="L106" s="127"/>
     </row>
     <row r="107" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A107" s="118" t="s">
+      <c r="A107" s="119" t="s">
         <v>887</v>
       </c>
-      <c r="B107" s="119"/>
-[...9 lines deleted...]
-      <c r="L107" s="120"/>
+      <c r="B107" s="120"/>
+      <c r="C107" s="120"/>
+      <c r="D107" s="120"/>
+      <c r="E107" s="120"/>
+      <c r="F107" s="120"/>
+      <c r="G107" s="120"/>
+      <c r="H107" s="120"/>
+      <c r="I107" s="120"/>
+      <c r="J107" s="120"/>
+      <c r="K107" s="120"/>
+      <c r="L107" s="121"/>
     </row>
     <row r="108" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="41" t="s">
         <v>0</v>
       </c>
       <c r="B108" s="41" t="s">
         <v>267</v>
       </c>
       <c r="C108" s="41" t="s">
         <v>375</v>
       </c>
       <c r="D108" s="41" t="s">
         <v>686</v>
       </c>
       <c r="E108" s="41" t="s">
         <v>583</v>
       </c>
       <c r="F108" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G108" s="41" t="s">
         <v>413</v>
       </c>
       <c r="H108" s="41" t="s">
         <v>379</v>
       </c>
       <c r="I108" s="10" t="s">
         <v>269</v>
       </c>
       <c r="J108" s="10" t="s">
         <v>270</v>
       </c>
       <c r="K108" s="10" t="s">
         <v>271</v>
       </c>
       <c r="L108" s="10" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="109" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A109" s="23" t="s">
         <v>11</v>
       </c>
       <c r="B109" s="24" t="s">
         <v>284</v>
       </c>
       <c r="C109" s="24" t="s">
         <v>17</v>
       </c>
       <c r="D109" s="24" t="s">
-        <v>1700</v>
+        <v>1699</v>
       </c>
       <c r="E109" s="24" t="s">
         <v>1168</v>
       </c>
       <c r="F109" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G109" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H109" s="24" t="s">
         <v>1067</v>
       </c>
       <c r="I109" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J109" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K109" s="7">
         <v>1</v>
       </c>
       <c r="L109" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="110" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A110" s="24"/>
       <c r="B110" s="24" t="s">
         <v>523</v>
       </c>
       <c r="C110" s="24" t="s">
         <v>13</v>
       </c>
       <c r="D110" s="24" t="s">
-        <v>1698</v>
+        <v>1697</v>
       </c>
       <c r="E110" s="24" t="s">
         <v>984</v>
       </c>
       <c r="F110" s="24"/>
       <c r="G110" s="74" t="s">
-        <v>1737</v>
+        <v>1736</v>
       </c>
       <c r="H110" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I110" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J110" s="7" t="s">
         <v>74</v>
       </c>
       <c r="K110" s="7">
         <v>2</v>
       </c>
       <c r="L110" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="111" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="B111" s="55"/>
     </row>
   </sheetData>
   <dataConsolidate/>
   <mergeCells count="9">
     <mergeCell ref="A102:L102"/>
     <mergeCell ref="A107:L107"/>
@@ -14052,96 +14092,96 @@
     <tabColor rgb="FF7030A0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:S66"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G23" sqref="G23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="51" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" customWidth="1"/>
     <col min="4" max="4" width="40.7109375" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" customWidth="1"/>
     <col min="7" max="7" width="26.7109375" customWidth="1"/>
     <col min="8" max="8" width="25.7109375" customWidth="1"/>
     <col min="9" max="9" width="24.7109375" style="5" customWidth="1"/>
     <col min="10" max="12" width="20.7109375" style="5" customWidth="1"/>
     <col min="13" max="13" width="40.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="122" t="s">
         <v>217</v>
       </c>
-      <c r="B1" s="121"/>
-[...9 lines deleted...]
-      <c r="L1" s="121"/>
+      <c r="B1" s="122"/>
+      <c r="C1" s="122"/>
+      <c r="D1" s="122"/>
+      <c r="E1" s="122"/>
+      <c r="F1" s="122"/>
+      <c r="G1" s="122"/>
+      <c r="H1" s="122"/>
+      <c r="I1" s="122"/>
+      <c r="J1" s="122"/>
+      <c r="K1" s="122"/>
+      <c r="L1" s="122"/>
     </row>
     <row r="2" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="50" t="s">
         <v>1139</v>
       </c>
       <c r="B2" s="66"/>
       <c r="C2" s="67"/>
       <c r="D2" s="67"/>
       <c r="E2" s="67"/>
       <c r="F2" s="67"/>
       <c r="G2" s="67"/>
       <c r="H2" s="67"/>
       <c r="I2" s="67"/>
       <c r="J2" s="67"/>
       <c r="K2" s="67"/>
       <c r="L2" s="68"/>
     </row>
     <row r="3" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="127" t="s">
+      <c r="A3" s="128" t="s">
         <v>228</v>
       </c>
-      <c r="B3" s="127"/>
-[...9 lines deleted...]
-      <c r="L3" s="127"/>
+      <c r="B3" s="128"/>
+      <c r="C3" s="128"/>
+      <c r="D3" s="128"/>
+      <c r="E3" s="128"/>
+      <c r="F3" s="128"/>
+      <c r="G3" s="128"/>
+      <c r="H3" s="128"/>
+      <c r="I3" s="128"/>
+      <c r="J3" s="128"/>
+      <c r="K3" s="128"/>
+      <c r="L3" s="128"/>
     </row>
     <row r="4" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="49" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="41" t="s">
         <v>267</v>
       </c>
       <c r="C4" s="41" t="s">
         <v>375</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E4" s="41" t="s">
         <v>583</v>
       </c>
       <c r="F4" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G4" s="41" t="s">
         <v>413</v>
       </c>
       <c r="H4" s="41" t="s">
         <v>379</v>
@@ -14596,51 +14636,51 @@
         <v>3</v>
       </c>
       <c r="K16" s="7">
         <v>1</v>
       </c>
       <c r="L16" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="40"/>
       <c r="B17" s="24" t="s">
         <v>365</v>
       </c>
       <c r="C17" s="25" t="s">
         <v>364</v>
       </c>
       <c r="D17" s="25" t="s">
         <v>1349</v>
       </c>
       <c r="E17" s="29" t="s">
         <v>1592</v>
       </c>
       <c r="F17" s="42"/>
       <c r="G17" s="65" t="s">
-        <v>1751</v>
+        <v>1750</v>
       </c>
       <c r="H17" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I17" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J17" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K17" s="7">
         <v>2</v>
       </c>
       <c r="L17" s="6" t="s">
         <v>3</v>
       </c>
       <c r="M17" s="4"/>
     </row>
     <row r="18" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="40" t="s">
         <v>37</v>
       </c>
       <c r="B18" s="29" t="s">
         <v>370</v>
       </c>
@@ -14805,54 +14845,54 @@
       <c r="F22" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G22" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H22" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I22" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J22" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K22" s="7">
         <v>1</v>
       </c>
       <c r="L22" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="40"/>
       <c r="B23" s="24" t="s">
-        <v>1949</v>
+        <v>1946</v>
       </c>
       <c r="C23" s="25" t="s">
-        <v>1950</v>
+        <v>1947</v>
       </c>
       <c r="D23" s="25"/>
       <c r="E23" s="8">
         <v>51474178</v>
       </c>
       <c r="F23" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G23" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H23" s="25" t="s">
         <v>1522</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K23" s="7">
         <v>2</v>
       </c>
       <c r="L23" s="7">
         <v>2</v>
@@ -15114,51 +15154,51 @@
       <c r="K30" s="7">
         <v>1</v>
       </c>
       <c r="L30" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="31" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="29"/>
       <c r="B31" s="24" t="s">
         <v>317</v>
       </c>
       <c r="C31" s="25" t="s">
         <v>173</v>
       </c>
       <c r="D31" s="25" t="s">
         <v>310</v>
       </c>
       <c r="E31" s="25" t="s">
         <v>318</v>
       </c>
       <c r="F31" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G31" s="36" t="s">
-        <v>1771</v>
+        <v>1770</v>
       </c>
       <c r="H31" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I31" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K31" s="7">
         <v>2</v>
       </c>
       <c r="L31" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="29"/>
       <c r="B32" s="24" t="s">
         <v>327</v>
       </c>
       <c r="C32" s="25" t="s">
         <v>71</v>
       </c>
@@ -15313,93 +15353,93 @@
       <c r="F36" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G36" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H36" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I36" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J36" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K36" s="7">
         <v>2</v>
       </c>
       <c r="L36" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="29"/>
       <c r="B37" s="24" t="s">
-        <v>1752</v>
+        <v>1751</v>
       </c>
       <c r="C37" s="25" t="s">
+        <v>1748</v>
+      </c>
+      <c r="D37" s="25" t="s">
         <v>1749</v>
-      </c>
-[...1 lines deleted...]
-        <v>1750</v>
       </c>
       <c r="E37" s="8">
         <v>45321468</v>
       </c>
       <c r="F37" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G37" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H37" s="25" t="s">
         <v>1240</v>
       </c>
       <c r="I37" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J37" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K37" s="7">
         <v>2</v>
       </c>
       <c r="L37" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="29"/>
       <c r="B38" s="24" t="s">
         <v>934</v>
       </c>
       <c r="C38" s="25" t="s">
         <v>933</v>
       </c>
       <c r="D38" s="25" t="s">
-        <v>1791</v>
+        <v>1790</v>
       </c>
       <c r="E38" s="8">
         <v>47857794</v>
       </c>
       <c r="F38" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G38" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H38" s="25" t="s">
         <v>1522</v>
       </c>
       <c r="I38" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J38" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K38" s="7">
         <v>1</v>
       </c>
       <c r="L38" s="7">
         <v>1</v>
       </c>
@@ -15457,57 +15497,57 @@
       <c r="F40" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G40" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H40" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I40" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J40" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K40" s="7">
         <v>2</v>
       </c>
       <c r="L40" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="29"/>
       <c r="B41" s="24" t="s">
-        <v>1616</v>
+        <v>1615</v>
       </c>
       <c r="C41" s="25" t="s">
         <v>1170</v>
       </c>
       <c r="D41" s="25" t="s">
-        <v>1617</v>
+        <v>1616</v>
       </c>
       <c r="E41" s="8">
         <v>42258210</v>
       </c>
       <c r="F41" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G41" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H41" s="25" t="s">
         <v>1522</v>
       </c>
       <c r="I41" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J41" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K41" s="7">
         <v>2</v>
       </c>
       <c r="L41" s="7">
         <v>2</v>
       </c>
@@ -15711,51 +15751,51 @@
       <c r="F47" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G47" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H47" s="25" t="s">
         <v>380</v>
       </c>
       <c r="I47" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J47" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K47" s="7">
         <v>1</v>
       </c>
       <c r="L47" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="48" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A48" s="40"/>
       <c r="B48" s="24" t="s">
-        <v>1766</v>
+        <v>1765</v>
       </c>
       <c r="C48" s="25" t="s">
         <v>93</v>
       </c>
       <c r="D48" s="25" t="s">
         <v>286</v>
       </c>
       <c r="E48" s="25" t="s">
         <v>1202</v>
       </c>
       <c r="F48" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G48" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H48" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I48" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J48" s="7" t="s">
         <v>3</v>
       </c>
@@ -15940,60 +15980,60 @@
         <v>378</v>
       </c>
       <c r="I53" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J53" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K53" s="7">
         <v>2</v>
       </c>
       <c r="L53" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="54" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="29"/>
       <c r="B54" s="24" t="s">
         <v>1419</v>
       </c>
       <c r="C54" s="30" t="s">
         <v>1418</v>
       </c>
       <c r="D54" s="30"/>
       <c r="E54" s="30" t="s">
-        <v>1922</v>
+        <v>1920</v>
       </c>
       <c r="F54" s="30" t="s">
         <v>1483</v>
       </c>
       <c r="G54" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H54" s="90" t="s">
-        <v>1923</v>
+        <v>1921</v>
       </c>
       <c r="I54" s="7" t="s">
         <v>1333</v>
       </c>
       <c r="J54" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K54" s="7">
         <v>1</v>
       </c>
       <c r="L54" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="55" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A55" s="40"/>
       <c r="B55" s="24" t="s">
         <v>336</v>
       </c>
       <c r="C55" s="25" t="s">
         <v>102</v>
       </c>
       <c r="D55" s="25" t="s">
         <v>286</v>
       </c>
@@ -16254,51 +16294,51 @@
       <c r="E62" s="25" t="s">
         <v>351</v>
       </c>
       <c r="F62" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G62" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H62" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I62" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J62" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K62" s="7">
         <v>1</v>
       </c>
       <c r="L62" s="7">
         <v>1</v>
       </c>
       <c r="M62" s="60" t="s">
-        <v>1643</v>
+        <v>1642</v>
       </c>
       <c r="N62" s="56"/>
       <c r="O62" s="56"/>
       <c r="P62" s="56"/>
       <c r="Q62" s="56"/>
       <c r="R62" s="56"/>
       <c r="S62" s="56"/>
     </row>
     <row r="63" spans="1:19" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="40"/>
       <c r="B63" s="24" t="s">
         <v>344</v>
       </c>
       <c r="C63" s="30" t="s">
         <v>180</v>
       </c>
       <c r="D63" s="29" t="s">
         <v>1487</v>
       </c>
       <c r="E63" s="30" t="s">
         <v>343</v>
       </c>
       <c r="F63" s="30" t="s">
         <v>1483</v>
       </c>
@@ -16409,135 +16449,135 @@
       <c r="E66" s="30" t="s">
         <v>357</v>
       </c>
       <c r="F66" s="30" t="s">
         <v>1483</v>
       </c>
       <c r="G66" s="38" t="s">
         <v>275</v>
       </c>
       <c r="H66" s="30" t="s">
         <v>378</v>
       </c>
       <c r="I66" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J66" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K66" s="7">
         <v>1</v>
       </c>
       <c r="L66" s="7">
         <v>1</v>
       </c>
       <c r="M66" s="60" t="s">
-        <v>1643</v>
+        <v>1642</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="2">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A3:L3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="74" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr>
     <tabColor rgb="FF0070C0"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M32"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:XFD1"/>
+      <selection activeCell="A7" sqref="A7:XFD7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="51" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" customWidth="1"/>
     <col min="4" max="4" width="45.7109375" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" customWidth="1"/>
     <col min="7" max="7" width="45.7109375" customWidth="1"/>
     <col min="8" max="8" width="25.7109375" customWidth="1"/>
     <col min="9" max="12" width="20.7109375" style="5" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="122" t="s">
         <v>217</v>
       </c>
-      <c r="B1" s="121"/>
-[...9 lines deleted...]
-      <c r="L1" s="121"/>
+      <c r="B1" s="122"/>
+      <c r="C1" s="122"/>
+      <c r="D1" s="122"/>
+      <c r="E1" s="122"/>
+      <c r="F1" s="122"/>
+      <c r="G1" s="122"/>
+      <c r="H1" s="122"/>
+      <c r="I1" s="122"/>
+      <c r="J1" s="122"/>
+      <c r="K1" s="122"/>
+      <c r="L1" s="122"/>
     </row>
     <row r="2" spans="1:13" s="1" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="129" t="s">
+      <c r="A2" s="130" t="s">
         <v>265</v>
       </c>
-      <c r="B2" s="130"/>
-[...9 lines deleted...]
-      <c r="L2" s="131"/>
+      <c r="B2" s="131"/>
+      <c r="C2" s="131"/>
+      <c r="D2" s="131"/>
+      <c r="E2" s="131"/>
+      <c r="F2" s="131"/>
+      <c r="G2" s="131"/>
+      <c r="H2" s="131"/>
+      <c r="I2" s="131"/>
+      <c r="J2" s="131"/>
+      <c r="K2" s="131"/>
+      <c r="L2" s="132"/>
     </row>
     <row r="3" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A3" s="128" t="s">
+      <c r="A3" s="129" t="s">
         <v>229</v>
       </c>
-      <c r="B3" s="128"/>
-[...9 lines deleted...]
-      <c r="L3" s="128"/>
+      <c r="B3" s="129"/>
+      <c r="C3" s="129"/>
+      <c r="D3" s="129"/>
+      <c r="E3" s="129"/>
+      <c r="F3" s="129"/>
+      <c r="G3" s="129"/>
+      <c r="H3" s="129"/>
+      <c r="I3" s="129"/>
+      <c r="J3" s="129"/>
+      <c r="K3" s="129"/>
+      <c r="L3" s="129"/>
     </row>
     <row r="4" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A4" s="49" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="41" t="s">
         <v>267</v>
       </c>
       <c r="C4" s="41" t="s">
         <v>375</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E4" s="41" t="s">
         <v>582</v>
       </c>
       <c r="F4" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G4" s="41" t="s">
         <v>413</v>
       </c>
       <c r="H4" s="41" t="s">
         <v>379</v>
@@ -16580,51 +16620,51 @@
       </c>
       <c r="I5" s="7" t="s">
         <v>5</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K5" s="7">
         <v>1</v>
       </c>
       <c r="L5" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="40" t="s">
         <v>11</v>
       </c>
       <c r="B6" s="24" t="s">
         <v>382</v>
       </c>
       <c r="C6" s="24" t="s">
         <v>18</v>
       </c>
       <c r="D6" s="24" t="s">
-        <v>1705</v>
+        <v>1704</v>
       </c>
       <c r="E6" s="24" t="s">
         <v>385</v>
       </c>
       <c r="F6" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G6" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H6" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>260</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="7">
         <v>3</v>
       </c>
       <c r="L6" s="7" t="s">
         <v>3</v>
       </c>
@@ -16682,102 +16722,102 @@
         <v>275</v>
       </c>
       <c r="H8" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>5</v>
       </c>
       <c r="J8" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K8" s="7">
         <v>3</v>
       </c>
       <c r="L8" s="7">
         <v>1</v>
       </c>
       <c r="M8" s="1"/>
     </row>
     <row r="9" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="29"/>
       <c r="B9" s="24" t="s">
         <v>386</v>
       </c>
       <c r="C9" s="29" t="s">
-        <v>1920</v>
+        <v>1918</v>
       </c>
       <c r="D9" s="24"/>
       <c r="E9" s="24" t="s">
         <v>387</v>
       </c>
       <c r="F9" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G9" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H9" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I9" s="7" t="s">
         <v>260</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="7">
         <v>2</v>
       </c>
       <c r="L9" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="40" t="s">
         <v>32</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>371</v>
       </c>
       <c r="C10" s="24" t="s">
         <v>35</v>
       </c>
       <c r="D10" s="24" t="s">
         <v>860</v>
       </c>
       <c r="E10" s="24" t="s">
         <v>1227</v>
       </c>
       <c r="F10" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G10" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H10" s="24" t="s">
-        <v>1741</v>
+        <v>1740</v>
       </c>
       <c r="I10" s="7" t="s">
         <v>1226</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K10" s="7">
         <v>3</v>
       </c>
       <c r="L10" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="40" t="s">
         <v>37</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>370</v>
       </c>
       <c r="C11" s="25" t="s">
         <v>38</v>
       </c>
       <c r="D11" s="25" t="s">
@@ -16942,51 +16982,51 @@
       <c r="G15" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H15" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="7">
         <v>3</v>
       </c>
       <c r="L15" s="7">
         <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="29"/>
       <c r="B16" s="24" t="s">
         <v>400</v>
       </c>
       <c r="C16" s="25" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
       <c r="D16" s="25"/>
       <c r="E16" s="25" t="s">
         <v>401</v>
       </c>
       <c r="F16" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G16" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H16" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I16" s="7" t="s">
         <v>5</v>
       </c>
       <c r="J16" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K16" s="7">
         <v>1</v>
       </c>
       <c r="L16" s="7">
         <v>1</v>
@@ -17078,57 +17118,57 @@
       <c r="F19" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G19" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H19" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K19" s="7">
         <v>2</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="19"/>
       <c r="B20" s="7" t="s">
-        <v>1944</v>
+        <v>1941</v>
       </c>
       <c r="C20" s="8" t="s">
-        <v>1945</v>
+        <v>1942</v>
       </c>
       <c r="D20" s="8" t="s">
-        <v>1946</v>
+        <v>1943</v>
       </c>
       <c r="E20" s="8">
         <v>51324677</v>
       </c>
       <c r="F20" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G20" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H20" s="8" t="s">
         <v>1522</v>
       </c>
       <c r="I20" s="7" t="s">
         <v>5</v>
       </c>
       <c r="J20" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K20" s="7">
         <v>3</v>
       </c>
       <c r="L20" s="7">
         <v>2</v>
       </c>
@@ -17150,69 +17190,69 @@
       </c>
       <c r="G21" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H21" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I21" s="6" t="s">
         <v>5</v>
       </c>
       <c r="J21" s="6" t="s">
         <v>5</v>
       </c>
       <c r="K21" s="6">
         <v>3</v>
       </c>
       <c r="L21" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="40" t="s">
         <v>90</v>
       </c>
       <c r="B22" s="29" t="s">
+        <v>1777</v>
+      </c>
+      <c r="C22" s="29" t="s">
         <v>1778</v>
       </c>
-      <c r="C22" s="29" t="s">
+      <c r="D22" s="29" t="s">
         <v>1779</v>
-      </c>
-[...1 lines deleted...]
-        <v>1780</v>
       </c>
       <c r="E22" s="6">
         <v>47073806</v>
       </c>
       <c r="F22" s="6" t="s">
         <v>1483</v>
       </c>
-      <c r="G22" s="94" t="s">
-[...3 lines deleted...]
-        <v>1614</v>
+      <c r="G22" s="109" t="s">
+        <v>275</v>
+      </c>
+      <c r="H22" s="29" t="s">
+        <v>1240</v>
       </c>
       <c r="I22" s="6" t="s">
         <v>3</v>
       </c>
       <c r="J22" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K22" s="6">
         <v>1</v>
       </c>
       <c r="L22" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="40" t="s">
         <v>94</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>404</v>
       </c>
       <c r="C23" s="25" t="s">
         <v>184</v>
       </c>
       <c r="D23" s="25"/>
@@ -17304,54 +17344,54 @@
       <c r="H25" s="25" t="s">
         <v>1591</v>
       </c>
       <c r="I25" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J25" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K25" s="6">
         <v>1</v>
       </c>
       <c r="L25" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="40"/>
       <c r="B26" s="24" t="s">
         <v>409</v>
       </c>
       <c r="C26" s="25" t="s">
         <v>410</v>
       </c>
       <c r="D26" s="29" t="s">
-        <v>1649</v>
+        <v>1648</v>
       </c>
       <c r="E26" s="29" t="s">
-        <v>1760</v>
+        <v>1759</v>
       </c>
       <c r="F26" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G26" s="76" t="s">
         <v>275</v>
       </c>
       <c r="H26" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I26" s="7" t="s">
         <v>5</v>
       </c>
       <c r="J26" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K26" s="6">
         <v>1</v>
       </c>
       <c r="L26" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="40" t="s">
@@ -17515,139 +17555,139 @@
       </c>
       <c r="F31" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G31" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H31" s="29" t="s">
         <v>1067</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>5</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K31" s="6">
         <v>2</v>
       </c>
       <c r="L31" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.25">
       <c r="C32" s="56" t="s">
-        <v>1921</v>
+        <v>1919</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="A2:L2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="82" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr>
     <tabColor rgb="FF00B050"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:M187"/>
+  <dimension ref="A1:M188"/>
   <sheetViews>
-    <sheetView topLeftCell="A142" workbookViewId="0">
-      <selection sqref="A1:XFD1"/>
+    <sheetView tabSelected="1" topLeftCell="A61" workbookViewId="0">
+      <selection activeCell="H99" sqref="H99"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="48.140625" style="1" customWidth="1"/>
     <col min="5" max="5" width="30.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="45.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="16.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="35.7109375" style="4" customWidth="1"/>
     <col min="10" max="11" width="30.7109375" style="4" customWidth="1"/>
     <col min="12" max="12" width="42.7109375" style="4" customWidth="1"/>
     <col min="13" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="122" t="s">
         <v>217</v>
       </c>
-      <c r="B1" s="121"/>
-[...9 lines deleted...]
-      <c r="L1" s="121"/>
+      <c r="B1" s="122"/>
+      <c r="C1" s="122"/>
+      <c r="D1" s="122"/>
+      <c r="E1" s="122"/>
+      <c r="F1" s="122"/>
+      <c r="G1" s="122"/>
+      <c r="H1" s="122"/>
+      <c r="I1" s="122"/>
+      <c r="J1" s="122"/>
+      <c r="K1" s="122"/>
+      <c r="L1" s="122"/>
     </row>
     <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A2" s="129" t="s">
+      <c r="A2" s="130" t="s">
         <v>265</v>
       </c>
-      <c r="B2" s="130"/>
-[...9 lines deleted...]
-      <c r="L2" s="131"/>
+      <c r="B2" s="131"/>
+      <c r="C2" s="131"/>
+      <c r="D2" s="131"/>
+      <c r="E2" s="131"/>
+      <c r="F2" s="131"/>
+      <c r="G2" s="131"/>
+      <c r="H2" s="131"/>
+      <c r="I2" s="131"/>
+      <c r="J2" s="131"/>
+      <c r="K2" s="131"/>
+      <c r="L2" s="132"/>
     </row>
     <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="132" t="s">
+      <c r="A3" s="133" t="s">
         <v>219</v>
       </c>
-      <c r="B3" s="132"/>
-[...9 lines deleted...]
-      <c r="L3" s="132"/>
+      <c r="B3" s="133"/>
+      <c r="C3" s="133"/>
+      <c r="D3" s="133"/>
+      <c r="E3" s="133"/>
+      <c r="F3" s="133"/>
+      <c r="G3" s="133"/>
+      <c r="H3" s="133"/>
+      <c r="I3" s="133"/>
+      <c r="J3" s="133"/>
+      <c r="K3" s="133"/>
+      <c r="L3" s="133"/>
     </row>
     <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>267</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>582</v>
       </c>
       <c r="F4" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>414</v>
       </c>
       <c r="H4" s="10" t="s">
         <v>379</v>
@@ -17735,51 +17775,51 @@
         <v>3</v>
       </c>
       <c r="K6" s="7" t="s">
         <v>206</v>
       </c>
       <c r="L6" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="19"/>
       <c r="B7" s="7" t="s">
         <v>277</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>1171</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>1178</v>
       </c>
       <c r="F7" s="7"/>
       <c r="G7" s="15" t="s">
-        <v>1881</v>
+        <v>1879</v>
       </c>
       <c r="H7" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I7" s="7" t="s">
         <v>445</v>
       </c>
       <c r="J7" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K7" s="7" t="s">
         <v>446</v>
       </c>
       <c r="L7" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="6"/>
       <c r="B8" s="7" t="s">
         <v>447</v>
       </c>
       <c r="C8" s="7" t="s">
         <v>244</v>
       </c>
@@ -17798,92 +17838,92 @@
       <c r="H8" s="7" t="s">
         <v>1342</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>1305</v>
       </c>
       <c r="J8" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K8" s="7" t="s">
         <v>1304</v>
       </c>
       <c r="L8" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="6"/>
       <c r="B9" s="6" t="s">
         <v>373</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>160</v>
       </c>
       <c r="D9" s="6" t="s">
-        <v>1660</v>
+        <v>1659</v>
       </c>
       <c r="E9" s="6">
         <v>36806011</v>
       </c>
       <c r="F9" s="6"/>
       <c r="G9" s="15" t="s">
         <v>280</v>
       </c>
       <c r="H9" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I9" s="6" t="s">
-        <v>1650</v>
+        <v>1649</v>
       </c>
       <c r="J9" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="6" t="s">
         <v>1437</v>
       </c>
       <c r="L9" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="6"/>
       <c r="B10" s="7" t="s">
         <v>285</v>
       </c>
       <c r="C10" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D10" s="7" t="s">
         <v>1330</v>
       </c>
       <c r="E10" s="7" t="s">
         <v>1578</v>
       </c>
       <c r="F10" s="7"/>
       <c r="G10" s="15" t="s">
-        <v>1840</v>
+        <v>1839</v>
       </c>
       <c r="H10" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I10" s="7" t="s">
         <v>421</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>683</v>
       </c>
       <c r="K10" s="7" t="s">
         <v>216</v>
       </c>
       <c r="L10" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="6"/>
       <c r="B11" s="6" t="s">
         <v>285</v>
       </c>
       <c r="C11" s="6" t="s">
         <v>19</v>
       </c>
@@ -17949,51 +17989,51 @@
       <c r="K12" s="7" t="s">
         <v>206</v>
       </c>
       <c r="L12" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="19" t="s">
         <v>32</v>
       </c>
       <c r="B13" s="7" t="s">
         <v>520</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>264</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>684</v>
       </c>
       <c r="E13" s="8">
         <v>12854361</v>
       </c>
       <c r="F13" s="8"/>
       <c r="G13" s="73" t="s">
-        <v>1621</v>
+        <v>1620</v>
       </c>
       <c r="H13" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I13" s="7" t="s">
         <v>1075</v>
       </c>
       <c r="J13" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K13" s="7" t="s">
         <v>1076</v>
       </c>
       <c r="L13" s="7" t="s">
         <v>1076</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="19" t="s">
         <v>56</v>
       </c>
       <c r="B14" s="7" t="s">
         <v>420</v>
       </c>
       <c r="C14" s="8" t="s">
@@ -18023,93 +18063,93 @@
       <c r="K14" s="7" t="s">
         <v>216</v>
       </c>
       <c r="L14" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="19" t="s">
         <v>66</v>
       </c>
       <c r="B15" s="7" t="s">
         <v>422</v>
       </c>
       <c r="C15" s="8" t="s">
         <v>182</v>
       </c>
       <c r="D15" s="8" t="s">
         <v>423</v>
       </c>
       <c r="E15" s="8" t="s">
         <v>424</v>
       </c>
       <c r="F15" s="8"/>
       <c r="G15" s="14" t="s">
-        <v>1833</v>
+        <v>1832</v>
       </c>
       <c r="H15" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I15" s="7" t="s">
         <v>1077</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="7" t="s">
         <v>1078</v>
       </c>
       <c r="L15" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="19"/>
       <c r="B16" s="6" t="s">
+        <v>1625</v>
+      </c>
+      <c r="C16" s="6" t="s">
         <v>1626</v>
       </c>
-      <c r="C16" s="6" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D16" s="6" t="s">
-        <v>1655</v>
+        <v>1654</v>
       </c>
       <c r="E16" s="6">
         <v>43362534</v>
       </c>
       <c r="F16" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G16" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H16" s="6" t="s">
         <v>1240</v>
       </c>
       <c r="I16" s="6" t="s">
-        <v>1656</v>
+        <v>1655</v>
       </c>
       <c r="J16" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K16" s="6" t="s">
         <v>241</v>
       </c>
       <c r="L16" s="6" t="s">
         <v>241</v>
       </c>
     </row>
     <row r="17" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="19"/>
       <c r="B17" s="7" t="s">
         <v>442</v>
       </c>
       <c r="C17" s="8" t="s">
         <v>177</v>
       </c>
       <c r="D17" s="8" t="s">
         <v>443</v>
       </c>
       <c r="E17" s="8">
         <v>4821111</v>
       </c>
@@ -18162,54 +18202,54 @@
       </c>
       <c r="I18" s="7" t="s">
         <v>428</v>
       </c>
       <c r="J18" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K18" s="7" t="s">
         <v>206</v>
       </c>
       <c r="L18" s="7" t="s">
         <v>206</v>
       </c>
     </row>
     <row r="19" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="19" t="s">
         <v>98</v>
       </c>
       <c r="B19" s="7" t="s">
         <v>367</v>
       </c>
       <c r="C19" s="8" t="s">
         <v>100</v>
       </c>
       <c r="D19" s="8" t="s">
-        <v>1888</v>
+        <v>1886</v>
       </c>
       <c r="E19" s="8" t="s">
-        <v>1889</v>
+        <v>1887</v>
       </c>
       <c r="F19" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G19" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H19" s="8" t="s">
         <v>1522</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>1600</v>
       </c>
       <c r="J19" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K19" s="7" t="s">
         <v>241</v>
       </c>
       <c r="L19" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="20" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A20" s="19"/>
@@ -18239,51 +18279,51 @@
       </c>
       <c r="J20" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K20" s="7" t="s">
         <v>216</v>
       </c>
       <c r="L20" s="7" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="21" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A21" s="19" t="s">
         <v>101</v>
       </c>
       <c r="B21" s="7" t="s">
         <v>496</v>
       </c>
       <c r="C21" s="8" t="s">
         <v>107</v>
       </c>
       <c r="D21" s="8" t="s">
         <v>448</v>
       </c>
       <c r="E21" s="8" t="s">
-        <v>1830</v>
+        <v>1829</v>
       </c>
       <c r="F21" s="8"/>
       <c r="G21" s="15" t="s">
         <v>280</v>
       </c>
       <c r="H21" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I21" s="7" t="s">
         <v>449</v>
       </c>
       <c r="J21" s="7" t="s">
         <v>450</v>
       </c>
       <c r="K21" s="7" t="s">
         <v>206</v>
       </c>
       <c r="L21" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A22" s="19"/>
       <c r="B22" s="7" t="s">
         <v>501</v>
@@ -18311,161 +18351,161 @@
       </c>
       <c r="J22" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K22" s="7" t="s">
         <v>216</v>
       </c>
       <c r="L22" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="19"/>
       <c r="B23" s="7" t="s">
         <v>436</v>
       </c>
       <c r="C23" s="8" t="s">
         <v>113</v>
       </c>
       <c r="D23" s="8"/>
       <c r="E23" s="8" t="s">
         <v>437</v>
       </c>
       <c r="F23" s="8"/>
       <c r="G23" s="15" t="s">
-        <v>1742</v>
+        <v>1741</v>
       </c>
       <c r="H23" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>1079</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K23" s="7" t="s">
         <v>1080</v>
       </c>
       <c r="L23" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="24" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A24" s="19" t="s">
         <v>117</v>
       </c>
       <c r="B24" s="7" t="s">
-        <v>1832</v>
+        <v>1831</v>
       </c>
       <c r="C24" s="8" t="s">
         <v>118</v>
       </c>
       <c r="D24" s="8" t="s">
         <v>444</v>
       </c>
       <c r="E24" s="8" t="s">
         <v>1096</v>
       </c>
       <c r="F24" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G24" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H24" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I24" s="7" t="s">
         <v>212</v>
       </c>
       <c r="J24" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K24" s="7" t="s">
         <v>206</v>
       </c>
       <c r="L24" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="25" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="19"/>
       <c r="B25" s="7" t="s">
         <v>502</v>
       </c>
       <c r="C25" s="8" t="s">
         <v>126</v>
       </c>
       <c r="D25" s="8" t="s">
         <v>1457</v>
       </c>
       <c r="E25" s="8" t="s">
-        <v>1831</v>
+        <v>1830</v>
       </c>
       <c r="F25" s="8"/>
       <c r="G25" s="15" t="s">
         <v>280</v>
       </c>
       <c r="H25" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I25" s="7" t="s">
         <v>1070</v>
       </c>
       <c r="J25" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K25" s="7" t="s">
         <v>1071</v>
       </c>
       <c r="L25" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="19"/>
       <c r="B26" s="7" t="s">
         <v>503</v>
       </c>
       <c r="C26" s="8" t="s">
         <v>259</v>
       </c>
       <c r="D26" s="8"/>
       <c r="E26" s="8" t="s">
         <v>438</v>
       </c>
       <c r="F26" s="8"/>
       <c r="G26" s="15" t="s">
-        <v>1828</v>
+        <v>1827</v>
       </c>
       <c r="H26" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I26" s="7" t="s">
-        <v>1846</v>
+        <v>1844</v>
       </c>
       <c r="J26" s="7" t="s">
         <v>439</v>
       </c>
       <c r="K26" s="7" t="s">
         <v>1081</v>
       </c>
       <c r="L26" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:13" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="19" t="s">
         <v>131</v>
       </c>
       <c r="B27" s="6" t="s">
         <v>406</v>
       </c>
       <c r="C27" s="6" t="s">
         <v>134</v>
       </c>
       <c r="D27" s="6"/>
       <c r="E27" s="6">
         <v>41467542</v>
       </c>
@@ -18506,64 +18546,64 @@
         <v>441</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>1483</v>
       </c>
       <c r="G28" s="17" t="s">
         <v>275</v>
       </c>
       <c r="H28" s="9" t="s">
         <v>378</v>
       </c>
       <c r="I28" s="7" t="s">
         <v>430</v>
       </c>
       <c r="J28" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K28" s="7" t="s">
         <v>241</v>
       </c>
       <c r="L28" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="29" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="132" t="s">
+      <c r="A29" s="133" t="s">
         <v>1030</v>
       </c>
-      <c r="B29" s="132"/>
-[...9 lines deleted...]
-      <c r="L29" s="132"/>
+      <c r="B29" s="133"/>
+      <c r="C29" s="133"/>
+      <c r="D29" s="133"/>
+      <c r="E29" s="133"/>
+      <c r="F29" s="133"/>
+      <c r="G29" s="133"/>
+      <c r="H29" s="133"/>
+      <c r="I29" s="133"/>
+      <c r="J29" s="133"/>
+      <c r="K29" s="133"/>
+      <c r="L29" s="133"/>
     </row>
     <row r="30" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B30" s="10" t="s">
         <v>267</v>
       </c>
       <c r="C30" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D30" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>582</v>
       </c>
       <c r="F30" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G30" s="10" t="s">
         <v>414</v>
       </c>
       <c r="H30" s="10" t="s">
         <v>379</v>
@@ -18608,51 +18648,51 @@
       </c>
       <c r="I31" s="7" t="s">
         <v>1254</v>
       </c>
       <c r="J31" s="7" t="s">
         <v>1255</v>
       </c>
       <c r="K31" s="7" t="s">
         <v>1256</v>
       </c>
       <c r="L31" s="7" t="s">
         <v>1256</v>
       </c>
     </row>
     <row r="32" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="19" t="s">
         <v>11</v>
       </c>
       <c r="B32" s="7" t="s">
         <v>284</v>
       </c>
       <c r="C32" s="7" t="s">
         <v>17</v>
       </c>
       <c r="D32" s="7" t="s">
-        <v>1661</v>
+        <v>1660</v>
       </c>
       <c r="E32" s="7" t="s">
         <v>513</v>
       </c>
       <c r="F32" s="7" t="s">
         <v>1483</v>
       </c>
       <c r="G32" s="13" t="s">
         <v>275</v>
       </c>
       <c r="H32" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I32" s="7" t="s">
         <v>485</v>
       </c>
       <c r="J32" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K32" s="7" t="s">
         <v>478</v>
       </c>
       <c r="L32" s="7" t="s">
         <v>3</v>
       </c>
@@ -18690,60 +18730,60 @@
         <v>3</v>
       </c>
       <c r="K33" s="7" t="s">
         <v>1303</v>
       </c>
       <c r="L33" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="34" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="6"/>
       <c r="B34" s="7" t="s">
         <v>285</v>
       </c>
       <c r="C34" s="7" t="s">
         <v>19</v>
       </c>
       <c r="D34" s="7" t="s">
         <v>1330</v>
       </c>
       <c r="E34" s="7" t="s">
         <v>1577</v>
       </c>
       <c r="F34" s="7"/>
       <c r="G34" s="14" t="s">
-        <v>1840</v>
+        <v>1839</v>
       </c>
       <c r="H34" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I34" s="7" t="s">
+        <v>1634</v>
+      </c>
+      <c r="J34" s="7" t="s">
         <v>1635</v>
-      </c>
-[...1 lines deleted...]
-        <v>1636</v>
       </c>
       <c r="K34" s="7" t="s">
         <v>452</v>
       </c>
       <c r="L34" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="35" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A35" s="12"/>
       <c r="B35" s="6" t="s">
         <v>285</v>
       </c>
       <c r="C35" s="6" t="s">
         <v>19</v>
       </c>
       <c r="D35" s="6" t="s">
         <v>1511</v>
       </c>
       <c r="E35" s="7" t="s">
         <v>1125</v>
       </c>
       <c r="F35" s="6" t="s">
         <v>1483</v>
       </c>
@@ -18825,159 +18865,159 @@
       <c r="H37" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I37" s="6" t="s">
         <v>506</v>
       </c>
       <c r="J37" s="6" t="s">
         <v>451</v>
       </c>
       <c r="K37" s="6" t="s">
         <v>478</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="6"/>
       <c r="B38" s="6" t="s">
         <v>373</v>
       </c>
       <c r="C38" s="6" t="s">
         <v>160</v>
       </c>
       <c r="D38" s="6" t="s">
-        <v>1657</v>
+        <v>1656</v>
       </c>
       <c r="E38" s="6">
         <v>17136921</v>
       </c>
       <c r="F38" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G38" s="13" t="s">
         <v>275</v>
       </c>
       <c r="H38" s="6" t="s">
         <v>1067</v>
       </c>
       <c r="I38" s="6" t="s">
         <v>1491</v>
       </c>
       <c r="J38" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K38" s="6" t="s">
         <v>452</v>
       </c>
       <c r="L38" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="6"/>
       <c r="B39" s="6" t="s">
         <v>373</v>
       </c>
       <c r="C39" s="6" t="s">
         <v>160</v>
       </c>
       <c r="D39" s="6" t="s">
-        <v>1658</v>
+        <v>1657</v>
       </c>
       <c r="E39" s="6">
         <v>16946315</v>
       </c>
       <c r="F39" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G39" s="13" t="s">
         <v>275</v>
       </c>
       <c r="H39" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I39" s="6" t="s">
         <v>1082</v>
       </c>
       <c r="J39" s="6" t="s">
         <v>1492</v>
       </c>
       <c r="K39" s="6" t="s">
         <v>1083</v>
       </c>
       <c r="L39" s="6" t="s">
         <v>1083</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="6"/>
       <c r="B40" s="7" t="s">
         <v>373</v>
       </c>
       <c r="C40" s="7" t="s">
         <v>200</v>
       </c>
       <c r="D40" s="7" t="s">
-        <v>1659</v>
+        <v>1658</v>
       </c>
       <c r="E40" s="7" t="s">
         <v>510</v>
       </c>
       <c r="F40" s="7" t="s">
         <v>1483</v>
       </c>
       <c r="G40" s="13" t="s">
         <v>275</v>
       </c>
       <c r="H40" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I40" s="7" t="s">
         <v>451</v>
       </c>
       <c r="J40" s="11" t="s">
         <v>451</v>
       </c>
       <c r="K40" s="7" t="s">
         <v>452</v>
       </c>
       <c r="L40" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="41" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="19"/>
       <c r="B41" s="7" t="s">
         <v>457</v>
       </c>
       <c r="C41" s="7" t="s">
         <v>163</v>
       </c>
       <c r="D41" s="7" t="s">
-        <v>1662</v>
+        <v>1661</v>
       </c>
       <c r="E41" s="7" t="s">
         <v>1051</v>
       </c>
       <c r="F41" s="7" t="s">
         <v>1483</v>
       </c>
       <c r="G41" s="13" t="s">
         <v>275</v>
       </c>
       <c r="H41" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I41" s="7" t="s">
         <v>458</v>
       </c>
       <c r="J41" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K41" s="7" t="s">
         <v>452</v>
       </c>
       <c r="L41" s="7" t="s">
         <v>3</v>
       </c>
@@ -19261,67 +19301,69 @@
       <c r="H49" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I49" s="7" t="s">
         <v>458</v>
       </c>
       <c r="J49" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K49" s="7" t="s">
         <v>462</v>
       </c>
       <c r="L49" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="50" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="19"/>
       <c r="B50" s="7" t="s">
         <v>1264</v>
       </c>
       <c r="C50" s="8" t="s">
         <v>1265</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>1882</v>
+        <v>1880</v>
       </c>
       <c r="E50" s="8" t="s">
-        <v>1912</v>
-[...3 lines deleted...]
-        <v>1883</v>
+        <v>1910</v>
+      </c>
+      <c r="F50" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G50" s="16" t="s">
+        <v>275</v>
       </c>
       <c r="H50" s="8" t="s">
-        <v>1911</v>
+        <v>1909</v>
       </c>
       <c r="I50" s="7" t="s">
         <v>461</v>
       </c>
       <c r="J50" s="7" t="s">
-        <v>1884</v>
+        <v>1882</v>
       </c>
       <c r="K50" s="7" t="s">
         <v>478</v>
       </c>
       <c r="L50" s="7" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="51" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A51" s="19"/>
       <c r="B51" s="7" t="s">
         <v>324</v>
       </c>
       <c r="C51" s="8" t="s">
         <v>477</v>
       </c>
       <c r="D51" s="8" t="s">
         <v>475</v>
       </c>
       <c r="E51" s="8" t="s">
         <v>476</v>
       </c>
       <c r="F51" s="8" t="s">
         <v>1483</v>
       </c>
@@ -19549,51 +19591,51 @@
       <c r="H57" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I57" s="7" t="s">
         <v>512</v>
       </c>
       <c r="J57" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K57" s="7" t="s">
         <v>468</v>
       </c>
       <c r="L57" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="58" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A58" s="19"/>
       <c r="B58" s="7" t="s">
         <v>489</v>
       </c>
       <c r="C58" s="8" t="s">
         <v>115</v>
       </c>
       <c r="D58" s="8" t="s">
-        <v>1810</v>
+        <v>1809</v>
       </c>
       <c r="E58" s="8" t="s">
         <v>490</v>
       </c>
       <c r="F58" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G58" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H58" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I58" s="7" t="s">
         <v>491</v>
       </c>
       <c r="J58" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K58" s="7" t="s">
         <v>478</v>
       </c>
       <c r="L58" s="7" t="s">
         <v>3</v>
       </c>
@@ -19731,51 +19773,51 @@
       <c r="H62" s="9" t="s">
         <v>378</v>
       </c>
       <c r="I62" s="7" t="s">
         <v>213</v>
       </c>
       <c r="J62" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K62" s="7" t="s">
         <v>214</v>
       </c>
       <c r="L62" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="63" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="19"/>
       <c r="B63" s="7" t="s">
         <v>494</v>
       </c>
       <c r="C63" s="9" t="s">
         <v>129</v>
       </c>
       <c r="D63" s="9" t="s">
-        <v>1663</v>
+        <v>1662</v>
       </c>
       <c r="E63" s="9" t="s">
         <v>497</v>
       </c>
       <c r="F63" s="9" t="s">
         <v>1483</v>
       </c>
       <c r="G63" s="17" t="s">
         <v>275</v>
       </c>
       <c r="H63" s="9" t="s">
         <v>378</v>
       </c>
       <c r="I63" s="7" t="s">
         <v>498</v>
       </c>
       <c r="J63" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K63" s="7" t="s">
         <v>452</v>
       </c>
       <c r="L63" s="7" t="s">
         <v>3</v>
       </c>
@@ -19950,83 +19992,83 @@
         <v>3</v>
       </c>
       <c r="K68" s="6" t="s">
         <v>478</v>
       </c>
       <c r="L68" s="6" t="s">
         <v>478</v>
       </c>
     </row>
     <row r="69" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A69" s="19"/>
       <c r="B69" s="6" t="s">
         <v>1041</v>
       </c>
       <c r="C69" s="6" t="s">
         <v>1040</v>
       </c>
       <c r="D69" s="6" t="s">
         <v>1467</v>
       </c>
       <c r="E69" s="6">
         <v>36924498</v>
       </c>
       <c r="F69" s="6"/>
       <c r="G69" s="18" t="s">
-        <v>1839</v>
+        <v>1838</v>
       </c>
       <c r="H69" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I69" s="6" t="s">
         <v>506</v>
       </c>
       <c r="J69" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K69" s="6" t="s">
         <v>452</v>
       </c>
       <c r="L69" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="70" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A70" s="132" t="s">
+      <c r="A70" s="133" t="s">
         <v>220</v>
       </c>
-      <c r="B70" s="132"/>
-[...9 lines deleted...]
-      <c r="L70" s="132"/>
+      <c r="B70" s="133"/>
+      <c r="C70" s="133"/>
+      <c r="D70" s="133"/>
+      <c r="E70" s="133"/>
+      <c r="F70" s="133"/>
+      <c r="G70" s="133"/>
+      <c r="H70" s="133"/>
+      <c r="I70" s="133"/>
+      <c r="J70" s="133"/>
+      <c r="K70" s="133"/>
+      <c r="L70" s="133"/>
     </row>
     <row r="71" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A71" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B71" s="10" t="s">
         <v>267</v>
       </c>
       <c r="C71" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D71" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E71" s="10" t="s">
         <v>582</v>
       </c>
       <c r="F71" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G71" s="10" t="s">
         <v>414</v>
       </c>
       <c r="H71" s="10" t="s">
         <v>379</v>
@@ -20071,94 +20113,94 @@
       </c>
       <c r="I72" s="7" t="s">
         <v>8</v>
       </c>
       <c r="J72" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K72" s="7">
         <v>2</v>
       </c>
       <c r="L72" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="73" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="19" t="s">
         <v>11</v>
       </c>
       <c r="B73" s="7" t="s">
         <v>284</v>
       </c>
       <c r="C73" s="7" t="s">
         <v>17</v>
       </c>
       <c r="D73" s="7" t="s">
-        <v>1664</v>
+        <v>1663</v>
       </c>
       <c r="E73" s="7" t="s">
         <v>552</v>
       </c>
       <c r="F73" s="7" t="s">
         <v>1483</v>
       </c>
       <c r="G73" s="13" t="s">
         <v>275</v>
       </c>
       <c r="H73" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I73" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J73" s="7" t="s">
         <v>199</v>
       </c>
       <c r="K73" s="7">
         <v>2</v>
       </c>
       <c r="L73" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="74" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A74" s="19"/>
       <c r="B74" s="6" t="s">
         <v>277</v>
       </c>
       <c r="C74" s="7" t="s">
         <v>14</v>
       </c>
       <c r="D74" s="7" t="s">
         <v>1171</v>
       </c>
       <c r="E74" s="7" t="s">
         <v>1179</v>
       </c>
       <c r="F74" s="7"/>
       <c r="G74" s="15" t="s">
-        <v>1881</v>
+        <v>1879</v>
       </c>
       <c r="H74" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I74" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J74" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K74" s="7">
         <v>2</v>
       </c>
       <c r="L74" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="75" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A75" s="6"/>
       <c r="B75" s="7" t="s">
         <v>521</v>
       </c>
       <c r="C75" s="7" t="s">
         <v>154</v>
       </c>
@@ -20249,126 +20291,126 @@
       <c r="H77" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I77" s="7" t="s">
         <v>20</v>
       </c>
       <c r="J77" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K77" s="7">
         <v>4</v>
       </c>
       <c r="L77" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="78" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A78" s="6"/>
       <c r="B78" s="7" t="s">
         <v>523</v>
       </c>
       <c r="C78" s="7" t="s">
         <v>13</v>
       </c>
       <c r="D78" s="7" t="s">
-        <v>1665</v>
+        <v>1664</v>
       </c>
       <c r="E78" s="7" t="s">
         <v>1459</v>
       </c>
       <c r="F78" s="7" t="s">
         <v>1483</v>
       </c>
       <c r="G78" s="13" t="s">
         <v>275</v>
       </c>
       <c r="H78" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I78" s="7" t="s">
         <v>25</v>
       </c>
       <c r="J78" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K78" s="7">
         <v>4</v>
       </c>
       <c r="L78" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="79" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="6"/>
       <c r="B79" s="7" t="s">
         <v>559</v>
       </c>
       <c r="C79" s="7" t="s">
         <v>522</v>
       </c>
       <c r="D79" s="7" t="s">
-        <v>1666</v>
+        <v>1665</v>
       </c>
       <c r="E79" s="7" t="s">
         <v>1069</v>
       </c>
       <c r="F79" s="7" t="s">
         <v>1483</v>
       </c>
       <c r="G79" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H79" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I79" s="7" t="s">
         <v>7</v>
       </c>
       <c r="J79" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K79" s="6">
         <v>1</v>
       </c>
       <c r="L79" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="80" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="6"/>
       <c r="B80" s="6" t="s">
         <v>373</v>
       </c>
       <c r="C80" s="6" t="s">
         <v>160</v>
       </c>
       <c r="D80" s="6" t="s">
-        <v>1679</v>
+        <v>1678</v>
       </c>
       <c r="E80" s="6" t="s">
-        <v>1722</v>
+        <v>1721</v>
       </c>
       <c r="F80" s="6"/>
       <c r="G80" s="14" t="s">
         <v>280</v>
       </c>
       <c r="H80" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I80" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J80" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K80" s="6">
         <v>1</v>
       </c>
       <c r="L80" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="81" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A81" s="19" t="s">
         <v>37</v>
       </c>
@@ -20460,72 +20502,72 @@
       </c>
       <c r="F83" s="7" t="s">
         <v>1483</v>
       </c>
       <c r="G83" s="13" t="s">
         <v>275</v>
       </c>
       <c r="H83" s="7" t="s">
         <v>378</v>
       </c>
       <c r="I83" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J83" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K83" s="7">
         <v>2</v>
       </c>
       <c r="L83" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="84" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A84" s="19" t="s">
-        <v>1896</v>
+        <v>1894</v>
       </c>
       <c r="B84" s="7" t="s">
-        <v>1938</v>
+        <v>1935</v>
       </c>
       <c r="C84" s="7" t="s">
-        <v>1939</v>
+        <v>1936</v>
       </c>
       <c r="D84" s="7" t="s">
-        <v>1940</v>
+        <v>1937</v>
       </c>
       <c r="E84" s="7">
         <v>51253963</v>
       </c>
       <c r="F84" s="7" t="s">
         <v>1483</v>
       </c>
       <c r="G84" s="13" t="s">
         <v>275</v>
       </c>
-      <c r="H84" s="108" t="s">
-        <v>1941</v>
+      <c r="H84" s="107" t="s">
+        <v>1938</v>
       </c>
       <c r="I84" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J84" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K84" s="7">
         <v>1</v>
       </c>
       <c r="L84" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="85" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A85" s="19" t="s">
         <v>56</v>
       </c>
       <c r="B85" s="7" t="s">
         <v>527</v>
       </c>
       <c r="C85" s="8" t="s">
         <v>164</v>
       </c>
       <c r="D85" s="8" t="s">
@@ -20816,3635 +20858,3669 @@
       <c r="A93" s="19" t="s">
         <v>90</v>
       </c>
       <c r="B93" s="7" t="s">
         <v>542</v>
       </c>
       <c r="C93" s="6" t="s">
         <v>543</v>
       </c>
       <c r="D93" s="6" t="s">
         <v>544</v>
       </c>
       <c r="E93" s="6" t="s">
         <v>1160</v>
       </c>
       <c r="F93" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G93" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H93" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I93" s="6" t="s">
-        <v>1755</v>
+        <v>1754</v>
       </c>
       <c r="J93" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K93" s="6">
         <v>4</v>
       </c>
       <c r="L93" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="94" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="19"/>
       <c r="B94" s="7" t="s">
         <v>542</v>
       </c>
       <c r="C94" s="6" t="s">
         <v>543</v>
       </c>
       <c r="D94" s="6"/>
       <c r="E94" s="6"/>
       <c r="F94" s="6"/>
       <c r="G94" s="58" t="s">
-        <v>1765</v>
+        <v>1764</v>
       </c>
       <c r="H94" s="6" t="s">
         <v>1275</v>
       </c>
       <c r="I94" s="6" t="s">
         <v>1276</v>
       </c>
       <c r="J94" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K94" s="6" t="s">
         <v>3</v>
       </c>
       <c r="L94" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="95" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A95" s="19" t="s">
         <v>94</v>
       </c>
       <c r="B95" s="7" t="s">
         <v>763</v>
       </c>
       <c r="C95" s="6" t="s">
         <v>95</v>
       </c>
       <c r="D95" s="6" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E95" s="6" t="s">
         <v>1624</v>
-      </c>
-[...1 lines deleted...]
-        <v>1625</v>
       </c>
       <c r="F95" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G95" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H95" s="6" t="s">
         <v>1240</v>
       </c>
       <c r="I95" s="6" t="s">
-        <v>1782</v>
+        <v>1781</v>
       </c>
       <c r="J95" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K95" s="6">
         <v>2</v>
       </c>
       <c r="L95" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="96" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A96" s="19"/>
       <c r="B96" s="7" t="s">
-        <v>1024</v>
+        <v>763</v>
       </c>
       <c r="C96" s="6" t="s">
-        <v>1018</v>
-[...5 lines deleted...]
-        <v>5792223</v>
+        <v>95</v>
+      </c>
+      <c r="D96" s="6"/>
+      <c r="E96" s="6" t="s">
+        <v>1961</v>
       </c>
       <c r="F96" s="6" t="s">
         <v>1483</v>
       </c>
-      <c r="G96" s="21" t="s">
-[...3 lines deleted...]
-        <v>378</v>
+      <c r="G96" s="76" t="s">
+        <v>1915</v>
+      </c>
+      <c r="H96" s="110" t="s">
+        <v>1960</v>
       </c>
       <c r="I96" s="6" t="s">
-        <v>20</v>
+        <v>1276</v>
       </c>
       <c r="J96" s="6" t="s">
-        <v>20</v>
-[...5 lines deleted...]
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="K96" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="L96" s="6" t="s">
+        <v>1959</v>
       </c>
     </row>
     <row r="97" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A97" s="19"/>
       <c r="B97" s="7" t="s">
+        <v>1024</v>
+      </c>
+      <c r="C97" s="6" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D97" s="6" t="s">
+        <v>1025</v>
+      </c>
+      <c r="E97" s="6">
+        <v>5792223</v>
+      </c>
+      <c r="F97" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G97" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H97" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I97" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="J97" s="6" t="s">
+        <v>20</v>
+      </c>
+      <c r="K97" s="6">
+        <v>2</v>
+      </c>
+      <c r="L97" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="98" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A98" s="19"/>
+      <c r="B98" s="7" t="s">
         <v>1214</v>
       </c>
-      <c r="C97" s="6" t="s">
+      <c r="C98" s="6" t="s">
         <v>1215</v>
       </c>
-      <c r="D97" s="6" t="s">
+      <c r="D98" s="6" t="s">
         <v>1216</v>
       </c>
-      <c r="E97" s="6">
+      <c r="E98" s="6">
         <v>14449202</v>
       </c>
-      <c r="F97" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H97" s="6" t="s">
+      <c r="F98" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G98" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H98" s="6" t="s">
         <v>1067</v>
       </c>
-      <c r="I97" s="6" t="s">
-[...2 lines deleted...]
-      <c r="J97" s="6" t="s">
+      <c r="I98" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J98" s="6" t="s">
         <v>199</v>
       </c>
-      <c r="K97" s="6">
-[...36 lines deleted...]
-      </c>
       <c r="K98" s="6">
-        <v>1</v>
-[...1 lines deleted...]
-      <c r="L98" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="L98" s="6">
         <v>3</v>
       </c>
     </row>
     <row r="99" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="19" t="s">
+        <v>98</v>
+      </c>
+      <c r="B99" s="7" t="s">
+        <v>367</v>
+      </c>
+      <c r="C99" s="6" t="s">
+        <v>100</v>
+      </c>
+      <c r="D99" s="6" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E99" s="6" t="s">
+        <v>1063</v>
+      </c>
+      <c r="F99" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G99" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H99" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I99" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="J99" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K99" s="6">
+        <v>1</v>
+      </c>
+      <c r="L99" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="100" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A100" s="19" t="s">
         <v>101</v>
       </c>
-      <c r="B99" s="6" t="s">
+      <c r="B100" s="6" t="s">
         <v>1308</v>
       </c>
-      <c r="C99" s="6" t="s">
+      <c r="C100" s="6" t="s">
         <v>1084</v>
       </c>
-      <c r="D99" s="6" t="s">
+      <c r="D100" s="6" t="s">
         <v>873</v>
       </c>
-      <c r="E99" s="6" t="s">
+      <c r="E100" s="6" t="s">
         <v>1231</v>
       </c>
-      <c r="F99" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I99" s="6" t="s">
+      <c r="F100" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G100" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H100" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I100" s="6" t="s">
         <v>1085</v>
       </c>
-      <c r="J99" s="6" t="s">
+      <c r="J100" s="6" t="s">
         <v>1086</v>
       </c>
-      <c r="K99" s="6">
-[...34 lines deleted...]
-      </c>
       <c r="K100" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L100" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="101" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A101" s="19"/>
-      <c r="B101" s="6" t="s">
-        <v>1135</v>
+      <c r="B101" s="7" t="s">
+        <v>558</v>
       </c>
       <c r="C101" s="6" t="s">
-        <v>1133</v>
+        <v>102</v>
       </c>
       <c r="D101" s="6" t="s">
-        <v>1761</v>
-[...4 lines deleted...]
-        <v>1770</v>
+        <v>1531</v>
+      </c>
+      <c r="E101" s="6" t="s">
+        <v>1916</v>
+      </c>
+      <c r="F101" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G101" s="76" t="s">
+        <v>1915</v>
       </c>
       <c r="H101" s="6" t="s">
-        <v>1522</v>
+        <v>378</v>
       </c>
       <c r="I101" s="6" t="s">
-        <v>1774</v>
+        <v>4</v>
       </c>
       <c r="J101" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K101" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L101" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="102" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A102" s="19"/>
       <c r="B102" s="6" t="s">
+        <v>1135</v>
+      </c>
+      <c r="C102" s="6" t="s">
+        <v>1133</v>
+      </c>
+      <c r="D102" s="6" t="s">
+        <v>1760</v>
+      </c>
+      <c r="E102" s="6"/>
+      <c r="F102" s="6"/>
+      <c r="G102" s="89" t="s">
+        <v>1769</v>
+      </c>
+      <c r="H102" s="6" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I102" s="6" t="s">
+        <v>1773</v>
+      </c>
+      <c r="J102" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K102" s="6">
+        <v>2</v>
+      </c>
+      <c r="L102" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="103" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A103" s="19"/>
+      <c r="B103" s="6" t="s">
         <v>436</v>
       </c>
-      <c r="C102" s="6" t="s">
+      <c r="C103" s="6" t="s">
         <v>113</v>
       </c>
-      <c r="D102" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E102" s="6" t="s">
+      <c r="D103" s="6" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E103" s="6" t="s">
+        <v>1792</v>
+      </c>
+      <c r="F103" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G103" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H103" s="6" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I103" s="6" t="s">
         <v>1793</v>
       </c>
-      <c r="F102" s="6" t="s">
-[...56 lines deleted...]
-        <v>3</v>
+      <c r="J103" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K103" s="6">
+        <v>2</v>
+      </c>
+      <c r="L103" s="6">
+        <v>2</v>
       </c>
     </row>
     <row r="104" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="19" t="s">
+        <v>117</v>
+      </c>
+      <c r="B104" s="7" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C104" s="9" t="s">
+        <v>128</v>
+      </c>
+      <c r="D104" s="9" t="s">
+        <v>515</v>
+      </c>
+      <c r="E104" s="9" t="s">
+        <v>557</v>
+      </c>
+      <c r="F104" s="9" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G104" s="17" t="s">
+        <v>275</v>
+      </c>
+      <c r="H104" s="9" t="s">
+        <v>378</v>
+      </c>
+      <c r="I104" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="J104" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K104" s="7">
+        <v>2</v>
+      </c>
+      <c r="L104" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="105" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A105" s="19" t="s">
         <v>131</v>
       </c>
-      <c r="B104" s="7" t="s">
+      <c r="B105" s="7" t="s">
         <v>546</v>
       </c>
-      <c r="C104" s="9" t="s">
+      <c r="C105" s="9" t="s">
         <v>545</v>
       </c>
-      <c r="D104" s="9" t="s">
+      <c r="D105" s="9" t="s">
         <v>547</v>
       </c>
-      <c r="E104" s="9" t="s">
+      <c r="E105" s="9" t="s">
         <v>548</v>
       </c>
-      <c r="F104" s="9" t="s">
-[...8 lines deleted...]
-      <c r="I104" s="7" t="s">
+      <c r="F105" s="9" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G105" s="17" t="s">
+        <v>275</v>
+      </c>
+      <c r="H105" s="9" t="s">
+        <v>378</v>
+      </c>
+      <c r="I105" s="7" t="s">
         <v>7</v>
       </c>
-      <c r="J104" s="7" t="s">
-[...2 lines deleted...]
-      <c r="K104" s="7">
+      <c r="J105" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K105" s="7">
         <v>1</v>
       </c>
-      <c r="L104" s="7" t="s">
-[...33 lines deleted...]
-      <c r="L105" s="6" t="s">
+      <c r="L105" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="106" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="19"/>
-      <c r="B106" s="7" t="s">
+      <c r="B106" s="6" t="s">
+        <v>1401</v>
+      </c>
+      <c r="C106" s="6" t="s">
+        <v>1402</v>
+      </c>
+      <c r="D106" s="6"/>
+      <c r="E106" s="6" t="s">
+        <v>1403</v>
+      </c>
+      <c r="F106" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G106" s="17" t="s">
+        <v>275</v>
+      </c>
+      <c r="H106" s="6" t="s">
+        <v>1067</v>
+      </c>
+      <c r="I106" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J106" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K106" s="6">
+        <v>2</v>
+      </c>
+      <c r="L106" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="107" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A107" s="19"/>
+      <c r="B107" s="7" t="s">
         <v>550</v>
       </c>
-      <c r="C106" s="9" t="s">
+      <c r="C107" s="9" t="s">
         <v>133</v>
       </c>
-      <c r="D106" s="9" t="s">
+      <c r="D107" s="9" t="s">
         <v>551</v>
       </c>
-      <c r="E106" s="9" t="s">
+      <c r="E107" s="9" t="s">
         <v>549</v>
       </c>
-      <c r="F106" s="9" t="s">
-[...8 lines deleted...]
-      <c r="I106" s="7" t="s">
+      <c r="F107" s="9" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G107" s="17" t="s">
+        <v>275</v>
+      </c>
+      <c r="H107" s="9" t="s">
+        <v>378</v>
+      </c>
+      <c r="I107" s="7" t="s">
         <v>1087</v>
       </c>
-      <c r="J106" s="7" t="s">
-[...10 lines deleted...]
-      <c r="A107" s="132" t="s">
+      <c r="J107" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K107" s="7">
+        <v>2</v>
+      </c>
+      <c r="L107" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="108" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A108" s="133" t="s">
         <v>221</v>
       </c>
-      <c r="B107" s="132"/>
-[...12 lines deleted...]
-      <c r="A108" s="48" t="s">
+      <c r="B108" s="133"/>
+      <c r="C108" s="133"/>
+      <c r="D108" s="133"/>
+      <c r="E108" s="133"/>
+      <c r="F108" s="133"/>
+      <c r="G108" s="133"/>
+      <c r="H108" s="133"/>
+      <c r="I108" s="133"/>
+      <c r="J108" s="133"/>
+      <c r="K108" s="133"/>
+      <c r="L108" s="133"/>
+    </row>
+    <row r="109" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A109" s="48" t="s">
         <v>0</v>
       </c>
-      <c r="B108" s="10" t="s">
+      <c r="B109" s="10" t="s">
         <v>267</v>
       </c>
-      <c r="C108" s="10" t="s">
+      <c r="C109" s="10" t="s">
         <v>375</v>
       </c>
-      <c r="D108" s="10" t="s">
+      <c r="D109" s="10" t="s">
         <v>686</v>
       </c>
-      <c r="E108" s="10" t="s">
+      <c r="E109" s="10" t="s">
         <v>582</v>
       </c>
-      <c r="F108" s="41" t="s">
+      <c r="F109" s="41" t="s">
         <v>1484</v>
       </c>
-      <c r="G108" s="10" t="s">
+      <c r="G109" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="H108" s="10" t="s">
+      <c r="H109" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="I108" s="10" t="s">
+      <c r="I109" s="10" t="s">
         <v>269</v>
       </c>
-      <c r="J108" s="10" t="s">
+      <c r="J109" s="10" t="s">
         <v>270</v>
       </c>
-      <c r="K108" s="10" t="s">
+      <c r="K109" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="L108" s="10" t="s">
+      <c r="L109" s="10" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="109" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A109" s="19" t="s">
+    <row r="110" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A110" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="B109" s="7" t="s">
+      <c r="B110" s="7" t="s">
         <v>521</v>
       </c>
-      <c r="C109" s="6" t="s">
+      <c r="C110" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="D109" s="6" t="s">
+      <c r="D110" s="6" t="s">
         <v>1210</v>
       </c>
-      <c r="E109" s="6" t="s">
+      <c r="E110" s="6" t="s">
         <v>1211</v>
       </c>
-      <c r="F109" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H109" s="6" t="s">
+      <c r="F110" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G110" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H110" s="6" t="s">
         <v>380</v>
       </c>
-      <c r="I109" s="6" t="s">
+      <c r="I110" s="6" t="s">
         <v>622</v>
       </c>
-      <c r="J109" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K109" s="6" t="s">
+      <c r="J110" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K110" s="6" t="s">
         <v>623</v>
       </c>
-      <c r="L109" s="6" t="s">
+      <c r="L110" s="6" t="s">
         <v>623</v>
-      </c>
-[...32 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="111" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A111" s="19"/>
       <c r="B111" s="7" t="s">
-        <v>523</v>
+        <v>382</v>
       </c>
       <c r="C111" s="6" t="s">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D111" s="6" t="s">
-        <v>1171</v>
+        <v>1666</v>
       </c>
       <c r="E111" s="6" t="s">
-        <v>1065</v>
+        <v>1035</v>
       </c>
       <c r="F111" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G111" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H111" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I111" s="6" t="s">
-        <v>611</v>
-[...3 lines deleted...]
-      </c>
+        <v>1400</v>
+      </c>
+      <c r="J111" s="6"/>
       <c r="K111" s="6" t="s">
-        <v>613</v>
+        <v>625</v>
       </c>
       <c r="L111" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="112" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A112" s="19"/>
       <c r="B112" s="7" t="s">
-        <v>373</v>
+        <v>523</v>
       </c>
       <c r="C112" s="6" t="s">
-        <v>160</v>
+        <v>13</v>
       </c>
       <c r="D112" s="6" t="s">
-        <v>1668</v>
-[...6 lines deleted...]
-        <v>280</v>
+        <v>1171</v>
+      </c>
+      <c r="E112" s="6" t="s">
+        <v>1065</v>
+      </c>
+      <c r="F112" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G112" s="21" t="s">
+        <v>275</v>
       </c>
       <c r="H112" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I112" s="6" t="s">
         <v>611</v>
       </c>
       <c r="J112" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K112" s="6" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="L112" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="113" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A113" s="19"/>
-      <c r="B113" s="6" t="s">
+      <c r="B113" s="7" t="s">
         <v>373</v>
       </c>
       <c r="C113" s="6" t="s">
         <v>160</v>
       </c>
       <c r="D113" s="6" t="s">
-        <v>1708</v>
+        <v>1667</v>
       </c>
       <c r="E113" s="6">
-        <v>36822031</v>
+        <v>7561690</v>
       </c>
       <c r="F113" s="6"/>
       <c r="G113" s="18" t="s">
-        <v>1710</v>
+        <v>280</v>
       </c>
       <c r="H113" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I113" s="6" t="s">
+        <v>611</v>
+      </c>
+      <c r="J113" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K113" s="6" t="s">
+        <v>612</v>
+      </c>
+      <c r="L113" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="114" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A114" s="19"/>
+      <c r="B114" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="C114" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="D114" s="6" t="s">
+        <v>1707</v>
+      </c>
+      <c r="E114" s="6">
+        <v>36822031</v>
+      </c>
+      <c r="F114" s="6"/>
+      <c r="G114" s="18" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H114" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I114" s="6" t="s">
         <v>1435</v>
       </c>
-      <c r="J113" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K113" s="6" t="s">
+      <c r="J114" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K114" s="6" t="s">
         <v>1436</v>
       </c>
-      <c r="L113" s="6" t="s">
-[...5 lines deleted...]
-      <c r="B114" s="7" t="s">
+      <c r="L114" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="115" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A115" s="6"/>
+      <c r="B115" s="7" t="s">
         <v>580</v>
       </c>
-      <c r="C114" s="6" t="s">
+      <c r="C115" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="D114" s="12" t="s">
+      <c r="D115" s="12" t="s">
         <v>1495</v>
       </c>
-      <c r="E114" s="6" t="s">
+      <c r="E115" s="6" t="s">
         <v>581</v>
       </c>
-      <c r="F114" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I114" s="6" t="s">
+      <c r="F115" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G115" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H115" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I115" s="6" t="s">
         <v>626</v>
       </c>
-      <c r="J114" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K114" s="6" t="s">
+      <c r="J115" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K115" s="6" t="s">
         <v>625</v>
       </c>
-      <c r="L114" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A115" s="19" t="s">
+      <c r="L115" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="116" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A116" s="19" t="s">
         <v>32</v>
       </c>
-      <c r="B115" s="7" t="s">
+      <c r="B116" s="7" t="s">
         <v>1427</v>
       </c>
-      <c r="C115" s="6" t="s">
+      <c r="C116" s="6" t="s">
         <v>1428</v>
       </c>
-      <c r="D115" s="6"/>
-      <c r="E115" s="6">
+      <c r="D116" s="6"/>
+      <c r="E116" s="6">
         <v>29019559</v>
       </c>
-      <c r="F115" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H115" s="6" t="s">
+      <c r="F116" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G116" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H116" s="6" t="s">
         <v>1240</v>
       </c>
-      <c r="I115" s="6" t="s">
+      <c r="I116" s="6" t="s">
         <v>630</v>
-      </c>
-[...34 lines deleted...]
-        <v>627</v>
       </c>
       <c r="J116" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K116" s="6" t="s">
         <v>623</v>
       </c>
       <c r="L116" s="6" t="s">
-        <v>625</v>
+        <v>3</v>
       </c>
     </row>
     <row r="117" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A117" s="19"/>
       <c r="B117" s="7" t="s">
-        <v>614</v>
+        <v>507</v>
       </c>
       <c r="C117" s="6" t="s">
-        <v>585</v>
+        <v>615</v>
       </c>
       <c r="D117" s="6" t="s">
-        <v>617</v>
+        <v>1671</v>
       </c>
       <c r="E117" s="6" t="s">
-        <v>616</v>
+        <v>584</v>
       </c>
       <c r="F117" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G117" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H117" s="6" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="I117" s="6" t="s">
-        <v>624</v>
+        <v>627</v>
       </c>
       <c r="J117" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K117" s="6" t="s">
-        <v>3</v>
+        <v>623</v>
       </c>
       <c r="L117" s="6" t="s">
-        <v>3</v>
+        <v>625</v>
       </c>
     </row>
     <row r="118" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A118" s="19"/>
       <c r="B118" s="7" t="s">
-        <v>1530</v>
+        <v>614</v>
       </c>
       <c r="C118" s="6" t="s">
-        <v>1529</v>
+        <v>585</v>
       </c>
       <c r="D118" s="6" t="s">
-        <v>1528</v>
+        <v>617</v>
       </c>
       <c r="E118" s="6" t="s">
-        <v>1555</v>
+        <v>616</v>
       </c>
       <c r="F118" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G118" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H118" s="6" t="s">
-        <v>1240</v>
+        <v>378</v>
       </c>
       <c r="I118" s="6" t="s">
-        <v>629</v>
+        <v>624</v>
       </c>
       <c r="J118" s="6" t="s">
-        <v>1675</v>
+        <v>3</v>
       </c>
       <c r="K118" s="6" t="s">
-        <v>623</v>
+        <v>3</v>
       </c>
       <c r="L118" s="6" t="s">
-        <v>623</v>
+        <v>3</v>
       </c>
     </row>
     <row r="119" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A119" s="19"/>
       <c r="B119" s="7" t="s">
-        <v>621</v>
+        <v>1530</v>
       </c>
       <c r="C119" s="6" t="s">
-        <v>587</v>
+        <v>1529</v>
       </c>
       <c r="D119" s="6" t="s">
-        <v>1034</v>
+        <v>1528</v>
       </c>
       <c r="E119" s="6" t="s">
-        <v>586</v>
+        <v>1555</v>
       </c>
       <c r="F119" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G119" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H119" s="6" t="s">
-        <v>378</v>
+        <v>1240</v>
       </c>
       <c r="I119" s="6" t="s">
         <v>629</v>
       </c>
       <c r="J119" s="6" t="s">
-        <v>3</v>
+        <v>1674</v>
       </c>
       <c r="K119" s="6" t="s">
+        <v>623</v>
+      </c>
+      <c r="L119" s="6" t="s">
+        <v>623</v>
+      </c>
+    </row>
+    <row r="120" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A120" s="19"/>
+      <c r="B120" s="7" t="s">
+        <v>621</v>
+      </c>
+      <c r="C120" s="6" t="s">
+        <v>587</v>
+      </c>
+      <c r="D120" s="6" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E120" s="6" t="s">
+        <v>586</v>
+      </c>
+      <c r="F120" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G120" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H120" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I120" s="6" t="s">
+        <v>629</v>
+      </c>
+      <c r="J120" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K120" s="6" t="s">
         <v>625</v>
       </c>
-      <c r="L119" s="6" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="L120" s="6" t="s">
-        <v>623</v>
+        <v>1672</v>
       </c>
     </row>
     <row r="121" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A121" s="19" t="s">
-        <v>46</v>
+        <v>37</v>
       </c>
       <c r="B121" s="7" t="s">
-        <v>297</v>
+        <v>1836</v>
       </c>
       <c r="C121" s="6" t="s">
-        <v>151</v>
+        <v>1837</v>
       </c>
       <c r="D121" s="6" t="s">
-        <v>1561</v>
-[...2 lines deleted...]
-        <v>1564</v>
+        <v>1885</v>
+      </c>
+      <c r="E121" s="6">
+        <v>49745930</v>
       </c>
       <c r="F121" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G121" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H121" s="6" t="s">
-        <v>1240</v>
+        <v>1522</v>
       </c>
       <c r="I121" s="6" t="s">
-        <v>1562</v>
+        <v>1883</v>
       </c>
       <c r="J121" s="6" t="s">
-        <v>1563</v>
+        <v>1884</v>
       </c>
       <c r="K121" s="6" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
       <c r="L121" s="6" t="s">
-        <v>625</v>
+        <v>623</v>
       </c>
     </row>
     <row r="122" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A122" s="19" t="s">
-        <v>916</v>
+        <v>46</v>
       </c>
       <c r="B122" s="7" t="s">
-        <v>588</v>
+        <v>297</v>
       </c>
       <c r="C122" s="6" t="s">
-        <v>246</v>
+        <v>151</v>
       </c>
       <c r="D122" s="6" t="s">
-        <v>590</v>
+        <v>1561</v>
       </c>
       <c r="E122" s="6" t="s">
-        <v>589</v>
+        <v>1564</v>
       </c>
       <c r="F122" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G122" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H122" s="6" t="s">
-        <v>378</v>
+        <v>1240</v>
       </c>
       <c r="I122" s="6" t="s">
-        <v>629</v>
+        <v>1562</v>
       </c>
       <c r="J122" s="6" t="s">
-        <v>3</v>
+        <v>1563</v>
       </c>
       <c r="K122" s="6" t="s">
         <v>625</v>
       </c>
       <c r="L122" s="6" t="s">
-        <v>3</v>
+        <v>625</v>
       </c>
     </row>
     <row r="123" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A123" s="19" t="s">
-        <v>51</v>
+        <v>916</v>
       </c>
       <c r="B123" s="7" t="s">
-        <v>305</v>
+        <v>588</v>
       </c>
       <c r="C123" s="6" t="s">
-        <v>53</v>
+        <v>246</v>
       </c>
       <c r="D123" s="6" t="s">
-        <v>555</v>
+        <v>590</v>
       </c>
       <c r="E123" s="6" t="s">
-        <v>591</v>
+        <v>589</v>
       </c>
       <c r="F123" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G123" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H123" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I123" s="6" t="s">
-        <v>630</v>
+        <v>629</v>
       </c>
       <c r="J123" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K123" s="6" t="s">
-        <v>631</v>
+        <v>625</v>
       </c>
       <c r="L123" s="6" t="s">
-        <v>625</v>
+        <v>3</v>
       </c>
     </row>
     <row r="124" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A124" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="B124" s="7" t="s">
+        <v>305</v>
+      </c>
+      <c r="C124" s="6" t="s">
+        <v>53</v>
+      </c>
+      <c r="D124" s="6" t="s">
+        <v>555</v>
+      </c>
+      <c r="E124" s="6" t="s">
+        <v>591</v>
+      </c>
+      <c r="F124" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G124" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H124" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I124" s="6" t="s">
+        <v>630</v>
+      </c>
+      <c r="J124" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K124" s="6" t="s">
+        <v>631</v>
+      </c>
+      <c r="L124" s="6" t="s">
+        <v>625</v>
+      </c>
+    </row>
+    <row r="125" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A125" s="19" t="s">
         <v>56</v>
       </c>
-      <c r="B124" s="7" t="s">
+      <c r="B125" s="7" t="s">
         <v>593</v>
       </c>
-      <c r="C124" s="6" t="s">
+      <c r="C125" s="6" t="s">
         <v>194</v>
       </c>
-      <c r="D124" s="6" t="s">
+      <c r="D125" s="6" t="s">
         <v>398</v>
       </c>
-      <c r="E124" s="6" t="s">
+      <c r="E125" s="6" t="s">
         <v>397</v>
       </c>
-      <c r="F124" s="6" t="s">
-[...14 lines deleted...]
-      <c r="K124" s="6" t="s">
+      <c r="F125" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G125" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H125" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I125" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="J125" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K125" s="6" t="s">
         <v>623</v>
       </c>
-      <c r="L124" s="6" t="s">
-[...5 lines deleted...]
-      <c r="B125" s="7" t="s">
+      <c r="L125" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="126" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A126" s="19"/>
+      <c r="B126" s="7" t="s">
         <v>592</v>
       </c>
-      <c r="C125" s="6" t="s">
+      <c r="C126" s="6" t="s">
         <v>138</v>
       </c>
-      <c r="D125" s="6" t="s">
+      <c r="D126" s="6" t="s">
         <v>594</v>
       </c>
-      <c r="E125" s="6" t="s">
+      <c r="E126" s="6" t="s">
         <v>1013</v>
       </c>
-      <c r="F125" s="6" t="s">
-[...37 lines deleted...]
-      <c r="F126" s="8" t="s">
+      <c r="F126" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G126" s="16" t="s">
         <v>275</v>
       </c>
-      <c r="H126" s="8" t="s">
+      <c r="H126" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I126" s="6" t="s">
         <v>624</v>
       </c>
-      <c r="J126" s="7" t="s">
-[...2 lines deleted...]
-      <c r="K126" s="7" t="s">
+      <c r="J126" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K126" s="6" t="s">
         <v>625</v>
       </c>
-      <c r="L126" s="7" t="s">
+      <c r="L126" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="127" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A127" s="19" t="s">
+        <v>66</v>
+      </c>
+      <c r="B127" s="7" t="s">
+        <v>618</v>
+      </c>
+      <c r="C127" s="8" t="s">
+        <v>175</v>
+      </c>
+      <c r="D127" s="8" t="s">
+        <v>620</v>
+      </c>
+      <c r="E127" s="8" t="s">
+        <v>619</v>
+      </c>
+      <c r="F127" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G127" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H127" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="I127" s="6" t="s">
+        <v>624</v>
+      </c>
+      <c r="J127" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K127" s="7" t="s">
         <v>625</v>
       </c>
-    </row>
-[...31 lines deleted...]
-      </c>
       <c r="L127" s="7" t="s">
-        <v>3</v>
+        <v>625</v>
       </c>
     </row>
     <row r="128" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A128" s="19"/>
       <c r="B128" s="7" t="s">
-        <v>596</v>
+        <v>321</v>
       </c>
       <c r="C128" s="8" t="s">
-        <v>67</v>
+        <v>172</v>
       </c>
       <c r="D128" s="8" t="s">
-        <v>597</v>
+        <v>1673</v>
       </c>
       <c r="E128" s="8" t="s">
-        <v>598</v>
-[...3 lines deleted...]
-        <v>1638</v>
+        <v>595</v>
+      </c>
+      <c r="F128" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G128" s="16" t="s">
+        <v>275</v>
       </c>
       <c r="H128" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I128" s="7" t="s">
-        <v>600</v>
+        <v>629</v>
       </c>
       <c r="J128" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K128" s="7" t="s">
-        <v>599</v>
+        <v>623</v>
       </c>
       <c r="L128" s="7" t="s">
-        <v>599</v>
+        <v>3</v>
       </c>
     </row>
     <row r="129" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A129" s="19"/>
       <c r="B129" s="7" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="C129" s="8" t="s">
-        <v>266</v>
+        <v>67</v>
       </c>
       <c r="D129" s="8" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="E129" s="8" t="s">
-        <v>603</v>
-[...5 lines deleted...]
-        <v>275</v>
+        <v>598</v>
+      </c>
+      <c r="F129" s="8"/>
+      <c r="G129" s="15" t="s">
+        <v>1637</v>
       </c>
       <c r="H129" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I129" s="7" t="s">
-        <v>632</v>
+        <v>600</v>
       </c>
       <c r="J129" s="7" t="s">
-        <v>623</v>
+        <v>3</v>
       </c>
       <c r="K129" s="7" t="s">
-        <v>623</v>
+        <v>599</v>
       </c>
       <c r="L129" s="7" t="s">
-        <v>623</v>
+        <v>599</v>
       </c>
     </row>
     <row r="130" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A130" s="19"/>
       <c r="B130" s="7" t="s">
-        <v>312</v>
+        <v>601</v>
       </c>
       <c r="C130" s="8" t="s">
-        <v>68</v>
+        <v>266</v>
       </c>
       <c r="D130" s="8" t="s">
-        <v>1494</v>
+        <v>602</v>
       </c>
       <c r="E130" s="8" t="s">
-        <v>604</v>
+        <v>603</v>
       </c>
       <c r="F130" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G130" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H130" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I130" s="7" t="s">
-        <v>630</v>
+        <v>632</v>
       </c>
       <c r="J130" s="7" t="s">
-        <v>3</v>
+        <v>623</v>
       </c>
       <c r="K130" s="7" t="s">
         <v>623</v>
       </c>
       <c r="L130" s="7" t="s">
-        <v>3</v>
+        <v>623</v>
       </c>
     </row>
     <row r="131" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A131" s="19"/>
       <c r="B131" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="C131" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D131" s="8" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E131" s="8" t="s">
+        <v>604</v>
+      </c>
+      <c r="F131" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G131" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H131" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="I131" s="7" t="s">
+        <v>630</v>
+      </c>
+      <c r="J131" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K131" s="7" t="s">
+        <v>623</v>
+      </c>
+      <c r="L131" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="132" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A132" s="19"/>
+      <c r="B132" s="7" t="s">
         <v>605</v>
       </c>
-      <c r="C131" s="8" t="s">
+      <c r="C132" s="8" t="s">
         <v>72</v>
       </c>
-      <c r="D131" s="8" t="s">
+      <c r="D132" s="8" t="s">
         <v>606</v>
       </c>
-      <c r="E131" s="8" t="s">
+      <c r="E132" s="8" t="s">
         <v>607</v>
       </c>
-      <c r="F131" s="8" t="s">
-[...8 lines deleted...]
-      <c r="I131" s="7" t="s">
+      <c r="F132" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G132" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H132" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="I132" s="7" t="s">
         <v>608</v>
       </c>
-      <c r="J131" s="7" t="s">
-[...2 lines deleted...]
-      <c r="K131" s="7" t="s">
+      <c r="J132" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K132" s="7" t="s">
         <v>446</v>
       </c>
-      <c r="L131" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A132" s="19" t="s">
+      <c r="L132" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="133" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A133" s="19" t="s">
         <v>98</v>
       </c>
-      <c r="B132" s="7" t="s">
+      <c r="B133" s="7" t="s">
         <v>432</v>
       </c>
-      <c r="C132" s="8" t="s">
+      <c r="C133" s="8" t="s">
         <v>99</v>
       </c>
-      <c r="D132" s="8" t="s">
+      <c r="D133" s="8" t="s">
         <v>610</v>
       </c>
-      <c r="E132" s="8" t="s">
+      <c r="E133" s="8" t="s">
         <v>609</v>
       </c>
-      <c r="F132" s="8" t="s">
-[...8 lines deleted...]
-      <c r="I132" s="7" t="s">
+      <c r="F133" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G133" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H133" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="I133" s="7" t="s">
         <v>630</v>
       </c>
-      <c r="J132" s="7" t="s">
-[...2 lines deleted...]
-      <c r="K132" s="7" t="s">
+      <c r="J133" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K133" s="7" t="s">
         <v>623</v>
       </c>
-      <c r="L132" s="7" t="s">
-[...5 lines deleted...]
-      <c r="B133" s="6" t="s">
+      <c r="L133" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="134" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A134" s="19"/>
+      <c r="B134" s="6" t="s">
         <v>1044</v>
       </c>
-      <c r="C133" s="6" t="s">
+      <c r="C134" s="6" t="s">
         <v>1150</v>
       </c>
-      <c r="D133" s="6" t="s">
+      <c r="D134" s="6" t="s">
         <v>1172</v>
       </c>
-      <c r="E133" s="6">
+      <c r="E134" s="6">
         <v>12830232</v>
       </c>
-      <c r="F133" s="45" t="s">
-[...8 lines deleted...]
-      <c r="I133" s="45" t="s">
+      <c r="F134" s="45" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G134" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H134" s="45" t="s">
+        <v>378</v>
+      </c>
+      <c r="I134" s="45" t="s">
         <v>624</v>
       </c>
-      <c r="J133" s="45" t="s">
-[...2 lines deleted...]
-      <c r="K133" s="45" t="s">
+      <c r="J134" s="45" t="s">
+        <v>3</v>
+      </c>
+      <c r="K134" s="45" t="s">
         <v>625</v>
       </c>
-      <c r="L133" s="45" t="s">
-[...4 lines deleted...]
-      <c r="A134" s="19" t="s">
+      <c r="L134" s="45" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="135" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A135" s="19" t="s">
         <v>101</v>
       </c>
-      <c r="B134" s="7" t="s">
+      <c r="B135" s="7" t="s">
         <v>558</v>
       </c>
-      <c r="C134" s="8" t="s">
+      <c r="C135" s="8" t="s">
         <v>102</v>
       </c>
-      <c r="D134" s="8" t="s">
+      <c r="D135" s="8" t="s">
         <v>1468</v>
       </c>
-      <c r="E134" s="8" t="s">
-[...15 lines deleted...]
-      <c r="K134" s="7" t="s">
+      <c r="E135" s="8" t="s">
+        <v>1633</v>
+      </c>
+      <c r="F135" s="8"/>
+      <c r="G135" s="106" t="s">
+        <v>1843</v>
+      </c>
+      <c r="H135" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="I135" s="7" t="s">
+        <v>1922</v>
+      </c>
+      <c r="J135" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K135" s="7" t="s">
         <v>625</v>
       </c>
-      <c r="L134" s="7" t="s">
-[...4 lines deleted...]
-      <c r="A135" s="132" t="s">
+      <c r="L135" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="136" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A136" s="133" t="s">
         <v>1469</v>
       </c>
-      <c r="B135" s="132"/>
-[...12 lines deleted...]
-      <c r="A136" s="48" t="s">
+      <c r="B136" s="133"/>
+      <c r="C136" s="133"/>
+      <c r="D136" s="133"/>
+      <c r="E136" s="133"/>
+      <c r="F136" s="133"/>
+      <c r="G136" s="133"/>
+      <c r="H136" s="133"/>
+      <c r="I136" s="133"/>
+      <c r="J136" s="133"/>
+      <c r="K136" s="133"/>
+      <c r="L136" s="133"/>
+    </row>
+    <row r="137" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A137" s="48" t="s">
         <v>0</v>
       </c>
-      <c r="B136" s="10" t="s">
+      <c r="B137" s="10" t="s">
         <v>267</v>
       </c>
-      <c r="C136" s="10" t="s">
+      <c r="C137" s="10" t="s">
         <v>375</v>
       </c>
-      <c r="D136" s="10" t="s">
+      <c r="D137" s="10" t="s">
         <v>686</v>
       </c>
-      <c r="E136" s="10" t="s">
+      <c r="E137" s="10" t="s">
         <v>582</v>
       </c>
-      <c r="F136" s="41" t="s">
+      <c r="F137" s="41" t="s">
         <v>1484</v>
       </c>
-      <c r="G136" s="10" t="s">
+      <c r="G137" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="H136" s="10" t="s">
+      <c r="H137" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="I136" s="10" t="s">
+      <c r="I137" s="10" t="s">
         <v>269</v>
       </c>
-      <c r="J136" s="10" t="s">
+      <c r="J137" s="10" t="s">
         <v>270</v>
       </c>
-      <c r="K136" s="10" t="s">
+      <c r="K137" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="L136" s="10" t="s">
+      <c r="L137" s="10" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="137" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A137" s="19" t="s">
+    <row r="138" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A138" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="B137" s="7" t="s">
+      <c r="B138" s="7" t="s">
         <v>521</v>
       </c>
-      <c r="C137" s="6" t="s">
+      <c r="C138" s="6" t="s">
         <v>154</v>
       </c>
-      <c r="D137" s="6" t="s">
+      <c r="D138" s="6" t="s">
         <v>1210</v>
       </c>
-      <c r="E137" s="6" t="s">
+      <c r="E138" s="6" t="s">
         <v>1212</v>
       </c>
-      <c r="F137" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H137" s="6" t="s">
+      <c r="F138" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G138" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H138" s="6" t="s">
         <v>380</v>
       </c>
-      <c r="I137" s="6" t="s">
+      <c r="I138" s="6" t="s">
         <v>633</v>
       </c>
-      <c r="J137" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K137" s="6" t="s">
+      <c r="J138" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K138" s="6" t="s">
         <v>634</v>
       </c>
-      <c r="L137" s="6" t="s">
+      <c r="L138" s="6" t="s">
         <v>634</v>
-      </c>
-[...34 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A139" s="19"/>
       <c r="B139" s="6" t="s">
-        <v>373</v>
+        <v>285</v>
       </c>
       <c r="C139" s="6" t="s">
-        <v>160</v>
+        <v>21</v>
       </c>
       <c r="D139" s="6" t="s">
-        <v>1708</v>
-[...6 lines deleted...]
-        <v>1710</v>
+        <v>1669</v>
+      </c>
+      <c r="E139" s="6" t="s">
+        <v>1269</v>
+      </c>
+      <c r="F139" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G139" s="21" t="s">
+        <v>275</v>
       </c>
       <c r="H139" s="6" t="s">
-        <v>378</v>
+        <v>1352</v>
       </c>
       <c r="I139" s="6" t="s">
-        <v>636</v>
+        <v>1353</v>
       </c>
       <c r="J139" s="6" t="s">
-        <v>3</v>
+        <v>1354</v>
       </c>
       <c r="K139" s="6" t="s">
-        <v>634</v>
+        <v>1496</v>
       </c>
       <c r="L139" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="140" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A140" s="19"/>
-      <c r="B140" s="7" t="s">
+      <c r="B140" s="6" t="s">
         <v>373</v>
       </c>
-      <c r="C140" s="7" t="s">
+      <c r="C140" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="D140" s="6" t="s">
+        <v>1707</v>
+      </c>
+      <c r="E140" s="6">
+        <v>36821715</v>
+      </c>
+      <c r="F140" s="6"/>
+      <c r="G140" s="18" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H140" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I140" s="6" t="s">
+        <v>636</v>
+      </c>
+      <c r="J140" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K140" s="6" t="s">
+        <v>634</v>
+      </c>
+      <c r="L140" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="141" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A141" s="19"/>
+      <c r="B141" s="7" t="s">
+        <v>373</v>
+      </c>
+      <c r="C141" s="7" t="s">
         <v>200</v>
       </c>
-      <c r="D140" s="7" t="s">
-[...2 lines deleted...]
-      <c r="E140" s="7">
+      <c r="D141" s="7" t="s">
+        <v>1668</v>
+      </c>
+      <c r="E141" s="7">
         <v>12659170</v>
       </c>
-      <c r="F140" s="7" t="s">
-[...5 lines deleted...]
-      <c r="H140" s="6" t="s">
+      <c r="F141" s="7" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G141" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H141" s="6" t="s">
         <v>1067</v>
       </c>
-      <c r="I140" s="6" t="s">
+      <c r="I141" s="6" t="s">
         <v>1175</v>
       </c>
-      <c r="J140" s="6" t="s">
+      <c r="J141" s="6" t="s">
         <v>1174</v>
       </c>
-      <c r="K140" s="6" t="s">
+      <c r="K141" s="6" t="s">
         <v>680</v>
       </c>
-      <c r="L140" s="6" t="s">
+      <c r="L141" s="6" t="s">
         <v>680</v>
       </c>
     </row>
-    <row r="141" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B141" s="7" t="s">
+    <row r="142" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A142" s="6"/>
+      <c r="B142" s="7" t="s">
         <v>580</v>
       </c>
-      <c r="C141" s="6" t="s">
+      <c r="C142" s="6" t="s">
         <v>141</v>
       </c>
-      <c r="D141" s="12" t="s">
+      <c r="D142" s="12" t="s">
         <v>1495</v>
       </c>
-      <c r="E141" s="6" t="s">
+      <c r="E142" s="6" t="s">
         <v>635</v>
       </c>
-      <c r="F141" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I141" s="6" t="s">
+      <c r="F142" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G142" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H142" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I142" s="6" t="s">
         <v>636</v>
       </c>
-      <c r="J141" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K141" s="6" t="s">
+      <c r="J142" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K142" s="6" t="s">
         <v>634</v>
-      </c>
-[...36 lines deleted...]
-        <v>638</v>
       </c>
       <c r="L142" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="143" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A143" s="19" t="s">
-        <v>32</v>
+        <v>28</v>
       </c>
       <c r="B143" s="7" t="s">
-        <v>614</v>
+        <v>289</v>
       </c>
       <c r="C143" s="6" t="s">
-        <v>585</v>
+        <v>29</v>
       </c>
       <c r="D143" s="6" t="s">
-        <v>617</v>
+        <v>1203</v>
       </c>
       <c r="E143" s="6" t="s">
-        <v>616</v>
+        <v>639</v>
       </c>
       <c r="F143" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G143" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H143" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I143" s="6" t="s">
-        <v>628</v>
+        <v>637</v>
       </c>
       <c r="J143" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K143" s="6" t="s">
-        <v>3</v>
+        <v>638</v>
       </c>
       <c r="L143" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="144" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A144" s="19" t="s">
-        <v>37</v>
+        <v>32</v>
       </c>
       <c r="B144" s="7" t="s">
-        <v>641</v>
+        <v>614</v>
       </c>
       <c r="C144" s="6" t="s">
-        <v>642</v>
+        <v>585</v>
       </c>
       <c r="D144" s="6" t="s">
-        <v>643</v>
+        <v>617</v>
       </c>
       <c r="E144" s="6" t="s">
-        <v>640</v>
+        <v>616</v>
       </c>
       <c r="F144" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G144" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H144" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I144" s="6" t="s">
-        <v>644</v>
+        <v>628</v>
       </c>
       <c r="J144" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K144" s="6" t="s">
-        <v>645</v>
+        <v>3</v>
       </c>
       <c r="L144" s="6" t="s">
-        <v>645</v>
+        <v>3</v>
       </c>
     </row>
     <row r="145" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A145" s="19" t="s">
-        <v>46</v>
-[...2 lines deleted...]
-        <v>297</v>
+        <v>37</v>
+      </c>
+      <c r="B145" s="7" t="s">
+        <v>641</v>
       </c>
       <c r="C145" s="6" t="s">
-        <v>151</v>
+        <v>642</v>
       </c>
       <c r="D145" s="6" t="s">
-        <v>1561</v>
+        <v>643</v>
       </c>
       <c r="E145" s="6" t="s">
-        <v>1566</v>
+        <v>640</v>
       </c>
       <c r="F145" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G145" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H145" s="6" t="s">
-        <v>1240</v>
+        <v>378</v>
       </c>
       <c r="I145" s="6" t="s">
-        <v>1565</v>
+        <v>644</v>
       </c>
       <c r="J145" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K145" s="6" t="s">
-        <v>654</v>
+        <v>645</v>
       </c>
       <c r="L145" s="6" t="s">
-        <v>654</v>
+        <v>645</v>
       </c>
     </row>
     <row r="146" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A146" s="19" t="s">
-        <v>51</v>
-[...2 lines deleted...]
-        <v>554</v>
+        <v>46</v>
+      </c>
+      <c r="B146" s="44" t="s">
+        <v>297</v>
       </c>
       <c r="C146" s="6" t="s">
-        <v>208</v>
+        <v>151</v>
       </c>
       <c r="D146" s="6" t="s">
-        <v>646</v>
+        <v>1561</v>
       </c>
       <c r="E146" s="6" t="s">
-        <v>647</v>
+        <v>1566</v>
       </c>
       <c r="F146" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G146" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H146" s="6" t="s">
-        <v>378</v>
+        <v>1240</v>
       </c>
       <c r="I146" s="6" t="s">
-        <v>636</v>
+        <v>1565</v>
       </c>
       <c r="J146" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K146" s="6" t="s">
         <v>654</v>
       </c>
       <c r="L146" s="6" t="s">
-        <v>3</v>
+        <v>654</v>
       </c>
     </row>
     <row r="147" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A147" s="19" t="s">
+        <v>51</v>
+      </c>
+      <c r="B147" s="7" t="s">
+        <v>554</v>
+      </c>
+      <c r="C147" s="6" t="s">
+        <v>208</v>
+      </c>
+      <c r="D147" s="6" t="s">
+        <v>646</v>
+      </c>
+      <c r="E147" s="6" t="s">
+        <v>647</v>
+      </c>
+      <c r="F147" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G147" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H147" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I147" s="6" t="s">
+        <v>636</v>
+      </c>
+      <c r="J147" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K147" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="L147" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="148" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A148" s="19" t="s">
         <v>56</v>
       </c>
-      <c r="B147" s="7" t="s">
+      <c r="B148" s="7" t="s">
         <v>593</v>
       </c>
-      <c r="C147" s="6" t="s">
+      <c r="C148" s="6" t="s">
         <v>195</v>
       </c>
-      <c r="D147" s="6" t="s">
+      <c r="D148" s="6" t="s">
         <v>398</v>
       </c>
-      <c r="E147" s="6" t="s">
+      <c r="E148" s="6" t="s">
         <v>397</v>
       </c>
-      <c r="F147" s="6" t="s">
-[...14 lines deleted...]
-      <c r="K147" s="6" t="s">
+      <c r="F148" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G148" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H148" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I148" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="J148" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K148" s="6" t="s">
         <v>655</v>
       </c>
-      <c r="L147" s="6" t="s">
-[...2 lines deleted...]
-      <c r="M147" s="1" t="s">
+      <c r="L148" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="M148" s="1" t="s">
         <v>1088</v>
-      </c>
-[...34 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="149" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A149" s="19"/>
-      <c r="B149" s="7" t="s">
-        <v>648</v>
+      <c r="B149" s="6" t="s">
+        <v>1089</v>
       </c>
       <c r="C149" s="6" t="s">
-        <v>64</v>
+        <v>1090</v>
       </c>
       <c r="D149" s="6" t="s">
-        <v>649</v>
+        <v>1458</v>
       </c>
       <c r="E149" s="6" t="s">
-        <v>1456</v>
+        <v>1462</v>
       </c>
       <c r="F149" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G149" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H149" s="6" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="I149" s="6" t="s">
-        <v>650</v>
+        <v>1091</v>
       </c>
       <c r="J149" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K149" s="6" t="s">
         <v>634</v>
       </c>
       <c r="L149" s="6" t="s">
-        <v>634</v>
+        <v>3</v>
       </c>
     </row>
     <row r="150" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A150" s="19"/>
       <c r="B150" s="7" t="s">
-        <v>651</v>
+        <v>648</v>
       </c>
       <c r="C150" s="6" t="s">
-        <v>61</v>
+        <v>64</v>
       </c>
       <c r="D150" s="6" t="s">
-        <v>1243</v>
+        <v>649</v>
       </c>
       <c r="E150" s="6" t="s">
-        <v>652</v>
+        <v>1456</v>
       </c>
       <c r="F150" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G150" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H150" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I150" s="6" t="s">
-        <v>653</v>
+        <v>650</v>
       </c>
       <c r="J150" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K150" s="6" t="s">
         <v>634</v>
       </c>
       <c r="L150" s="6" t="s">
-        <v>3</v>
+        <v>634</v>
       </c>
     </row>
     <row r="151" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A151" s="19"/>
       <c r="B151" s="7" t="s">
-        <v>592</v>
+        <v>651</v>
       </c>
       <c r="C151" s="6" t="s">
-        <v>138</v>
+        <v>61</v>
       </c>
       <c r="D151" s="6" t="s">
-        <v>594</v>
+        <v>1243</v>
       </c>
       <c r="E151" s="6" t="s">
-        <v>1014</v>
+        <v>652</v>
       </c>
       <c r="F151" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G151" s="21" t="s">
         <v>275</v>
       </c>
       <c r="H151" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I151" s="6" t="s">
-        <v>636</v>
+        <v>653</v>
       </c>
       <c r="J151" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K151" s="6" t="s">
-        <v>654</v>
+        <v>634</v>
       </c>
       <c r="L151" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="152" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A152" s="19"/>
       <c r="B152" s="7" t="s">
+        <v>592</v>
+      </c>
+      <c r="C152" s="6" t="s">
+        <v>138</v>
+      </c>
+      <c r="D152" s="6" t="s">
+        <v>594</v>
+      </c>
+      <c r="E152" s="6" t="s">
+        <v>1014</v>
+      </c>
+      <c r="F152" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G152" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H152" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I152" s="6" t="s">
+        <v>636</v>
+      </c>
+      <c r="J152" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K152" s="6" t="s">
+        <v>654</v>
+      </c>
+      <c r="L152" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="153" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A153" s="19"/>
+      <c r="B153" s="7" t="s">
         <v>656</v>
       </c>
-      <c r="C152" s="6" t="s">
+      <c r="C153" s="6" t="s">
         <v>63</v>
       </c>
-      <c r="D152" s="6"/>
-      <c r="E152" s="6" t="s">
+      <c r="D153" s="6"/>
+      <c r="E153" s="6" t="s">
         <v>657</v>
       </c>
-      <c r="F152" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I152" s="6" t="s">
+      <c r="F153" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G153" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H153" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I153" s="6" t="s">
         <v>1470</v>
       </c>
-      <c r="J152" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K152" s="6" t="s">
+      <c r="J153" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K153" s="6" t="s">
         <v>634</v>
       </c>
-      <c r="L152" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A153" s="19" t="s">
+      <c r="L153" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="154" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A154" s="19" t="s">
         <v>66</v>
       </c>
-      <c r="B153" s="7" t="s">
+      <c r="B154" s="7" t="s">
         <v>618</v>
       </c>
-      <c r="C153" s="8" t="s">
+      <c r="C154" s="8" t="s">
         <v>175</v>
       </c>
-      <c r="D153" s="8" t="s">
+      <c r="D154" s="8" t="s">
         <v>620</v>
       </c>
-      <c r="E153" s="6" t="s">
+      <c r="E154" s="6" t="s">
         <v>681</v>
       </c>
-      <c r="F153" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I153" s="6" t="s">
+      <c r="F154" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G154" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H154" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="I154" s="6" t="s">
         <v>636</v>
       </c>
-      <c r="J153" s="7" t="s">
-[...2 lines deleted...]
-      <c r="K153" s="7" t="s">
+      <c r="J154" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K154" s="7" t="s">
         <v>682</v>
       </c>
-      <c r="L153" s="7" t="s">
+      <c r="L154" s="7" t="s">
         <v>634</v>
-      </c>
-[...34 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="155" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A155" s="19"/>
       <c r="B155" s="7" t="s">
-        <v>596</v>
+        <v>321</v>
       </c>
       <c r="C155" s="8" t="s">
-        <v>67</v>
+        <v>172</v>
       </c>
       <c r="D155" s="8" t="s">
-        <v>597</v>
+        <v>1673</v>
       </c>
       <c r="E155" s="6" t="s">
-        <v>659</v>
-[...3 lines deleted...]
-        <v>1638</v>
+        <v>595</v>
+      </c>
+      <c r="F155" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G155" s="16" t="s">
+        <v>275</v>
       </c>
       <c r="H155" s="8" t="s">
         <v>378</v>
       </c>
-      <c r="I155" s="7" t="s">
-        <v>661</v>
+      <c r="I155" s="6" t="s">
+        <v>637</v>
       </c>
       <c r="J155" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K155" s="7" t="s">
-        <v>660</v>
+        <v>658</v>
       </c>
       <c r="L155" s="7" t="s">
-        <v>660</v>
+        <v>3</v>
       </c>
     </row>
     <row r="156" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A156" s="19"/>
       <c r="B156" s="7" t="s">
-        <v>400</v>
+        <v>596</v>
       </c>
       <c r="C156" s="8" t="s">
-        <v>1692</v>
-[...1 lines deleted...]
-      <c r="D156" s="8"/>
+        <v>67</v>
+      </c>
+      <c r="D156" s="8" t="s">
+        <v>597</v>
+      </c>
       <c r="E156" s="6" t="s">
-        <v>663</v>
-[...5 lines deleted...]
-        <v>275</v>
+        <v>659</v>
+      </c>
+      <c r="F156" s="6"/>
+      <c r="G156" s="15" t="s">
+        <v>1637</v>
       </c>
       <c r="H156" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I156" s="7" t="s">
-        <v>662</v>
+        <v>661</v>
       </c>
       <c r="J156" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K156" s="7" t="s">
-        <v>654</v>
+        <v>660</v>
       </c>
       <c r="L156" s="7" t="s">
-        <v>3</v>
+        <v>660</v>
       </c>
     </row>
     <row r="157" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A157" s="19"/>
       <c r="B157" s="7" t="s">
-        <v>664</v>
+        <v>400</v>
       </c>
       <c r="C157" s="8" t="s">
-        <v>237</v>
+        <v>1691</v>
       </c>
       <c r="D157" s="8"/>
       <c r="E157" s="6" t="s">
-        <v>665</v>
+        <v>663</v>
       </c>
       <c r="F157" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G157" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H157" s="8" t="s">
         <v>378</v>
       </c>
-      <c r="I157" s="6" t="s">
-        <v>636</v>
+      <c r="I157" s="7" t="s">
+        <v>662</v>
       </c>
       <c r="J157" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K157" s="7" t="s">
-        <v>634</v>
+        <v>654</v>
       </c>
       <c r="L157" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="158" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A158" s="19"/>
       <c r="B158" s="7" t="s">
-        <v>992</v>
+        <v>664</v>
       </c>
       <c r="C158" s="8" t="s">
-        <v>993</v>
-[...5 lines deleted...]
-        <v>13279382</v>
+        <v>237</v>
+      </c>
+      <c r="D158" s="8"/>
+      <c r="E158" s="6" t="s">
+        <v>665</v>
       </c>
       <c r="F158" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G158" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H158" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I158" s="6" t="s">
-        <v>633</v>
+        <v>636</v>
       </c>
       <c r="J158" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K158" s="7" t="s">
         <v>634</v>
       </c>
       <c r="L158" s="7" t="s">
-        <v>634</v>
+        <v>3</v>
       </c>
     </row>
     <row r="159" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A159" s="19"/>
       <c r="B159" s="7" t="s">
-        <v>560</v>
+        <v>992</v>
       </c>
       <c r="C159" s="8" t="s">
-        <v>174</v>
+        <v>993</v>
       </c>
       <c r="D159" s="8" t="s">
-        <v>1243</v>
-[...2 lines deleted...]
-        <v>685</v>
+        <v>1310</v>
+      </c>
+      <c r="E159" s="6">
+        <v>13279382</v>
       </c>
       <c r="F159" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G159" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H159" s="8" t="s">
         <v>378</v>
       </c>
-      <c r="I159" s="7" t="s">
-        <v>650</v>
+      <c r="I159" s="6" t="s">
+        <v>633</v>
       </c>
       <c r="J159" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K159" s="7" t="s">
         <v>634</v>
       </c>
       <c r="L159" s="7" t="s">
-        <v>3</v>
+        <v>634</v>
       </c>
     </row>
     <row r="160" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A160" s="19"/>
       <c r="B160" s="7" t="s">
-        <v>1264</v>
+        <v>560</v>
       </c>
       <c r="C160" s="8" t="s">
-        <v>1265</v>
+        <v>174</v>
       </c>
       <c r="D160" s="8" t="s">
-        <v>1266</v>
+        <v>1243</v>
       </c>
       <c r="E160" s="6" t="s">
-        <v>1292</v>
+        <v>685</v>
       </c>
       <c r="F160" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G160" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H160" s="8" t="s">
-        <v>1591</v>
+        <v>378</v>
       </c>
       <c r="I160" s="7" t="s">
-        <v>633</v>
+        <v>650</v>
       </c>
       <c r="J160" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K160" s="7" t="s">
-        <v>654</v>
+        <v>634</v>
       </c>
       <c r="L160" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="M160" s="1" t="s">
-[...3 lines deleted...]
-    <row r="161" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    </row>
+    <row r="161" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A161" s="19"/>
       <c r="B161" s="7" t="s">
-        <v>324</v>
+        <v>1264</v>
       </c>
       <c r="C161" s="8" t="s">
-        <v>171</v>
+        <v>1265</v>
       </c>
       <c r="D161" s="8" t="s">
-        <v>666</v>
+        <v>1266</v>
       </c>
       <c r="E161" s="6" t="s">
-        <v>667</v>
+        <v>1292</v>
       </c>
       <c r="F161" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G161" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H161" s="8" t="s">
-        <v>378</v>
+        <v>1591</v>
       </c>
       <c r="I161" s="7" t="s">
-        <v>668</v>
+        <v>633</v>
       </c>
       <c r="J161" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K161" s="7" t="s">
-        <v>669</v>
+        <v>654</v>
       </c>
       <c r="L161" s="7" t="s">
-        <v>669</v>
-[...2 lines deleted...]
-    <row r="162" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>3</v>
+      </c>
+      <c r="M161" s="1" t="s">
+        <v>1622</v>
+      </c>
+    </row>
+    <row r="162" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A162" s="19"/>
       <c r="B162" s="7" t="s">
+        <v>324</v>
+      </c>
+      <c r="C162" s="8" t="s">
+        <v>171</v>
+      </c>
+      <c r="D162" s="8" t="s">
+        <v>666</v>
+      </c>
+      <c r="E162" s="6" t="s">
+        <v>667</v>
+      </c>
+      <c r="F162" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G162" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H162" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="I162" s="7" t="s">
+        <v>668</v>
+      </c>
+      <c r="J162" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K162" s="7" t="s">
+        <v>669</v>
+      </c>
+      <c r="L162" s="7" t="s">
+        <v>669</v>
+      </c>
+    </row>
+    <row r="163" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="19"/>
+      <c r="B163" s="7" t="s">
         <v>671</v>
       </c>
-      <c r="C162" s="8" t="s">
+      <c r="C163" s="8" t="s">
         <v>670</v>
       </c>
-      <c r="D162" s="8" t="s">
+      <c r="D163" s="8" t="s">
         <v>673</v>
       </c>
-      <c r="E162" s="6" t="s">
+      <c r="E163" s="6" t="s">
         <v>672</v>
       </c>
-      <c r="F162" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I162" s="6" t="s">
+      <c r="F163" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G163" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H163" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="I163" s="6" t="s">
         <v>674</v>
       </c>
-      <c r="J162" s="7" t="s">
-[...2 lines deleted...]
-      <c r="K162" s="7" t="s">
+      <c r="J163" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K163" s="7" t="s">
         <v>654</v>
       </c>
-      <c r="L162" s="7" t="s">
-[...5 lines deleted...]
-      <c r="B163" s="6" t="s">
+      <c r="L163" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="164" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="19"/>
+      <c r="B164" s="6" t="s">
         <v>1044</v>
       </c>
-      <c r="C163" s="6" t="s">
+      <c r="C164" s="6" t="s">
         <v>1150</v>
       </c>
-      <c r="D163" s="6" t="s">
+      <c r="D164" s="6" t="s">
         <v>1172</v>
       </c>
-      <c r="E163" s="6">
+      <c r="E164" s="6">
         <v>12831015</v>
       </c>
-      <c r="F163" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I163" s="6" t="s">
+      <c r="F164" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G164" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H164" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I164" s="6" t="s">
         <v>633</v>
       </c>
-      <c r="J163" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K163" s="6" t="s">
+      <c r="J164" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K164" s="6" t="s">
         <v>654</v>
       </c>
-      <c r="L163" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A164" s="19" t="s">
+      <c r="L164" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="165" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A165" s="19" t="s">
         <v>101</v>
       </c>
-      <c r="B164" s="7" t="s">
+      <c r="B165" s="7" t="s">
         <v>486</v>
       </c>
-      <c r="C164" s="8" t="s">
+      <c r="C165" s="8" t="s">
         <v>106</v>
       </c>
-      <c r="D164" s="8"/>
-      <c r="E164" s="6" t="s">
+      <c r="D165" s="8"/>
+      <c r="E165" s="6" t="s">
         <v>675</v>
       </c>
-      <c r="F164" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I164" s="7" t="s">
+      <c r="F165" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G165" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H165" s="8" t="s">
+        <v>378</v>
+      </c>
+      <c r="I165" s="7" t="s">
         <v>676</v>
       </c>
-      <c r="J164" s="7" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="J165" s="7" t="s">
-        <v>1676</v>
+        <v>3</v>
       </c>
       <c r="K165" s="7" t="s">
-        <v>680</v>
+        <v>3</v>
       </c>
       <c r="L165" s="7" t="s">
-        <v>680</v>
-[...2 lines deleted...]
-    <row r="166" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="166" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A166" s="19"/>
       <c r="B166" s="7" t="s">
-        <v>1569</v>
+        <v>677</v>
       </c>
       <c r="C166" s="8" t="s">
-        <v>1570</v>
-[...3 lines deleted...]
-        <v>40918859</v>
+        <v>109</v>
+      </c>
+      <c r="D166" s="8" t="s">
+        <v>678</v>
+      </c>
+      <c r="E166" s="6" t="s">
+        <v>1272</v>
       </c>
       <c r="F166" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G166" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H166" s="8" t="s">
-        <v>1240</v>
+        <v>378</v>
       </c>
       <c r="I166" s="7" t="s">
-        <v>633</v>
+        <v>679</v>
       </c>
       <c r="J166" s="7" t="s">
-        <v>3</v>
+        <v>1675</v>
       </c>
       <c r="K166" s="7" t="s">
-        <v>634</v>
+        <v>680</v>
       </c>
       <c r="L166" s="7" t="s">
-        <v>634</v>
-[...2 lines deleted...]
-    <row r="167" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+        <v>680</v>
+      </c>
+    </row>
+    <row r="167" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A167" s="19"/>
       <c r="B167" s="7" t="s">
-        <v>558</v>
+        <v>1569</v>
       </c>
       <c r="C167" s="8" t="s">
-        <v>102</v>
-[...9 lines deleted...]
-      <c r="H167" s="8"/>
+        <v>1570</v>
+      </c>
+      <c r="D167" s="8"/>
+      <c r="E167" s="6">
+        <v>40918859</v>
+      </c>
+      <c r="F167" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G167" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H167" s="8" t="s">
+        <v>1240</v>
+      </c>
       <c r="I167" s="7" t="s">
         <v>633</v>
       </c>
       <c r="J167" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K167" s="7" t="s">
         <v>634</v>
       </c>
       <c r="L167" s="7" t="s">
-        <v>3</v>
-[...3 lines deleted...]
-      <c r="A168" s="19" t="s">
+        <v>634</v>
+      </c>
+    </row>
+    <row r="168" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A168" s="19"/>
+      <c r="B168" s="7" t="s">
+        <v>558</v>
+      </c>
+      <c r="C168" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="D168" s="6" t="s">
+        <v>1468</v>
+      </c>
+      <c r="E168" s="8"/>
+      <c r="F168" s="6"/>
+      <c r="G168" s="73" t="s">
+        <v>1914</v>
+      </c>
+      <c r="H168" s="8"/>
+      <c r="I168" s="7" t="s">
+        <v>633</v>
+      </c>
+      <c r="J168" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K168" s="7" t="s">
+        <v>634</v>
+      </c>
+      <c r="L168" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="169" spans="1:13" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A169" s="19" t="s">
         <v>131</v>
       </c>
-      <c r="B168" s="6" t="s">
+      <c r="B169" s="6" t="s">
         <v>406</v>
       </c>
-      <c r="C168" s="6" t="s">
+      <c r="C169" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="D168" s="6"/>
-      <c r="E168" s="6">
+      <c r="D169" s="6"/>
+      <c r="E169" s="6">
         <v>41467542</v>
       </c>
-      <c r="F168" s="6" t="s">
-[...8 lines deleted...]
-      <c r="I168" s="6" t="s">
+      <c r="F169" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G169" s="16" t="s">
+        <v>275</v>
+      </c>
+      <c r="H169" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I169" s="6" t="s">
         <v>650</v>
       </c>
-      <c r="J168" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K168" s="6" t="s">
+      <c r="J169" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K169" s="6" t="s">
         <v>654</v>
       </c>
-      <c r="L168" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A169" s="132" t="s">
+      <c r="L169" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="170" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="133" t="s">
         <v>222</v>
       </c>
-      <c r="B169" s="132"/>
-[...12 lines deleted...]
-      <c r="A170" s="48" t="s">
+      <c r="B170" s="133"/>
+      <c r="C170" s="133"/>
+      <c r="D170" s="133"/>
+      <c r="E170" s="133"/>
+      <c r="F170" s="133"/>
+      <c r="G170" s="133"/>
+      <c r="H170" s="133"/>
+      <c r="I170" s="133"/>
+      <c r="J170" s="133"/>
+      <c r="K170" s="133"/>
+      <c r="L170" s="133"/>
+    </row>
+    <row r="171" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A171" s="48" t="s">
         <v>0</v>
       </c>
-      <c r="B170" s="10" t="s">
+      <c r="B171" s="10" t="s">
         <v>267</v>
       </c>
-      <c r="C170" s="10" t="s">
+      <c r="C171" s="10" t="s">
         <v>375</v>
       </c>
-      <c r="D170" s="10" t="s">
+      <c r="D171" s="10" t="s">
         <v>686</v>
       </c>
-      <c r="E170" s="10" t="s">
+      <c r="E171" s="10" t="s">
         <v>582</v>
       </c>
-      <c r="F170" s="41" t="s">
+      <c r="F171" s="41" t="s">
         <v>1484</v>
       </c>
-      <c r="G170" s="10" t="s">
+      <c r="G171" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="H170" s="10" t="s">
+      <c r="H171" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="I170" s="10" t="s">
+      <c r="I171" s="10" t="s">
         <v>269</v>
       </c>
-      <c r="J170" s="10" t="s">
+      <c r="J171" s="10" t="s">
         <v>270</v>
       </c>
-      <c r="K170" s="10" t="s">
+      <c r="K171" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="L170" s="10" t="s">
+      <c r="L171" s="10" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="171" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A171" s="19" t="s">
+    <row r="172" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A172" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="B171" s="7" t="s">
+      <c r="B172" s="7" t="s">
         <v>284</v>
       </c>
-      <c r="C171" s="7" t="s">
+      <c r="C172" s="7" t="s">
         <v>17</v>
       </c>
-      <c r="D171" s="6" t="s">
-[...2 lines deleted...]
-      <c r="E171" s="7" t="s">
+      <c r="D172" s="6" t="s">
+        <v>1670</v>
+      </c>
+      <c r="E172" s="7" t="s">
         <v>573</v>
       </c>
-      <c r="F171" s="7" t="s">
-[...17 lines deleted...]
-      <c r="L171" s="6">
+      <c r="F172" s="7" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G172" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H172" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I172" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J172" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K172" s="6">
+        <v>2</v>
+      </c>
+      <c r="L172" s="6">
         <v>1</v>
       </c>
     </row>
-    <row r="172" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-[...33 lines deleted...]
-    <row r="173" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="173" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A173" s="19"/>
       <c r="B173" s="6" t="s">
         <v>373</v>
       </c>
       <c r="C173" s="6" t="s">
         <v>160</v>
       </c>
       <c r="D173" s="6" t="s">
-        <v>1707</v>
-[...2 lines deleted...]
-        <v>36822211</v>
+        <v>1705</v>
+      </c>
+      <c r="E173" s="6" t="s">
+        <v>1708</v>
       </c>
       <c r="F173" s="6"/>
-      <c r="G173" s="15" t="s">
-        <v>1710</v>
+      <c r="G173" s="18" t="s">
+        <v>1709</v>
       </c>
       <c r="H173" s="6" t="s">
         <v>378</v>
       </c>
       <c r="I173" s="6" t="s">
         <v>7</v>
       </c>
       <c r="J173" s="6" t="s">
         <v>895</v>
       </c>
-      <c r="K173" s="6" t="s">
-        <v>3</v>
+      <c r="K173" s="6">
+        <v>1</v>
       </c>
       <c r="L173" s="6" t="s">
         <v>3</v>
       </c>
     </row>
-    <row r="174" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A174" s="19" t="s">
+    <row r="174" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A174" s="19"/>
+      <c r="B174" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="C174" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="D174" s="6" t="s">
+        <v>1706</v>
+      </c>
+      <c r="E174" s="6">
+        <v>36822211</v>
+      </c>
+      <c r="F174" s="6"/>
+      <c r="G174" s="15" t="s">
+        <v>1709</v>
+      </c>
+      <c r="H174" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I174" s="6" t="s">
+        <v>7</v>
+      </c>
+      <c r="J174" s="6" t="s">
+        <v>895</v>
+      </c>
+      <c r="K174" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="L174" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="175" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A175" s="19" t="s">
         <v>37</v>
       </c>
-      <c r="B174" s="6" t="s">
-[...32 lines deleted...]
-      <c r="A175" s="19"/>
       <c r="B175" s="6" t="s">
         <v>561</v>
       </c>
       <c r="C175" s="6" t="s">
         <v>144</v>
       </c>
       <c r="D175" s="6" t="s">
+        <v>1294</v>
+      </c>
+      <c r="E175" s="6">
+        <v>10060880</v>
+      </c>
+      <c r="F175" s="6"/>
+      <c r="G175" s="64" t="s">
+        <v>1677</v>
+      </c>
+      <c r="H175" s="6" t="s">
+        <v>1295</v>
+      </c>
+      <c r="I175" s="6" t="s">
+        <v>1297</v>
+      </c>
+      <c r="J175" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K175" s="6" t="s">
+        <v>1296</v>
+      </c>
+      <c r="L175" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="176" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="19"/>
+      <c r="B176" s="6" t="s">
+        <v>561</v>
+      </c>
+      <c r="C176" s="6" t="s">
+        <v>144</v>
+      </c>
+      <c r="D176" s="6" t="s">
         <v>1473</v>
       </c>
-      <c r="E175" s="6">
+      <c r="E176" s="6">
         <v>36948814</v>
       </c>
-      <c r="F175" s="6"/>
-      <c r="G175" s="18" t="s">
+      <c r="F176" s="6"/>
+      <c r="G176" s="18" t="s">
         <v>280</v>
       </c>
-      <c r="H175" s="6" t="s">
-[...2 lines deleted...]
-      <c r="I175" s="6" t="s">
+      <c r="H176" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I176" s="6" t="s">
         <v>1049</v>
       </c>
-      <c r="J175" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K175" s="6" t="s">
+      <c r="J176" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K176" s="6" t="s">
         <v>1050</v>
-      </c>
-[...36 lines deleted...]
-        <v>1</v>
       </c>
       <c r="L176" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="177" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A177" s="19" t="s">
+        <v>46</v>
+      </c>
+      <c r="B177" s="7" t="s">
+        <v>297</v>
+      </c>
+      <c r="C177" s="7" t="s">
+        <v>151</v>
+      </c>
+      <c r="D177" s="7" t="s">
+        <v>562</v>
+      </c>
+      <c r="E177" s="7" t="s">
+        <v>563</v>
+      </c>
+      <c r="F177" s="7" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G177" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H177" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I177" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="J177" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K177" s="6">
+        <v>1</v>
+      </c>
+      <c r="L177" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="19" t="s">
         <v>66</v>
       </c>
-      <c r="B177" s="7" t="s">
+      <c r="B178" s="7" t="s">
         <v>579</v>
       </c>
-      <c r="C177" s="8" t="s">
+      <c r="C178" s="8" t="s">
         <v>159</v>
       </c>
-      <c r="D177" s="8"/>
-      <c r="E177" s="8" t="s">
+      <c r="D178" s="8"/>
+      <c r="E178" s="8" t="s">
         <v>564</v>
       </c>
-      <c r="F177" s="8" t="s">
-[...5 lines deleted...]
-      <c r="H177" s="6" t="s">
+      <c r="F178" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G178" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H178" s="6" t="s">
         <v>380</v>
       </c>
-      <c r="I177" s="6" t="s">
+      <c r="I178" s="6" t="s">
         <v>23</v>
       </c>
-      <c r="J177" s="6" t="s">
+      <c r="J178" s="6" t="s">
         <v>6</v>
-      </c>
-[...34 lines deleted...]
-        <v>3</v>
       </c>
       <c r="K178" s="6">
         <v>4</v>
       </c>
-      <c r="L178" s="6" t="s">
-        <v>3</v>
+      <c r="L178" s="6">
+        <v>2</v>
       </c>
     </row>
     <row r="179" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A179" s="19"/>
       <c r="B179" s="7" t="s">
+        <v>312</v>
+      </c>
+      <c r="C179" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="D179" s="8" t="s">
+        <v>1494</v>
+      </c>
+      <c r="E179" s="8" t="s">
+        <v>565</v>
+      </c>
+      <c r="F179" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G179" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H179" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I179" s="6" t="s">
+        <v>6</v>
+      </c>
+      <c r="J179" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K179" s="6">
+        <v>4</v>
+      </c>
+      <c r="L179" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="180" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A180" s="19"/>
+      <c r="B180" s="7" t="s">
         <v>560</v>
       </c>
-      <c r="C179" s="8" t="s">
+      <c r="C180" s="8" t="s">
         <v>1046</v>
       </c>
-      <c r="D179" s="8" t="s">
+      <c r="D180" s="8" t="s">
         <v>562</v>
       </c>
-      <c r="E179" s="8" t="s">
+      <c r="E180" s="8" t="s">
         <v>1045</v>
       </c>
-      <c r="F179" s="8" t="s">
-[...22 lines deleted...]
-      <c r="A180" s="19" t="s">
+      <c r="F180" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G180" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H180" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I180" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J180" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K180" s="6">
+        <v>2</v>
+      </c>
+      <c r="L180" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="19" t="s">
         <v>101</v>
       </c>
-      <c r="B180" s="6" t="s">
+      <c r="B181" s="6" t="s">
         <v>1072</v>
       </c>
-      <c r="C180" s="6" t="s">
+      <c r="C181" s="6" t="s">
         <v>1073</v>
       </c>
-      <c r="D180" s="6" t="s">
+      <c r="D181" s="6" t="s">
         <v>440</v>
       </c>
-      <c r="E180" s="6">
+      <c r="E181" s="6">
         <v>12374724</v>
       </c>
-      <c r="F180" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H180" s="6" t="s">
+      <c r="F181" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G181" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H181" s="6" t="s">
         <v>1067</v>
       </c>
-      <c r="I180" s="6" t="s">
+      <c r="I181" s="6" t="s">
         <v>1074</v>
       </c>
-      <c r="J180" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K180" s="6">
+      <c r="J181" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K181" s="6">
         <v>1</v>
-      </c>
-[...34 lines deleted...]
-        <v>3</v>
       </c>
       <c r="L181" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="182" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A182" s="19"/>
       <c r="B182" s="7" t="s">
+        <v>776</v>
+      </c>
+      <c r="C182" s="8" t="s">
+        <v>105</v>
+      </c>
+      <c r="D182" s="8" t="s">
+        <v>1009</v>
+      </c>
+      <c r="E182" s="8" t="s">
+        <v>1010</v>
+      </c>
+      <c r="F182" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G182" s="21" t="s">
+        <v>275</v>
+      </c>
+      <c r="H182" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I182" s="6" t="s">
+        <v>1052</v>
+      </c>
+      <c r="J182" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K182" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="L182" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="19"/>
+      <c r="B183" s="7" t="s">
         <v>501</v>
       </c>
-      <c r="C182" s="20" t="s">
+      <c r="C183" s="20" t="s">
         <v>111</v>
       </c>
-      <c r="D182" s="20" t="s">
+      <c r="D183" s="20" t="s">
         <v>567</v>
       </c>
-      <c r="E182" s="20" t="s">
+      <c r="E183" s="20" t="s">
         <v>566</v>
       </c>
-      <c r="F182" s="20" t="s">
-[...8 lines deleted...]
-      <c r="I182" s="6" t="s">
+      <c r="F183" s="20" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G183" s="22" t="s">
+        <v>275</v>
+      </c>
+      <c r="H183" s="20" t="s">
+        <v>378</v>
+      </c>
+      <c r="I183" s="6" t="s">
         <v>1260</v>
       </c>
-      <c r="J182" s="6" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="J183" s="6" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K183" s="6">
         <v>1</v>
       </c>
       <c r="L183" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="184" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A184" s="19" t="s">
+        <v>191</v>
+      </c>
+      <c r="B184" s="7" t="s">
+        <v>568</v>
+      </c>
+      <c r="C184" s="20" t="s">
+        <v>236</v>
+      </c>
+      <c r="D184" s="20" t="s">
+        <v>1676</v>
+      </c>
+      <c r="E184" s="20" t="s">
+        <v>569</v>
+      </c>
+      <c r="F184" s="20" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G184" s="22" t="s">
+        <v>275</v>
+      </c>
+      <c r="H184" s="20" t="s">
+        <v>378</v>
+      </c>
+      <c r="I184" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J184" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="K184" s="6">
+        <v>1</v>
+      </c>
+      <c r="L184" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="185" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A185" s="19" t="s">
         <v>117</v>
       </c>
-      <c r="B184" s="7" t="s">
-[...34 lines deleted...]
-      <c r="A185" s="19"/>
       <c r="B185" s="7" t="s">
         <v>1497</v>
       </c>
       <c r="C185" s="20" t="s">
         <v>128</v>
       </c>
       <c r="D185" s="20" t="s">
-        <v>515</v>
+        <v>514</v>
       </c>
       <c r="E185" s="20" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="F185" s="20" t="s">
         <v>1483</v>
       </c>
       <c r="G185" s="22" t="s">
         <v>275</v>
       </c>
       <c r="H185" s="20" t="s">
         <v>378</v>
       </c>
       <c r="I185" s="6" t="s">
-        <v>4</v>
+        <v>576</v>
       </c>
       <c r="J185" s="6" t="s">
         <v>3</v>
       </c>
-      <c r="K185" s="6">
-        <v>2</v>
+      <c r="K185" s="6" t="s">
+        <v>575</v>
       </c>
       <c r="L185" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="186" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A186" s="19"/>
       <c r="B186" s="7" t="s">
+        <v>1497</v>
+      </c>
+      <c r="C186" s="20" t="s">
+        <v>128</v>
+      </c>
+      <c r="D186" s="20" t="s">
+        <v>515</v>
+      </c>
+      <c r="E186" s="20" t="s">
+        <v>577</v>
+      </c>
+      <c r="F186" s="20" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G186" s="22" t="s">
+        <v>275</v>
+      </c>
+      <c r="H186" s="20" t="s">
+        <v>378</v>
+      </c>
+      <c r="I186" s="6" t="s">
+        <v>4</v>
+      </c>
+      <c r="J186" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K186" s="6">
+        <v>2</v>
+      </c>
+      <c r="L186" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="187" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A187" s="19"/>
+      <c r="B187" s="7" t="s">
         <v>578</v>
       </c>
-      <c r="C186" s="20" t="s">
+      <c r="C187" s="20" t="s">
         <v>161</v>
       </c>
-      <c r="D186" s="20" t="s">
+      <c r="D187" s="20" t="s">
         <v>571</v>
       </c>
-      <c r="E186" s="20" t="s">
+      <c r="E187" s="20" t="s">
         <v>570</v>
       </c>
-      <c r="F186" s="20" t="s">
-[...5 lines deleted...]
-      <c r="H186" s="20" t="s">
+      <c r="F187" s="20" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G187" s="22" t="s">
+        <v>275</v>
+      </c>
+      <c r="H187" s="20" t="s">
         <v>380</v>
       </c>
-      <c r="I186" s="6" t="s">
+      <c r="I187" s="6" t="s">
         <v>572</v>
       </c>
-      <c r="J186" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K186" s="6">
+      <c r="J187" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K187" s="6">
         <v>1</v>
       </c>
-      <c r="L186" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A187" s="19" t="s">
+      <c r="L187" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="19" t="s">
         <v>131</v>
       </c>
-      <c r="B187" s="6" t="s">
+      <c r="B188" s="6" t="s">
         <v>406</v>
       </c>
-      <c r="C187" s="6" t="s">
+      <c r="C188" s="6" t="s">
         <v>134</v>
       </c>
-      <c r="D187" s="6"/>
-      <c r="E187" s="6">
+      <c r="D188" s="6"/>
+      <c r="E188" s="6">
         <v>41467542</v>
       </c>
-      <c r="F187" s="6" t="s">
-[...17 lines deleted...]
-      <c r="L187" s="6" t="s">
+      <c r="F188" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G188" s="22" t="s">
+        <v>275</v>
+      </c>
+      <c r="H188" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I188" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J188" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K188" s="6">
+        <v>2</v>
+      </c>
+      <c r="L188" s="6" t="s">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
-    <mergeCell ref="A135:L135"/>
-    <mergeCell ref="A169:L169"/>
+    <mergeCell ref="A136:L136"/>
+    <mergeCell ref="A170:L170"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="A29:L29"/>
     <mergeCell ref="A70:L70"/>
-    <mergeCell ref="A107:L107"/>
+    <mergeCell ref="A108:L108"/>
     <mergeCell ref="A2:L2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="69" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr>
     <tabColor rgb="FFFFC000"/>
   </sheetPr>
-  <dimension ref="A1:M243"/>
+  <dimension ref="A1:M245"/>
   <sheetViews>
-    <sheetView topLeftCell="A106" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="A152" sqref="A152:XFD152"/>
+    <sheetView topLeftCell="A175" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="A208" sqref="A208:XFD208"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="53" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="45.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="27.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="45.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="22.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="45.7109375" style="4" customWidth="1"/>
     <col min="10" max="10" width="16.5703125" style="4" customWidth="1"/>
     <col min="11" max="12" width="32.5703125" style="4" customWidth="1"/>
     <col min="13" max="13" width="40.7109375" style="1" customWidth="1"/>
     <col min="14" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="122" t="s">
         <v>217</v>
       </c>
-      <c r="B1" s="121"/>
-[...9 lines deleted...]
-      <c r="L1" s="121"/>
+      <c r="B1" s="122"/>
+      <c r="C1" s="122"/>
+      <c r="D1" s="122"/>
+      <c r="E1" s="122"/>
+      <c r="F1" s="122"/>
+      <c r="G1" s="122"/>
+      <c r="H1" s="122"/>
+      <c r="I1" s="122"/>
+      <c r="J1" s="122"/>
+      <c r="K1" s="122"/>
+      <c r="L1" s="122"/>
     </row>
     <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="138" t="s">
         <v>265</v>
       </c>
       <c r="B2" s="138"/>
       <c r="C2" s="138"/>
       <c r="D2" s="138"/>
       <c r="E2" s="138"/>
       <c r="F2" s="138"/>
       <c r="G2" s="138"/>
       <c r="H2" s="138"/>
       <c r="I2" s="138"/>
       <c r="J2" s="138"/>
       <c r="K2" s="138"/>
       <c r="L2" s="138"/>
     </row>
     <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A3" s="136" t="s">
+      <c r="A3" s="134" t="s">
         <v>223</v>
       </c>
-      <c r="B3" s="136"/>
-[...9 lines deleted...]
-      <c r="L3" s="136"/>
+      <c r="B3" s="134"/>
+      <c r="C3" s="134"/>
+      <c r="D3" s="134"/>
+      <c r="E3" s="134"/>
+      <c r="F3" s="134"/>
+      <c r="G3" s="134"/>
+      <c r="H3" s="134"/>
+      <c r="I3" s="134"/>
+      <c r="J3" s="134"/>
+      <c r="K3" s="134"/>
+      <c r="L3" s="134"/>
     </row>
     <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B4" s="10" t="s">
         <v>267</v>
       </c>
       <c r="C4" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D4" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E4" s="10" t="s">
         <v>582</v>
       </c>
       <c r="F4" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G4" s="10" t="s">
         <v>414</v>
       </c>
       <c r="H4" s="10" t="s">
         <v>379</v>
       </c>
       <c r="I4" s="10" t="s">
         <v>269</v>
       </c>
       <c r="J4" s="10" t="s">
         <v>270</v>
       </c>
       <c r="K4" s="10" t="s">
         <v>271</v>
       </c>
       <c r="L4" s="10" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="59" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>284</v>
       </c>
       <c r="C5" s="24" t="s">
         <v>17</v>
       </c>
       <c r="D5" s="24" t="s">
-        <v>1682</v>
+        <v>1681</v>
       </c>
       <c r="E5" s="24" t="s">
         <v>687</v>
       </c>
       <c r="F5" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G5" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H5" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I5" s="7" t="s">
-        <v>1819</v>
+        <v>1818</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K5" s="7">
         <v>2</v>
       </c>
       <c r="L5" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="59"/>
       <c r="B6" s="29" t="s">
         <v>284</v>
       </c>
       <c r="C6" s="29" t="s">
         <v>17</v>
       </c>
       <c r="D6" s="29" t="s">
+        <v>1682</v>
+      </c>
+      <c r="E6" s="29" t="s">
         <v>1683</v>
-      </c>
-[...1 lines deleted...]
-        <v>1684</v>
       </c>
       <c r="F6" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G6" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H6" s="29" t="s">
         <v>1240</v>
       </c>
       <c r="I6" s="6" t="s">
         <v>20</v>
       </c>
       <c r="J6" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="6">
         <v>1</v>
       </c>
       <c r="L6" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="59"/>
       <c r="B7" s="24" t="s">
         <v>277</v>
       </c>
       <c r="C7" s="24" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="29" t="s">
-        <v>1776</v>
+        <v>1775</v>
       </c>
       <c r="E7" s="29" t="s">
-        <v>1759</v>
+        <v>1758</v>
       </c>
       <c r="F7" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G7" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H7" s="29" t="s">
         <v>1240</v>
       </c>
       <c r="I7" s="6" t="s">
-        <v>1822</v>
+        <v>1821</v>
       </c>
       <c r="J7" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K7" s="6">
         <v>2</v>
       </c>
       <c r="L7" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="59"/>
       <c r="B8" s="24" t="s">
         <v>447</v>
       </c>
       <c r="C8" s="24" t="s">
         <v>22</v>
       </c>
       <c r="D8" s="29" t="s">
         <v>1364</v>
       </c>
       <c r="E8" s="24" t="s">
         <v>1273</v>
       </c>
@@ -24493,51 +24569,51 @@
       <c r="H9" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I9" s="7" t="s">
         <v>1098</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>1099</v>
       </c>
       <c r="K9" s="7">
         <v>2</v>
       </c>
       <c r="L9" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="59"/>
       <c r="B10" s="24" t="s">
         <v>382</v>
       </c>
       <c r="C10" s="24" t="s">
         <v>18</v>
       </c>
       <c r="D10" s="24" t="s">
-        <v>1685</v>
+        <v>1684</v>
       </c>
       <c r="E10" s="24" t="s">
         <v>688</v>
       </c>
       <c r="F10" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G10" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H10" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I10" s="7" t="s">
         <v>20</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K10" s="7">
         <v>1</v>
       </c>
       <c r="L10" s="7" t="s">
         <v>3</v>
       </c>
@@ -24637,206 +24713,206 @@
       <c r="H13" s="29" t="s">
         <v>1067</v>
       </c>
       <c r="I13" s="6" t="s">
         <v>1284</v>
       </c>
       <c r="J13" s="6" t="s">
         <v>2</v>
       </c>
       <c r="K13" s="6">
         <v>2</v>
       </c>
       <c r="L13" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="14" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="59"/>
       <c r="B14" s="29" t="s">
         <v>288</v>
       </c>
       <c r="C14" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D14" s="29" t="s">
-        <v>1688</v>
+        <v>1687</v>
       </c>
       <c r="E14" s="29" t="s">
-        <v>1686</v>
+        <v>1685</v>
       </c>
       <c r="F14" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G14" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H14" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I14" s="6" t="s">
-        <v>1836</v>
+        <v>1835</v>
       </c>
       <c r="J14" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K14" s="6">
         <v>2</v>
       </c>
       <c r="L14" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="15" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="59"/>
       <c r="B15" s="29" t="s">
         <v>288</v>
       </c>
       <c r="C15" s="29" t="s">
         <v>24</v>
       </c>
       <c r="D15" s="29" t="s">
-        <v>1689</v>
+        <v>1688</v>
       </c>
       <c r="E15" s="29" t="s">
-        <v>1687</v>
+        <v>1686</v>
       </c>
       <c r="F15" s="29"/>
       <c r="G15" s="37" t="s">
-        <v>1845</v>
+        <v>1843</v>
       </c>
       <c r="H15" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I15" s="6" t="s">
         <v>25</v>
       </c>
       <c r="J15" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="6">
         <v>1</v>
       </c>
       <c r="L15" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="59"/>
       <c r="B16" s="24" t="s">
         <v>373</v>
       </c>
       <c r="C16" s="24" t="s">
         <v>160</v>
       </c>
       <c r="D16" s="24" t="s">
-        <v>1690</v>
+        <v>1689</v>
       </c>
       <c r="E16" s="7">
         <v>6956218</v>
       </c>
       <c r="F16" s="7"/>
       <c r="G16" s="27" t="s">
-        <v>1733</v>
+        <v>1732</v>
       </c>
       <c r="H16" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I16" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J16" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K16" s="7">
         <v>2</v>
       </c>
       <c r="L16" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="59"/>
       <c r="B17" s="24" t="s">
         <v>373</v>
       </c>
       <c r="C17" s="24" t="s">
         <v>160</v>
       </c>
       <c r="D17" s="24" t="s">
-        <v>1738</v>
+        <v>1737</v>
       </c>
       <c r="E17" s="7">
         <v>6956957</v>
       </c>
       <c r="F17" s="7" t="s">
         <v>1483</v>
       </c>
       <c r="G17" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H17" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I17" s="7" t="s">
-        <v>1818</v>
+        <v>1817</v>
       </c>
       <c r="J17" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K17" s="7">
         <v>1</v>
       </c>
       <c r="L17" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="59"/>
       <c r="B18" s="24" t="s">
         <v>373</v>
       </c>
       <c r="C18" s="24" t="s">
         <v>160</v>
       </c>
       <c r="D18" s="24" t="s">
-        <v>1691</v>
+        <v>1690</v>
       </c>
       <c r="E18" s="7">
         <v>6954471</v>
       </c>
       <c r="F18" s="7" t="s">
         <v>1483</v>
       </c>
       <c r="G18" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H18" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I18" s="7" t="s">
-        <v>1809</v>
+        <v>1808</v>
       </c>
       <c r="J18" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K18" s="7" t="s">
         <v>697</v>
       </c>
       <c r="L18" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A19" s="59"/>
       <c r="B19" s="24" t="s">
         <v>704</v>
       </c>
       <c r="C19" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D19" s="24" t="s">
         <v>1101</v>
       </c>
       <c r="E19" s="7" t="s">
         <v>1596</v>
       </c>
@@ -24957,57 +25033,57 @@
       </c>
       <c r="G22" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H22" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I22" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J22" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K22" s="7">
         <v>2</v>
       </c>
       <c r="L22" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A23" s="59" t="s">
         <v>56</v>
       </c>
       <c r="B23" s="24" t="s">
-        <v>1756</v>
+        <v>1755</v>
       </c>
       <c r="C23" s="25" t="s">
+        <v>1744</v>
+      </c>
+      <c r="D23" s="25" t="s">
         <v>1745</v>
-      </c>
-[...1 lines deleted...]
-        <v>1746</v>
       </c>
       <c r="E23" s="8">
         <v>43915398</v>
       </c>
       <c r="F23" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G23" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H23" s="25" t="s">
         <v>1240</v>
       </c>
       <c r="I23" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J23" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K23" s="7">
         <v>2</v>
       </c>
       <c r="L23" s="7">
         <v>2</v>
       </c>
@@ -25039,124 +25115,124 @@
       </c>
       <c r="I24" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J24" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K24" s="7">
         <v>2</v>
       </c>
       <c r="L24" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="25" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A25" s="40" t="s">
         <v>66</v>
       </c>
       <c r="B25" s="29" t="s">
         <v>328</v>
       </c>
       <c r="C25" s="29" t="s">
         <v>215</v>
       </c>
       <c r="D25" s="29" t="s">
+        <v>1631</v>
+      </c>
+      <c r="E25" s="29" t="s">
         <v>1632</v>
       </c>
-      <c r="E25" s="29" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="F25" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G25" s="36" t="s">
         <v>275</v>
       </c>
       <c r="H25" s="29" t="s">
-        <v>1764</v>
+        <v>1763</v>
       </c>
       <c r="I25" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J25" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K25" s="6">
         <v>2</v>
       </c>
       <c r="L25" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="26" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A26" s="40"/>
       <c r="B26" s="24" t="s">
         <v>400</v>
       </c>
       <c r="C26" s="25" t="s">
-        <v>1692</v>
+        <v>1691</v>
       </c>
       <c r="D26" s="25"/>
       <c r="E26" s="8">
         <v>17923368</v>
       </c>
       <c r="F26" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G26" s="36" t="s">
         <v>275</v>
       </c>
       <c r="H26" s="25" t="s">
         <v>1067</v>
       </c>
       <c r="I26" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J26" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K26" s="7">
         <v>2</v>
       </c>
       <c r="L26" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="27" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A27" s="40"/>
       <c r="B27" s="24" t="s">
         <v>1608</v>
       </c>
       <c r="C27" s="25" t="s">
         <v>1609</v>
       </c>
       <c r="D27" s="25" t="s">
-        <v>1909</v>
+        <v>1907</v>
       </c>
       <c r="E27" s="8" t="s">
-        <v>1910</v>
+        <v>1908</v>
       </c>
       <c r="F27" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G27" s="36" t="s">
         <v>275</v>
       </c>
       <c r="H27" s="25" t="s">
         <v>1522</v>
       </c>
       <c r="I27" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J27" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K27" s="7">
         <v>2</v>
       </c>
       <c r="L27" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="28" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A28" s="40"/>
@@ -25184,199 +25260,199 @@
       <c r="I28" s="6" t="s">
         <v>2</v>
       </c>
       <c r="J28" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K28" s="6">
         <v>2</v>
       </c>
       <c r="L28" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="29" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A29" s="40"/>
       <c r="B29" s="29" t="s">
         <v>1191</v>
       </c>
       <c r="C29" s="29" t="s">
         <v>1163</v>
       </c>
       <c r="D29" s="29" t="s">
         <v>1104</v>
       </c>
       <c r="E29" s="29" t="s">
-        <v>1787</v>
+        <v>1786</v>
       </c>
       <c r="F29" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G29" s="36" t="s">
         <v>275</v>
       </c>
       <c r="H29" s="70" t="s">
-        <v>1786</v>
+        <v>1785</v>
       </c>
       <c r="I29" s="6" t="s">
-        <v>1820</v>
+        <v>1819</v>
       </c>
       <c r="J29" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K29" s="6" t="s">
         <v>1011</v>
       </c>
       <c r="L29" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="30" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A30" s="40"/>
       <c r="B30" s="29" t="s">
         <v>1191</v>
       </c>
       <c r="C30" s="29" t="s">
         <v>1163</v>
       </c>
       <c r="D30" s="29" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E30" s="29" t="s">
+        <v>1791</v>
+      </c>
+      <c r="F30" s="29" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G30" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H30" s="70" t="s">
         <v>1785</v>
       </c>
-      <c r="E30" s="29" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="I30" s="6" t="s">
-        <v>1821</v>
+        <v>1820</v>
       </c>
       <c r="J30" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K30" s="6" t="s">
         <v>3</v>
       </c>
       <c r="L30" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="31" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A31" s="40" t="s">
         <v>916</v>
       </c>
       <c r="B31" s="29" t="s">
         <v>1405</v>
       </c>
       <c r="C31" s="29" t="s">
         <v>1411</v>
       </c>
       <c r="D31" s="29" t="s">
-        <v>1775</v>
+        <v>1774</v>
       </c>
       <c r="E31" s="6">
         <v>46576973</v>
       </c>
       <c r="F31" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G31" s="36" t="s">
         <v>275</v>
       </c>
       <c r="H31" s="29" t="s">
         <v>1240</v>
       </c>
       <c r="I31" s="6" t="s">
         <v>2</v>
       </c>
       <c r="J31" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K31" s="6">
         <v>2</v>
       </c>
       <c r="L31" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A32" s="40" t="s">
         <v>101</v>
       </c>
       <c r="B32" s="24" t="s">
         <v>695</v>
       </c>
       <c r="C32" s="25" t="s">
         <v>103</v>
       </c>
       <c r="D32" s="25" t="s">
         <v>696</v>
       </c>
       <c r="E32" s="25" t="s">
         <v>694</v>
       </c>
       <c r="F32" s="25"/>
       <c r="G32" s="28" t="s">
-        <v>1828</v>
+        <v>1827</v>
       </c>
       <c r="H32" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I32" s="7" t="s">
         <v>25</v>
       </c>
       <c r="J32" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K32" s="7">
         <v>2</v>
       </c>
       <c r="L32" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="33" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="136" t="s">
+      <c r="A33" s="134" t="s">
         <v>156</v>
       </c>
-      <c r="B33" s="136"/>
-[...9 lines deleted...]
-      <c r="L33" s="136"/>
+      <c r="B33" s="134"/>
+      <c r="C33" s="134"/>
+      <c r="D33" s="134"/>
+      <c r="E33" s="134"/>
+      <c r="F33" s="134"/>
+      <c r="G33" s="134"/>
+      <c r="H33" s="134"/>
+      <c r="I33" s="134"/>
+      <c r="J33" s="134"/>
+      <c r="K33" s="134"/>
+      <c r="L33" s="134"/>
     </row>
     <row r="34" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A34" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B34" s="10" t="s">
         <v>267</v>
       </c>
       <c r="C34" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D34" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>582</v>
       </c>
       <c r="F34" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>414</v>
       </c>
       <c r="H34" s="10" t="s">
         <v>379</v>
@@ -25421,130 +25497,130 @@
       </c>
       <c r="I35" s="7" t="s">
         <v>700</v>
       </c>
       <c r="J35" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K35" s="7">
         <v>2</v>
       </c>
       <c r="L35" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="36" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A36" s="40" t="s">
         <v>11</v>
       </c>
       <c r="B36" s="24" t="s">
         <v>1261</v>
       </c>
       <c r="C36" s="24" t="s">
         <v>1263</v>
       </c>
       <c r="D36" s="24" t="s">
-        <v>1740</v>
+        <v>1739</v>
       </c>
       <c r="E36" s="24" t="s">
         <v>1262</v>
       </c>
       <c r="F36" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G36" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H36" s="24" t="s">
         <v>1591</v>
       </c>
       <c r="I36" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J36" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K36" s="7">
         <v>2</v>
       </c>
       <c r="L36" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="37" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="40"/>
       <c r="B37" s="29" t="s">
         <v>284</v>
       </c>
       <c r="C37" s="29" t="s">
         <v>17</v>
       </c>
       <c r="D37" s="29" t="s">
-        <v>1694</v>
+        <v>1693</v>
       </c>
       <c r="E37" s="29" t="s">
         <v>802</v>
       </c>
       <c r="F37" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G37" s="36" t="s">
         <v>275</v>
       </c>
       <c r="H37" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I37" s="6" t="s">
         <v>2</v>
       </c>
       <c r="J37" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K37" s="6">
         <v>1</v>
       </c>
       <c r="L37" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="38" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="40"/>
       <c r="B38" s="24" t="s">
         <v>277</v>
       </c>
       <c r="C38" s="24" t="s">
         <v>14</v>
       </c>
       <c r="D38" s="24" t="s">
         <v>1171</v>
       </c>
       <c r="E38" s="24" t="s">
         <v>1142</v>
       </c>
       <c r="F38" s="24"/>
       <c r="G38" s="15" t="s">
-        <v>1881</v>
+        <v>1879</v>
       </c>
       <c r="H38" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I38" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J38" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K38" s="7">
         <v>3</v>
       </c>
       <c r="L38" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="39" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="40"/>
       <c r="B39" s="29" t="s">
         <v>285</v>
       </c>
       <c r="C39" s="29" t="s">
         <v>877</v>
       </c>
@@ -25563,51 +25639,51 @@
       <c r="H39" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I39" s="7" t="s">
         <v>1318</v>
       </c>
       <c r="J39" s="7" t="s">
         <v>1317</v>
       </c>
       <c r="K39" s="7">
         <v>2</v>
       </c>
       <c r="L39" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="40" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="40"/>
       <c r="B40" s="24" t="s">
         <v>382</v>
       </c>
       <c r="C40" s="24" t="s">
         <v>18</v>
       </c>
       <c r="D40" s="24" t="s">
-        <v>1693</v>
+        <v>1692</v>
       </c>
       <c r="E40" s="24" t="s">
         <v>701</v>
       </c>
       <c r="F40" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G40" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H40" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I40" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J40" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K40" s="7">
         <v>1</v>
       </c>
       <c r="L40" s="7" t="s">
         <v>3</v>
       </c>
@@ -25813,51 +25889,51 @@
       <c r="H46" s="24" t="s">
         <v>1534</v>
       </c>
       <c r="I46" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J46" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K46" s="7">
         <v>1</v>
       </c>
       <c r="L46" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="47" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A47" s="40"/>
       <c r="B47" s="29" t="s">
         <v>1327</v>
       </c>
       <c r="C47" s="29" t="s">
         <v>1328</v>
       </c>
       <c r="D47" s="29" t="s">
-        <v>1713</v>
+        <v>1712</v>
       </c>
       <c r="E47" s="29" t="s">
         <v>1463</v>
       </c>
       <c r="F47" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G47" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H47" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I47" s="6" t="s">
         <v>1344</v>
       </c>
       <c r="J47" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K47" s="6">
         <v>2</v>
       </c>
       <c r="L47" s="6">
         <v>1</v>
       </c>
@@ -25879,67 +25955,67 @@
       <c r="F48" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G48" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H48" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I48" s="7" t="s">
         <v>4</v>
       </c>
       <c r="J48" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K48" s="7">
         <v>3</v>
       </c>
       <c r="L48" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="49" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A49" s="40"/>
       <c r="B49" s="24" t="s">
+        <v>1903</v>
+      </c>
+      <c r="C49" s="24" t="s">
+        <v>1904</v>
+      </c>
+      <c r="D49" s="24" t="s">
         <v>1905</v>
       </c>
-      <c r="C49" s="24" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E49" s="29" t="s">
-        <v>1934</v>
+        <v>1932</v>
       </c>
       <c r="F49" s="29"/>
       <c r="G49" s="27" t="s">
-        <v>1883</v>
+        <v>1881</v>
       </c>
       <c r="H49" s="24" t="s">
-        <v>1935</v>
+        <v>1933</v>
       </c>
       <c r="I49" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J49" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K49" s="7">
         <v>1</v>
       </c>
       <c r="L49" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="50" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A50" s="40"/>
       <c r="B50" s="24" t="s">
         <v>708</v>
       </c>
       <c r="C50" s="25" t="s">
         <v>36</v>
       </c>
       <c r="D50" s="25" t="s">
         <v>710</v>
       </c>
@@ -26037,66 +26113,66 @@
       <c r="L52" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="53" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A53" s="40"/>
       <c r="B53" s="24" t="s">
         <v>1337</v>
       </c>
       <c r="C53" s="24" t="s">
         <v>1060</v>
       </c>
       <c r="D53" s="24" t="s">
         <v>1336</v>
       </c>
       <c r="E53" s="24" t="s">
         <v>1128</v>
       </c>
       <c r="F53" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G53" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H53" s="24" t="s">
-        <v>1714</v>
+        <v>1713</v>
       </c>
       <c r="I53" s="6" t="s">
         <v>74</v>
       </c>
       <c r="J53" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K53" s="7">
         <v>2</v>
       </c>
       <c r="L53" s="7">
         <v>2</v>
       </c>
       <c r="M53" s="61" t="s">
-        <v>1715</v>
+        <v>1714</v>
       </c>
     </row>
     <row r="54" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A54" s="40" t="s">
         <v>37</v>
       </c>
       <c r="B54" s="24" t="s">
         <v>711</v>
       </c>
       <c r="C54" s="24" t="s">
         <v>40</v>
       </c>
       <c r="D54" s="24" t="s">
         <v>713</v>
       </c>
       <c r="E54" s="24" t="s">
         <v>712</v>
       </c>
       <c r="F54" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G54" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H54" s="24" t="s">
@@ -26170,57 +26246,57 @@
       <c r="F56" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G56" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H56" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I56" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J56" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K56" s="7">
         <v>2</v>
       </c>
       <c r="L56" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="57" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A57" s="40"/>
       <c r="B57" s="24" t="s">
+        <v>1911</v>
+      </c>
+      <c r="C57" s="24" t="s">
         <v>1913</v>
       </c>
-      <c r="C57" s="24" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" s="24" t="s">
-        <v>1914</v>
+        <v>1912</v>
       </c>
       <c r="E57" s="7">
         <v>50067637</v>
       </c>
       <c r="F57" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G57" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H57" s="24" t="s">
         <v>1522</v>
       </c>
       <c r="I57" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J57" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K57" s="7">
         <v>2</v>
       </c>
       <c r="L57" s="7" t="s">
         <v>3</v>
       </c>
@@ -26390,54 +26466,54 @@
       <c r="F62" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G62" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H62" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I62" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J62" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K62" s="7">
         <v>1</v>
       </c>
       <c r="L62" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="63" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A63" s="40"/>
       <c r="B63" s="24" t="s">
+        <v>1645</v>
+      </c>
+      <c r="C63" s="25" t="s">
         <v>1646</v>
-      </c>
-[...1 lines deleted...]
-        <v>1647</v>
       </c>
       <c r="D63" s="25"/>
       <c r="E63" s="8">
         <v>43233641</v>
       </c>
       <c r="F63" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G63" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H63" s="25" t="s">
         <v>1240</v>
       </c>
       <c r="I63" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J63" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K63" s="7">
         <v>2</v>
       </c>
       <c r="L63" s="7">
         <v>2</v>
@@ -26519,57 +26595,57 @@
     </row>
     <row r="66" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A66" s="40"/>
       <c r="B66" s="24" t="s">
         <v>729</v>
       </c>
       <c r="C66" s="25" t="s">
         <v>60</v>
       </c>
       <c r="D66" s="25" t="s">
         <v>771</v>
       </c>
       <c r="E66" s="25" t="s">
         <v>730</v>
       </c>
       <c r="F66" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G66" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H66" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I66" s="7" t="s">
+        <v>1742</v>
+      </c>
+      <c r="J66" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K66" s="6" t="s">
         <v>1743</v>
-      </c>
-[...4 lines deleted...]
-        <v>1744</v>
       </c>
       <c r="L66" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="67" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A67" s="40"/>
       <c r="B67" s="24" t="s">
         <v>731</v>
       </c>
       <c r="C67" s="25" t="s">
         <v>249</v>
       </c>
       <c r="D67" s="25"/>
       <c r="E67" s="8">
         <v>6951838</v>
       </c>
       <c r="F67" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G67" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H67" s="25" t="s">
         <v>378</v>
@@ -26727,51 +26803,51 @@
         <v>3</v>
       </c>
       <c r="K71" s="7">
         <v>2</v>
       </c>
       <c r="L71" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="72" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A72" s="40"/>
       <c r="B72" s="24" t="s">
         <v>422</v>
       </c>
       <c r="C72" s="30" t="s">
         <v>182</v>
       </c>
       <c r="D72" s="30" t="s">
         <v>740</v>
       </c>
       <c r="E72" s="30" t="s">
         <v>739</v>
       </c>
       <c r="F72" s="30"/>
       <c r="G72" s="35" t="s">
-        <v>1829</v>
+        <v>1828</v>
       </c>
       <c r="H72" s="30" t="s">
         <v>378</v>
       </c>
       <c r="I72" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J72" s="31" t="s">
         <v>3</v>
       </c>
       <c r="K72" s="7">
         <v>2</v>
       </c>
       <c r="L72" s="31" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="73" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A73" s="40"/>
       <c r="B73" s="24" t="s">
         <v>741</v>
       </c>
       <c r="C73" s="25" t="s">
         <v>178</v>
       </c>
@@ -26968,58 +27044,58 @@
       <c r="H78" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I78" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J78" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K78" s="7">
         <v>2</v>
       </c>
       <c r="L78" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="79" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A79" s="40"/>
       <c r="B79" s="24" t="s">
         <v>312</v>
       </c>
       <c r="C79" s="25" t="s">
         <v>68</v>
       </c>
       <c r="D79" s="25" t="s">
+        <v>1824</v>
+      </c>
+      <c r="E79" s="25" t="s">
         <v>1825</v>
-      </c>
-[...1 lines deleted...]
-        <v>1826</v>
       </c>
       <c r="F79" s="25"/>
       <c r="G79" s="28" t="s">
-        <v>1827</v>
+        <v>1826</v>
       </c>
       <c r="H79" s="25" t="s">
         <v>1522</v>
       </c>
       <c r="I79" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J79" s="7" t="s">
         <v>207</v>
       </c>
       <c r="K79" s="7">
         <v>2</v>
       </c>
       <c r="L79" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="80" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A80" s="40"/>
       <c r="B80" s="24" t="s">
         <v>532</v>
       </c>
       <c r="C80" s="25" t="s">
         <v>75</v>
       </c>
@@ -27326,51 +27402,51 @@
       <c r="H88" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I88" s="6" t="s">
         <v>15</v>
       </c>
       <c r="J88" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K88" s="6">
         <v>1</v>
       </c>
       <c r="L88" s="6">
         <v>1</v>
       </c>
     </row>
     <row r="89" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A89" s="40"/>
       <c r="B89" s="29" t="s">
         <v>404</v>
       </c>
       <c r="C89" s="29" t="s">
         <v>184</v>
       </c>
       <c r="D89" s="29" t="s">
-        <v>1716</v>
+        <v>1715</v>
       </c>
       <c r="E89" s="29" t="s">
         <v>764</v>
       </c>
       <c r="F89" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G89" s="36" t="s">
         <v>275</v>
       </c>
       <c r="H89" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I89" s="6" t="s">
         <v>1201</v>
       </c>
       <c r="J89" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K89" s="6">
         <v>2</v>
       </c>
       <c r="L89" s="6">
         <v>2</v>
       </c>
@@ -27472,54 +27548,54 @@
       </c>
       <c r="I92" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J92" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K92" s="7">
         <v>2</v>
       </c>
       <c r="L92" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="93" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A93" s="40" t="s">
         <v>98</v>
       </c>
       <c r="B93" s="24" t="s">
         <v>367</v>
       </c>
       <c r="C93" s="25" t="s">
         <v>100</v>
       </c>
       <c r="D93" s="25" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E93" s="8" t="s">
         <v>1747</v>
-      </c>
-[...1 lines deleted...]
-        <v>1748</v>
       </c>
       <c r="F93" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G93" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H93" s="25" t="s">
         <v>1240</v>
       </c>
       <c r="I93" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J93" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K93" s="7">
         <v>1</v>
       </c>
       <c r="L93" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="94" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A94" s="40"/>
@@ -27661,51 +27737,51 @@
       </c>
       <c r="J97" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K97" s="7">
         <v>1</v>
       </c>
       <c r="L97" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="98" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A98" s="40"/>
       <c r="B98" s="24" t="s">
         <v>777</v>
       </c>
       <c r="C98" s="29" t="s">
         <v>197</v>
       </c>
       <c r="D98" s="29"/>
       <c r="E98" s="30" t="s">
         <v>778</v>
       </c>
       <c r="F98" s="30"/>
       <c r="G98" s="35" t="s">
-        <v>1841</v>
+        <v>1840</v>
       </c>
       <c r="H98" s="30" t="s">
         <v>378</v>
       </c>
       <c r="I98" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J98" s="7" t="s">
         <v>6</v>
       </c>
       <c r="K98" s="7">
         <v>2</v>
       </c>
       <c r="L98" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="99" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A99" s="40"/>
       <c r="B99" s="29" t="s">
         <v>1130</v>
       </c>
       <c r="C99" s="29" t="s">
         <v>1131</v>
       </c>
@@ -27840,81 +27916,81 @@
         <v>3</v>
       </c>
       <c r="K102" s="6">
         <v>2</v>
       </c>
       <c r="L102" s="33" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="103" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A103" s="40"/>
       <c r="B103" s="24" t="s">
         <v>695</v>
       </c>
       <c r="C103" s="25" t="s">
         <v>103</v>
       </c>
       <c r="D103" s="25" t="s">
         <v>696</v>
       </c>
       <c r="E103" s="25" t="s">
         <v>781</v>
       </c>
       <c r="F103" s="25"/>
       <c r="G103" s="28" t="s">
-        <v>1828</v>
+        <v>1827</v>
       </c>
       <c r="H103" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I103" s="7" t="s">
         <v>783</v>
       </c>
       <c r="J103" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K103" s="7">
         <v>1</v>
       </c>
       <c r="L103" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="104" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A104" s="40"/>
       <c r="B104" s="24" t="s">
         <v>784</v>
       </c>
       <c r="C104" s="29" t="s">
         <v>247</v>
       </c>
       <c r="D104" s="29"/>
       <c r="E104" s="29"/>
       <c r="F104" s="29"/>
       <c r="G104" s="71" t="s">
-        <v>1834</v>
+        <v>1833</v>
       </c>
       <c r="H104" s="29"/>
       <c r="I104" s="12" t="s">
         <v>1141</v>
       </c>
       <c r="J104" s="52" t="s">
         <v>3</v>
       </c>
       <c r="K104" s="12" t="s">
         <v>1140</v>
       </c>
       <c r="L104" s="52" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="105" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A105" s="40"/>
       <c r="B105" s="29" t="s">
         <v>1135</v>
       </c>
       <c r="C105" s="29" t="s">
         <v>1133</v>
       </c>
       <c r="D105" s="29" t="s">
         <v>1477</v>
@@ -27945,82 +28021,82 @@
       </c>
     </row>
     <row r="106" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A106" s="40" t="s">
         <v>117</v>
       </c>
       <c r="B106" s="24" t="s">
         <v>785</v>
       </c>
       <c r="C106" s="30" t="s">
         <v>125</v>
       </c>
       <c r="D106" s="30" t="s">
         <v>1536</v>
       </c>
       <c r="E106" s="30" t="s">
         <v>788</v>
       </c>
       <c r="F106" s="30" t="s">
         <v>1483</v>
       </c>
       <c r="G106" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H106" s="90" t="s">
-        <v>1811</v>
+        <v>1810</v>
       </c>
       <c r="I106" s="7" t="s">
         <v>2</v>
       </c>
       <c r="J106" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K106" s="7">
         <v>2</v>
       </c>
       <c r="L106" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="107" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A107" s="40"/>
       <c r="B107" s="24" t="s">
         <v>786</v>
       </c>
       <c r="C107" s="30" t="s">
         <v>188</v>
       </c>
       <c r="D107" s="24" t="s">
-        <v>1732</v>
+        <v>1731</v>
       </c>
       <c r="E107" s="29" t="s">
         <v>1607</v>
       </c>
       <c r="F107" s="30"/>
       <c r="G107" s="35" t="s">
-        <v>1845</v>
+        <v>1843</v>
       </c>
       <c r="H107" s="30" t="s">
         <v>378</v>
       </c>
       <c r="I107" s="7" t="s">
         <v>789</v>
       </c>
       <c r="J107" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K107" s="7">
         <v>1</v>
       </c>
       <c r="L107" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="108" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A108" s="40"/>
       <c r="B108" s="24" t="s">
         <v>790</v>
       </c>
       <c r="C108" s="29" t="s">
         <v>123</v>
       </c>
@@ -28215,87 +28291,87 @@
       <c r="H113" s="30" t="s">
         <v>378</v>
       </c>
       <c r="I113" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J113" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K113" s="7">
         <v>2</v>
       </c>
       <c r="L113" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="114" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A114" s="40"/>
       <c r="B114" s="24" t="s">
         <v>800</v>
       </c>
       <c r="C114" s="30" t="s">
         <v>181</v>
       </c>
       <c r="D114" s="29" t="s">
-        <v>1717</v>
+        <v>1716</v>
       </c>
       <c r="E114" s="30" t="s">
         <v>801</v>
       </c>
       <c r="F114" s="30" t="s">
         <v>1483</v>
       </c>
       <c r="G114" s="38" t="s">
         <v>275</v>
       </c>
       <c r="H114" s="30" t="s">
         <v>378</v>
       </c>
       <c r="I114" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J114" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K114" s="7">
         <v>1</v>
       </c>
       <c r="L114" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="115" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A115" s="40"/>
       <c r="B115" s="24" t="s">
         <v>800</v>
       </c>
       <c r="C115" s="30" t="s">
         <v>181</v>
       </c>
       <c r="D115" s="29" t="s">
-        <v>1718</v>
+        <v>1717</v>
       </c>
       <c r="E115" s="30" t="s">
         <v>1029</v>
       </c>
       <c r="F115" s="30" t="s">
         <v>1483</v>
       </c>
       <c r="G115" s="38" t="s">
         <v>275</v>
       </c>
       <c r="H115" s="30" t="s">
         <v>378</v>
       </c>
       <c r="I115" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J115" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K115" s="7">
         <v>2</v>
       </c>
       <c r="L115" s="7" t="s">
         <v>3</v>
       </c>
@@ -28315,80 +28391,80 @@
         <v>1167</v>
       </c>
       <c r="F116" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G116" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H116" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I116" s="7" t="s">
         <v>15</v>
       </c>
       <c r="J116" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K116" s="7">
         <v>1</v>
       </c>
       <c r="L116" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="117" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A117" s="124" t="s">
+      <c r="A117" s="125" t="s">
         <v>1230</v>
       </c>
-      <c r="B117" s="125"/>
-[...9 lines deleted...]
-      <c r="L117" s="126"/>
+      <c r="B117" s="126"/>
+      <c r="C117" s="126"/>
+      <c r="D117" s="126"/>
+      <c r="E117" s="126"/>
+      <c r="F117" s="126"/>
+      <c r="G117" s="126"/>
+      <c r="H117" s="126"/>
+      <c r="I117" s="126"/>
+      <c r="J117" s="126"/>
+      <c r="K117" s="126"/>
+      <c r="L117" s="127"/>
     </row>
     <row r="118" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A118" s="133" t="s">
+      <c r="A118" s="136" t="s">
         <v>1016</v>
       </c>
-      <c r="B118" s="134"/>
-[...9 lines deleted...]
-      <c r="L118" s="135"/>
+      <c r="B118" s="135"/>
+      <c r="C118" s="135"/>
+      <c r="D118" s="135"/>
+      <c r="E118" s="135"/>
+      <c r="F118" s="135"/>
+      <c r="G118" s="135"/>
+      <c r="H118" s="135"/>
+      <c r="I118" s="135"/>
+      <c r="J118" s="135"/>
+      <c r="K118" s="135"/>
+      <c r="L118" s="137"/>
     </row>
     <row r="119" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A119" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B119" s="10" t="s">
         <v>267</v>
       </c>
       <c r="C119" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D119" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E119" s="10" t="s">
         <v>582</v>
       </c>
       <c r="F119" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G119" s="10" t="s">
         <v>414</v>
       </c>
       <c r="H119" s="10" t="s">
         <v>379</v>
@@ -28589,128 +28665,128 @@
       <c r="L124" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="125" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A125" s="40"/>
       <c r="B125" s="29" t="s">
         <v>1443</v>
       </c>
       <c r="C125" s="29" t="s">
         <v>1410</v>
       </c>
       <c r="D125" s="29" t="s">
         <v>1444</v>
       </c>
       <c r="E125" s="6" t="s">
         <v>1445</v>
       </c>
       <c r="F125" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G125" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H125" s="29" t="s">
-        <v>1769</v>
+        <v>1768</v>
       </c>
       <c r="I125" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J125" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K125" s="6">
         <v>2</v>
       </c>
       <c r="L125" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="126" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A126" s="40"/>
       <c r="B126" s="29" t="s">
         <v>1540</v>
       </c>
       <c r="C126" s="29" t="s">
         <v>1541</v>
       </c>
       <c r="D126" s="29" t="s">
         <v>1542</v>
       </c>
       <c r="E126" s="6" t="s">
-        <v>1757</v>
+        <v>1756</v>
       </c>
       <c r="F126" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G126" s="26" t="s">
-        <v>1768</v>
+        <v>1767</v>
       </c>
       <c r="H126" s="29" t="s">
         <v>1240</v>
       </c>
       <c r="I126" s="6" t="s">
-        <v>1758</v>
+        <v>1757</v>
       </c>
       <c r="J126" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K126" s="6" t="s">
-        <v>1730</v>
+        <v>1729</v>
       </c>
       <c r="L126" s="6" t="s">
         <v>1543</v>
       </c>
     </row>
     <row r="127" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A127" s="40" t="s">
         <v>90</v>
       </c>
       <c r="B127" s="29" t="s">
         <v>1538</v>
       </c>
       <c r="C127" s="29" t="s">
         <v>1537</v>
       </c>
       <c r="D127" s="29" t="s">
         <v>1539</v>
       </c>
       <c r="E127" s="6">
         <v>17374229</v>
       </c>
       <c r="F127" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G127" s="88" t="s">
-        <v>1762</v>
+        <v>1761</v>
       </c>
       <c r="H127" s="29" t="s">
         <v>1534</v>
       </c>
       <c r="I127" s="6" t="s">
-        <v>1763</v>
+        <v>1762</v>
       </c>
       <c r="J127" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K127" s="6">
         <v>5</v>
       </c>
       <c r="L127" s="6">
         <v>5</v>
       </c>
     </row>
     <row r="128" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A128" s="40" t="s">
         <v>916</v>
       </c>
       <c r="B128" s="29" t="s">
         <v>588</v>
       </c>
       <c r="C128" s="29" t="s">
         <v>246</v>
       </c>
       <c r="D128" s="29" t="s">
         <v>1343</v>
       </c>
       <c r="E128" s="6">
@@ -28787,115 +28863,115 @@
         <v>12029475</v>
       </c>
       <c r="F130" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G130" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H130" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I130" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J130" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K130" s="7">
         <v>2</v>
       </c>
       <c r="L130" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="131" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A131" s="133" t="s">
+      <c r="A131" s="136" t="s">
         <v>224</v>
       </c>
-      <c r="B131" s="134"/>
-[...9 lines deleted...]
-      <c r="L131" s="135"/>
+      <c r="B131" s="135"/>
+      <c r="C131" s="135"/>
+      <c r="D131" s="135"/>
+      <c r="E131" s="135"/>
+      <c r="F131" s="135"/>
+      <c r="G131" s="135"/>
+      <c r="H131" s="135"/>
+      <c r="I131" s="135"/>
+      <c r="J131" s="135"/>
+      <c r="K131" s="135"/>
+      <c r="L131" s="137"/>
     </row>
     <row r="132" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A132" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B132" s="10" t="s">
         <v>267</v>
       </c>
       <c r="C132" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D132" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E132" s="10" t="s">
         <v>582</v>
       </c>
       <c r="F132" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G132" s="10" t="s">
         <v>414</v>
       </c>
       <c r="H132" s="10" t="s">
         <v>379</v>
       </c>
       <c r="I132" s="10" t="s">
         <v>269</v>
       </c>
       <c r="J132" s="10" t="s">
         <v>270</v>
       </c>
       <c r="K132" s="10" t="s">
         <v>271</v>
       </c>
       <c r="L132" s="10" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="133" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A133" s="40" t="s">
         <v>11</v>
       </c>
       <c r="B133" s="24" t="s">
         <v>284</v>
       </c>
       <c r="C133" s="24" t="s">
         <v>17</v>
       </c>
       <c r="D133" s="24" t="s">
-        <v>1695</v>
+        <v>1694</v>
       </c>
       <c r="E133" s="24" t="s">
         <v>808</v>
       </c>
       <c r="F133" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G133" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H133" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I133" s="7" t="s">
         <v>809</v>
       </c>
       <c r="J133" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K133" s="7" t="s">
         <v>810</v>
       </c>
       <c r="L133" s="7" t="s">
         <v>810</v>
       </c>
@@ -28966,51 +29042,51 @@
         <v>1504</v>
       </c>
       <c r="K135" s="6" t="s">
         <v>1370</v>
       </c>
       <c r="L135" s="6" t="s">
         <v>1505</v>
       </c>
     </row>
     <row r="136" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A136" s="40"/>
       <c r="B136" s="24" t="s">
         <v>704</v>
       </c>
       <c r="C136" s="24" t="s">
         <v>27</v>
       </c>
       <c r="D136" s="24" t="s">
         <v>1171</v>
       </c>
       <c r="E136" s="24" t="s">
         <v>813</v>
       </c>
       <c r="F136" s="24"/>
       <c r="G136" s="27" t="s">
-        <v>1829</v>
+        <v>1828</v>
       </c>
       <c r="H136" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I136" s="7" t="s">
         <v>811</v>
       </c>
       <c r="J136" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K136" s="7" t="s">
         <v>812</v>
       </c>
       <c r="L136" s="7" t="s">
         <v>812</v>
       </c>
     </row>
     <row r="137" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A137" s="40" t="s">
         <v>46</v>
       </c>
       <c r="B137" s="24" t="s">
         <v>390</v>
       </c>
       <c r="C137" s="24" t="s">
@@ -29033,89 +29109,89 @@
       </c>
       <c r="I137" s="7" t="s">
         <v>816</v>
       </c>
       <c r="J137" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K137" s="7" t="s">
         <v>815</v>
       </c>
       <c r="L137" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="138" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A138" s="40" t="s">
         <v>51</v>
       </c>
       <c r="B138" s="29" t="s">
         <v>554</v>
       </c>
       <c r="C138" s="29" t="s">
         <v>1057</v>
       </c>
       <c r="D138" s="29" t="s">
-        <v>1696</v>
+        <v>1695</v>
       </c>
       <c r="E138" s="29" t="s">
         <v>1301</v>
       </c>
       <c r="F138" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G138" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H138" s="29" t="s">
-        <v>1630</v>
+        <v>1629</v>
       </c>
       <c r="I138" s="6" t="s">
         <v>1147</v>
       </c>
       <c r="J138" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K138" s="6" t="s">
         <v>1146</v>
       </c>
       <c r="L138" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="139" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A139" s="40" t="s">
         <v>65</v>
       </c>
       <c r="B139" s="29" t="s">
         <v>1148</v>
       </c>
       <c r="C139" s="29" t="s">
         <v>1143</v>
       </c>
       <c r="D139" s="29" t="s">
-        <v>1697</v>
+        <v>1696</v>
       </c>
       <c r="E139" s="6">
         <v>18302907</v>
       </c>
       <c r="F139" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G139" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H139" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I139" s="6" t="s">
         <v>1345</v>
       </c>
       <c r="J139" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K139" s="6" t="s">
         <v>1346</v>
       </c>
       <c r="L139" s="6" t="s">
         <v>3</v>
       </c>
@@ -29124,51 +29200,51 @@
       <c r="A140" s="40" t="s">
         <v>66</v>
       </c>
       <c r="B140" s="29" t="s">
         <v>1608</v>
       </c>
       <c r="C140" s="29" t="s">
         <v>1609</v>
       </c>
       <c r="D140" s="29" t="s">
         <v>1610</v>
       </c>
       <c r="E140" s="6" t="s">
         <v>1611</v>
       </c>
       <c r="F140" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G140" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H140" s="29" t="s">
         <v>1240</v>
       </c>
       <c r="I140" s="6" t="s">
-        <v>1890</v>
+        <v>1888</v>
       </c>
       <c r="J140" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K140" s="6" t="s">
         <v>810</v>
       </c>
       <c r="L140" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="141" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A141" s="40" t="s">
         <v>98</v>
       </c>
       <c r="B141" s="29" t="s">
         <v>367</v>
       </c>
       <c r="C141" s="29" t="s">
         <v>100</v>
       </c>
       <c r="D141" s="29" t="s">
         <v>1558</v>
       </c>
       <c r="E141" s="6" t="s">
@@ -29249,64 +29325,64 @@
         <v>18838801</v>
       </c>
       <c r="F143" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G143" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H143" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I143" s="6" t="s">
         <v>1367</v>
       </c>
       <c r="J143" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K143" s="6" t="s">
         <v>810</v>
       </c>
       <c r="L143" s="6" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="144" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A144" s="136" t="s">
+      <c r="A144" s="134" t="s">
         <v>203</v>
       </c>
-      <c r="B144" s="136"/>
-[...9 lines deleted...]
-      <c r="L144" s="136"/>
+      <c r="B144" s="134"/>
+      <c r="C144" s="134"/>
+      <c r="D144" s="134"/>
+      <c r="E144" s="134"/>
+      <c r="F144" s="134"/>
+      <c r="G144" s="134"/>
+      <c r="H144" s="134"/>
+      <c r="I144" s="134"/>
+      <c r="J144" s="134"/>
+      <c r="K144" s="134"/>
+      <c r="L144" s="134"/>
     </row>
     <row r="145" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A145" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B145" s="10" t="s">
         <v>267</v>
       </c>
       <c r="C145" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D145" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E145" s="10" t="s">
         <v>582</v>
       </c>
       <c r="F145" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G145" s="10" t="s">
         <v>414</v>
       </c>
       <c r="H145" s="10" t="s">
         <v>379</v>
@@ -29377,64 +29453,64 @@
         <v>38287512</v>
       </c>
       <c r="F147" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G147" s="36" t="s">
         <v>275</v>
       </c>
       <c r="H147" s="29" t="s">
         <v>1240</v>
       </c>
       <c r="I147" s="6" t="s">
         <v>6</v>
       </c>
       <c r="J147" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K147" s="6">
         <v>2</v>
       </c>
       <c r="L147" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="148" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A148" s="134" t="s">
+      <c r="A148" s="135" t="s">
         <v>225</v>
       </c>
-      <c r="B148" s="134"/>
-[...9 lines deleted...]
-      <c r="L148" s="134"/>
+      <c r="B148" s="135"/>
+      <c r="C148" s="135"/>
+      <c r="D148" s="135"/>
+      <c r="E148" s="135"/>
+      <c r="F148" s="135"/>
+      <c r="G148" s="135"/>
+      <c r="H148" s="135"/>
+      <c r="I148" s="135"/>
+      <c r="J148" s="135"/>
+      <c r="K148" s="135"/>
+      <c r="L148" s="135"/>
     </row>
     <row r="149" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A149" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B149" s="10" t="s">
         <v>267</v>
       </c>
       <c r="C149" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D149" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E149" s="10" t="s">
         <v>582</v>
       </c>
       <c r="F149" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G149" s="10" t="s">
         <v>414</v>
       </c>
       <c r="H149" s="10" t="s">
         <v>379</v>
@@ -29515,54 +29591,54 @@
       <c r="H151" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I151" s="6" t="s">
         <v>74</v>
       </c>
       <c r="J151" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K151" s="6">
         <v>2</v>
       </c>
       <c r="L151" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="152" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A152" s="40"/>
       <c r="B152" s="24" t="s">
         <v>279</v>
       </c>
       <c r="C152" s="24" t="s">
         <v>16</v>
       </c>
       <c r="D152" s="24" t="s">
-        <v>1948</v>
+        <v>1945</v>
       </c>
       <c r="E152" s="24" t="s">
-        <v>1947</v>
+        <v>1944</v>
       </c>
       <c r="F152" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G152" s="36" t="s">
         <v>275</v>
       </c>
       <c r="H152" s="24" t="s">
         <v>1522</v>
       </c>
       <c r="I152" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J152" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K152" s="7">
         <v>2</v>
       </c>
       <c r="L152" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="153" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A153" s="40" t="s">
@@ -29761,3074 +29837,3146 @@
         <v>829</v>
       </c>
       <c r="F158" s="8" t="s">
         <v>1483</v>
       </c>
       <c r="G158" s="16" t="s">
         <v>275</v>
       </c>
       <c r="H158" s="8" t="s">
         <v>378</v>
       </c>
       <c r="I158" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J158" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K158" s="7">
         <v>2</v>
       </c>
       <c r="L158" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="159" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A159" s="133" t="s">
+      <c r="A159" s="19" t="s">
+        <v>117</v>
+      </c>
+      <c r="B159" s="7" t="s">
+        <v>1948</v>
+      </c>
+      <c r="C159" s="8" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D159" s="8" t="s">
+        <v>890</v>
+      </c>
+      <c r="E159" s="8" t="s">
+        <v>1950</v>
+      </c>
+      <c r="F159" s="8"/>
+      <c r="G159" s="15" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H159" s="8" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I159" s="7" t="s">
+        <v>1949</v>
+      </c>
+      <c r="J159" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K159" s="7">
+        <v>2</v>
+      </c>
+      <c r="L159" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="160" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A160" s="136" t="s">
         <v>226</v>
       </c>
-      <c r="B159" s="134"/>
-[...12 lines deleted...]
-      <c r="A160" s="48" t="s">
+      <c r="B160" s="135"/>
+      <c r="C160" s="135"/>
+      <c r="D160" s="135"/>
+      <c r="E160" s="135"/>
+      <c r="F160" s="135"/>
+      <c r="G160" s="135"/>
+      <c r="H160" s="135"/>
+      <c r="I160" s="135"/>
+      <c r="J160" s="135"/>
+      <c r="K160" s="135"/>
+      <c r="L160" s="137"/>
+    </row>
+    <row r="161" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A161" s="48" t="s">
         <v>0</v>
       </c>
-      <c r="B160" s="10" t="s">
+      <c r="B161" s="10" t="s">
         <v>267</v>
       </c>
-      <c r="C160" s="10" t="s">
+      <c r="C161" s="10" t="s">
         <v>375</v>
       </c>
-      <c r="D160" s="10" t="s">
+      <c r="D161" s="10" t="s">
         <v>686</v>
       </c>
-      <c r="E160" s="10" t="s">
+      <c r="E161" s="10" t="s">
         <v>582</v>
       </c>
-      <c r="F160" s="41" t="s">
+      <c r="F161" s="41" t="s">
         <v>1484</v>
       </c>
-      <c r="G160" s="10" t="s">
+      <c r="G161" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="H160" s="10" t="s">
+      <c r="H161" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="I160" s="10" t="s">
+      <c r="I161" s="10" t="s">
         <v>269</v>
       </c>
-      <c r="J160" s="10" t="s">
+      <c r="J161" s="10" t="s">
         <v>270</v>
       </c>
-      <c r="K160" s="10" t="s">
+      <c r="K161" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="L160" s="10" t="s">
+      <c r="L161" s="10" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="161" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A161" s="40" t="s">
+    <row r="162" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A162" s="40" t="s">
         <v>11</v>
       </c>
-      <c r="B161" s="6" t="s">
-[...34 lines deleted...]
-      <c r="A162" s="40"/>
       <c r="B162" s="6" t="s">
         <v>277</v>
       </c>
       <c r="C162" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="D162" s="29" t="s">
+      <c r="D162" s="6" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E162" s="6" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F162" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G162" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H162" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I162" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J162" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K162" s="6">
+        <v>2</v>
+      </c>
+      <c r="L162" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="163" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A163" s="40"/>
+      <c r="B163" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="C163" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D163" s="29" t="s">
         <v>1258</v>
       </c>
-      <c r="E162" s="6" t="s">
+      <c r="E163" s="6" t="s">
         <v>1259</v>
       </c>
-      <c r="F162" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H162" s="6" t="s">
+      <c r="F163" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G163" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H163" s="6" t="s">
         <v>1067</v>
       </c>
-      <c r="I162" s="6" t="s">
-[...14 lines deleted...]
-      <c r="B163" s="6" t="s">
+      <c r="I163" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J163" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="K163" s="6">
+        <v>2</v>
+      </c>
+      <c r="L163" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="164" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A164" s="19"/>
+      <c r="B164" s="6" t="s">
         <v>447</v>
       </c>
-      <c r="C163" s="6" t="s">
+      <c r="C164" s="6" t="s">
         <v>244</v>
       </c>
-      <c r="D163" s="6" t="s">
+      <c r="D164" s="6" t="s">
         <v>1101</v>
       </c>
-      <c r="E163" s="6" t="s">
+      <c r="E164" s="6" t="s">
         <v>1312</v>
       </c>
-      <c r="F163" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H163" s="6" t="s">
+      <c r="F164" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G164" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H164" s="6" t="s">
         <v>1342</v>
       </c>
-      <c r="I163" s="6" t="s">
+      <c r="I164" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="J163" s="6" t="s">
-[...41 lines deleted...]
-      <c r="L164" s="7" t="s">
+      <c r="J164" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K164" s="6">
+        <v>2</v>
+      </c>
+      <c r="L164" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="165" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A165" s="40"/>
       <c r="B165" s="24" t="s">
-        <v>412</v>
-[...10 lines deleted...]
-        <v>1796</v>
+        <v>523</v>
+      </c>
+      <c r="C165" s="24" t="s">
+        <v>13</v>
+      </c>
+      <c r="D165" s="24" t="s">
+        <v>1038</v>
+      </c>
+      <c r="E165" s="24" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F165" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G165" s="26" t="s">
+        <v>275</v>
       </c>
       <c r="H165" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I165" s="7" t="s">
-        <v>74</v>
+        <v>2</v>
       </c>
       <c r="J165" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K165" s="7">
         <v>2</v>
       </c>
       <c r="L165" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="166" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A166" s="40"/>
       <c r="B166" s="24" t="s">
-        <v>1118</v>
+        <v>412</v>
       </c>
       <c r="C166" s="29" t="s">
-        <v>1116</v>
-[...3 lines deleted...]
-      </c>
+        <v>1293</v>
+      </c>
+      <c r="D166" s="24"/>
       <c r="E166" s="29" t="s">
-        <v>1824</v>
-[...5 lines deleted...]
-        <v>275</v>
+        <v>1794</v>
+      </c>
+      <c r="F166" s="24"/>
+      <c r="G166" s="27" t="s">
+        <v>1795</v>
       </c>
       <c r="H166" s="24" t="s">
-        <v>1522</v>
+        <v>378</v>
       </c>
       <c r="I166" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J166" s="7" t="s">
-        <v>74</v>
+        <v>3</v>
       </c>
       <c r="K166" s="7">
         <v>2</v>
       </c>
-      <c r="L166" s="7">
-        <v>2</v>
+      <c r="L166" s="7" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="167" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A167" s="40"/>
       <c r="B167" s="24" t="s">
-        <v>373</v>
-[...2 lines deleted...]
-        <v>200</v>
+        <v>1118</v>
+      </c>
+      <c r="C167" s="29" t="s">
+        <v>1116</v>
       </c>
       <c r="D167" s="24" t="s">
-        <v>1720</v>
-[...4 lines deleted...]
-      <c r="F167" s="7" t="s">
+        <v>1822</v>
+      </c>
+      <c r="E167" s="29" t="s">
+        <v>1823</v>
+      </c>
+      <c r="F167" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G167" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H167" s="24" t="s">
-        <v>378</v>
+        <v>1522</v>
       </c>
       <c r="I167" s="7" t="s">
-        <v>2</v>
+        <v>74</v>
       </c>
       <c r="J167" s="7" t="s">
-        <v>3</v>
+        <v>74</v>
       </c>
       <c r="K167" s="7">
         <v>2</v>
       </c>
-      <c r="L167" s="7" t="s">
-        <v>3</v>
+      <c r="L167" s="7">
+        <v>2</v>
       </c>
     </row>
     <row r="168" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A168" s="40"/>
-      <c r="B168" s="29" t="s">
+      <c r="B168" s="24" t="s">
         <v>373</v>
       </c>
-      <c r="C168" s="29" t="s">
-[...24 lines deleted...]
-      <c r="L168" s="6" t="s">
+      <c r="C168" s="24" t="s">
+        <v>200</v>
+      </c>
+      <c r="D168" s="24" t="s">
+        <v>1719</v>
+      </c>
+      <c r="E168" s="7">
+        <v>9227303</v>
+      </c>
+      <c r="F168" s="7" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G168" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H168" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I168" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="J168" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K168" s="7">
+        <v>2</v>
+      </c>
+      <c r="L168" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="169" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A169" s="40"/>
       <c r="B169" s="29" t="s">
+        <v>373</v>
+      </c>
+      <c r="C169" s="29" t="s">
+        <v>160</v>
+      </c>
+      <c r="D169" s="29" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E169" s="6">
+        <v>40565746</v>
+      </c>
+      <c r="F169" s="6"/>
+      <c r="G169" s="27" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H169" s="29" t="s">
+        <v>378</v>
+      </c>
+      <c r="I169" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J169" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K169" s="6">
+        <v>2</v>
+      </c>
+      <c r="L169" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="170" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A170" s="40"/>
+      <c r="B170" s="29" t="s">
         <v>704</v>
       </c>
-      <c r="C169" s="29" t="s">
+      <c r="C170" s="29" t="s">
         <v>27</v>
       </c>
-      <c r="D169" s="29" t="s">
-[...2 lines deleted...]
-      <c r="E169" s="6" t="s">
+      <c r="D170" s="29" t="s">
+        <v>1718</v>
+      </c>
+      <c r="E170" s="6" t="s">
         <v>1288</v>
-      </c>
-[...36 lines deleted...]
-        <v>1441</v>
       </c>
       <c r="F170" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G170" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H170" s="29" t="s">
         <v>1067</v>
       </c>
       <c r="I170" s="6" t="s">
-        <v>2</v>
+        <v>74</v>
       </c>
       <c r="J170" s="6" t="s">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K170" s="6">
         <v>2</v>
       </c>
       <c r="L170" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="171" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A171" s="40" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B171" s="29" t="s">
-        <v>858</v>
+        <v>1438</v>
       </c>
       <c r="C171" s="29" t="s">
-        <v>35</v>
+        <v>1439</v>
       </c>
       <c r="D171" s="29" t="s">
-        <v>1721</v>
+        <v>1440</v>
       </c>
       <c r="E171" s="6" t="s">
-        <v>1429</v>
+        <v>1441</v>
       </c>
       <c r="F171" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G171" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H171" s="29" t="s">
-        <v>1240</v>
+        <v>1067</v>
       </c>
       <c r="I171" s="6" t="s">
-        <v>1430</v>
+        <v>2</v>
       </c>
       <c r="J171" s="6" t="s">
-        <v>1430</v>
+        <v>2</v>
       </c>
       <c r="K171" s="6">
         <v>2</v>
       </c>
-      <c r="L171" s="6" t="s">
-        <v>3</v>
+      <c r="L171" s="6">
+        <v>2</v>
       </c>
     </row>
     <row r="172" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A172" s="40" t="s">
+        <v>32</v>
+      </c>
+      <c r="B172" s="29" t="s">
+        <v>858</v>
+      </c>
+      <c r="C172" s="29" t="s">
+        <v>35</v>
+      </c>
+      <c r="D172" s="29" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E172" s="6" t="s">
+        <v>1429</v>
+      </c>
+      <c r="F172" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G172" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H172" s="29" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I172" s="6" t="s">
+        <v>1430</v>
+      </c>
+      <c r="J172" s="6" t="s">
+        <v>1430</v>
+      </c>
+      <c r="K172" s="6">
+        <v>2</v>
+      </c>
+      <c r="L172" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="173" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A173" s="40" t="s">
         <v>66</v>
       </c>
-      <c r="B172" s="24" t="s">
+      <c r="B173" s="24" t="s">
         <v>831</v>
       </c>
-      <c r="C172" s="24" t="s">
+      <c r="C173" s="24" t="s">
         <v>155</v>
       </c>
-      <c r="D172" s="24" t="s">
+      <c r="D173" s="24" t="s">
         <v>715</v>
       </c>
-      <c r="E172" s="24" t="s">
+      <c r="E173" s="24" t="s">
         <v>832</v>
       </c>
-      <c r="F172" s="24" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="F173" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G173" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H173" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I173" s="7" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="J173" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K173" s="7">
         <v>2</v>
       </c>
-      <c r="L173" s="7" t="s">
-        <v>3</v>
+      <c r="L173" s="7">
+        <v>2</v>
       </c>
     </row>
     <row r="174" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A174" s="40"/>
       <c r="B174" s="24" t="s">
-        <v>835</v>
-[...16 lines deleted...]
-      <c r="H174" s="25" t="s">
+        <v>833</v>
+      </c>
+      <c r="C174" s="24" t="s">
+        <v>240</v>
+      </c>
+      <c r="D174" s="24" t="s">
+        <v>721</v>
+      </c>
+      <c r="E174" s="24" t="s">
+        <v>834</v>
+      </c>
+      <c r="F174" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G174" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H174" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I174" s="7" t="s">
-        <v>74</v>
+        <v>5</v>
       </c>
       <c r="J174" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K174" s="7">
         <v>2</v>
       </c>
       <c r="L174" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="175" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A175" s="40"/>
       <c r="B175" s="24" t="s">
+        <v>835</v>
+      </c>
+      <c r="C175" s="25" t="s">
+        <v>176</v>
+      </c>
+      <c r="D175" s="25" t="s">
+        <v>837</v>
+      </c>
+      <c r="E175" s="25" t="s">
+        <v>836</v>
+      </c>
+      <c r="F175" s="25" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G175" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H175" s="25" t="s">
+        <v>378</v>
+      </c>
+      <c r="I175" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="J175" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K175" s="7">
+        <v>2</v>
+      </c>
+      <c r="L175" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="176" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A176" s="40"/>
+      <c r="B176" s="24" t="s">
         <v>838</v>
       </c>
-      <c r="C175" s="24" t="s">
+      <c r="C176" s="24" t="s">
         <v>168</v>
       </c>
-      <c r="D175" s="24" t="s">
+      <c r="D176" s="24" t="s">
         <v>300</v>
       </c>
-      <c r="E175" s="24" t="s">
+      <c r="E176" s="24" t="s">
         <v>839</v>
       </c>
-      <c r="F175" s="24" t="s">
-[...8 lines deleted...]
-      <c r="I175" s="7" t="s">
+      <c r="F176" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G176" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H176" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I176" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="J175" s="7" t="s">
+      <c r="J176" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="K175" s="7">
-[...7 lines deleted...]
-      <c r="A176" s="40" t="s">
+      <c r="K176" s="7">
+        <v>3</v>
+      </c>
+      <c r="L176" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="177" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A177" s="40" t="s">
         <v>131</v>
       </c>
-      <c r="B176" s="24" t="s">
+      <c r="B177" s="24" t="s">
         <v>840</v>
       </c>
-      <c r="C176" s="24" t="s">
+      <c r="C177" s="24" t="s">
         <v>841</v>
       </c>
-      <c r="D176" s="24" t="s">
+      <c r="D177" s="24" t="s">
         <v>879</v>
       </c>
-      <c r="E176" s="24" t="s">
+      <c r="E177" s="24" t="s">
         <v>842</v>
       </c>
-      <c r="F176" s="24" t="s">
-[...5 lines deleted...]
-      <c r="H176" s="24" t="s">
+      <c r="F177" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G177" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H177" s="24" t="s">
         <v>1067</v>
       </c>
-      <c r="I176" s="7" t="s">
+      <c r="I177" s="7" t="s">
         <v>199</v>
       </c>
-      <c r="J176" s="7" t="s">
-[...10 lines deleted...]
-      <c r="A177" s="137" t="s">
+      <c r="J177" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K177" s="7">
+        <v>3</v>
+      </c>
+      <c r="L177" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="178" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A178" s="139" t="s">
         <v>227</v>
       </c>
-      <c r="B177" s="137"/>
-[...12 lines deleted...]
-      <c r="A178" s="48" t="s">
+      <c r="B178" s="139"/>
+      <c r="C178" s="139"/>
+      <c r="D178" s="139"/>
+      <c r="E178" s="139"/>
+      <c r="F178" s="139"/>
+      <c r="G178" s="139"/>
+      <c r="H178" s="139"/>
+      <c r="I178" s="139"/>
+      <c r="J178" s="139"/>
+      <c r="K178" s="139"/>
+      <c r="L178" s="139"/>
+    </row>
+    <row r="179" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A179" s="48" t="s">
         <v>0</v>
       </c>
-      <c r="B178" s="10" t="s">
+      <c r="B179" s="10" t="s">
         <v>267</v>
       </c>
-      <c r="C178" s="10" t="s">
+      <c r="C179" s="10" t="s">
         <v>375</v>
       </c>
-      <c r="D178" s="10" t="s">
+      <c r="D179" s="10" t="s">
         <v>686</v>
       </c>
-      <c r="E178" s="10" t="s">
+      <c r="E179" s="10" t="s">
         <v>582</v>
       </c>
-      <c r="F178" s="41" t="s">
+      <c r="F179" s="41" t="s">
         <v>1484</v>
       </c>
-      <c r="G178" s="10" t="s">
+      <c r="G179" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="H178" s="10" t="s">
+      <c r="H179" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="I178" s="10" t="s">
+      <c r="I179" s="10" t="s">
         <v>269</v>
       </c>
-      <c r="J178" s="10" t="s">
+      <c r="J179" s="10" t="s">
         <v>270</v>
       </c>
-      <c r="K178" s="10" t="s">
+      <c r="K179" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="L178" s="10" t="s">
+      <c r="L179" s="10" t="s">
         <v>272</v>
-      </c>
-[...34 lines deleted...]
-        <v>3</v>
       </c>
     </row>
     <row r="180" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A180" s="40" t="s">
+        <v>9</v>
+      </c>
+      <c r="B180" s="24" t="s">
+        <v>276</v>
+      </c>
+      <c r="C180" s="24" t="s">
+        <v>255</v>
+      </c>
+      <c r="D180" s="24"/>
+      <c r="E180" s="24" t="s">
+        <v>844</v>
+      </c>
+      <c r="F180" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G180" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H180" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I180" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="J180" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K180" s="7">
+        <v>3</v>
+      </c>
+      <c r="L180" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="181" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A181" s="40" t="s">
         <v>11</v>
       </c>
-      <c r="B180" s="24" t="s">
+      <c r="B181" s="24" t="s">
         <v>845</v>
       </c>
-      <c r="C180" s="25" t="s">
+      <c r="C181" s="25" t="s">
         <v>257</v>
       </c>
-      <c r="D180" s="25" t="s">
-[...2 lines deleted...]
-      <c r="E180" s="25" t="s">
+      <c r="D181" s="25" t="s">
+        <v>1722</v>
+      </c>
+      <c r="E181" s="25" t="s">
         <v>846</v>
       </c>
-      <c r="F180" s="25"/>
-[...6 lines deleted...]
-      <c r="I180" s="7" t="s">
+      <c r="F181" s="25"/>
+      <c r="G181" s="28" t="s">
+        <v>1846</v>
+      </c>
+      <c r="H181" s="25" t="s">
+        <v>378</v>
+      </c>
+      <c r="I181" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="J180" s="7" t="s">
-[...11 lines deleted...]
-      <c r="B181" s="24" t="s">
+      <c r="J181" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K181" s="7">
+        <v>2</v>
+      </c>
+      <c r="L181" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="182" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A182" s="40"/>
+      <c r="B182" s="24" t="s">
         <v>284</v>
       </c>
-      <c r="C181" s="25" t="s">
+      <c r="C182" s="25" t="s">
         <v>17</v>
       </c>
-      <c r="D181" s="25" t="s">
+      <c r="D182" s="25" t="s">
         <v>1162</v>
       </c>
-      <c r="E181" s="25" t="s">
+      <c r="E182" s="25" t="s">
         <v>1161</v>
       </c>
-      <c r="F181" s="25" t="s">
-[...5 lines deleted...]
-      <c r="H181" s="25" t="s">
+      <c r="F182" s="25" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G182" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H182" s="25" t="s">
         <v>1067</v>
       </c>
-      <c r="I181" s="7" t="s">
+      <c r="I182" s="7" t="s">
         <v>15</v>
       </c>
-      <c r="J181" s="7" t="s">
-[...2 lines deleted...]
-      <c r="K181" s="7">
+      <c r="J182" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K182" s="7">
         <v>1</v>
       </c>
-      <c r="L181" s="7" t="s">
-[...5 lines deleted...]
-      <c r="B182" s="6" t="s">
+      <c r="L182" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="183" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A183" s="19"/>
+      <c r="B183" s="6" t="s">
         <v>447</v>
       </c>
-      <c r="C182" s="6" t="s">
+      <c r="C183" s="6" t="s">
         <v>244</v>
       </c>
-      <c r="D182" s="6" t="s">
+      <c r="D183" s="6" t="s">
         <v>1101</v>
       </c>
-      <c r="E182" s="6" t="s">
+      <c r="E183" s="6" t="s">
         <v>1313</v>
       </c>
-      <c r="F182" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H182" s="6" t="s">
+      <c r="F183" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G183" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H183" s="6" t="s">
         <v>1342</v>
-      </c>
-[...32 lines deleted...]
-        <v>378</v>
       </c>
       <c r="I183" s="6" t="s">
         <v>2</v>
       </c>
       <c r="J183" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K183" s="6">
         <v>2</v>
       </c>
       <c r="L183" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="184" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A184" s="40"/>
       <c r="B184" s="29" t="s">
-        <v>1619</v>
+        <v>523</v>
       </c>
       <c r="C184" s="29" t="s">
-        <v>1618</v>
-[...9 lines deleted...]
-        <v>275</v>
+        <v>13</v>
+      </c>
+      <c r="D184" s="29" t="s">
+        <v>1479</v>
+      </c>
+      <c r="E184" s="29" t="s">
+        <v>1480</v>
+      </c>
+      <c r="F184" s="29"/>
+      <c r="G184" s="28" t="s">
+        <v>1901</v>
       </c>
       <c r="H184" s="29" t="s">
-        <v>1522</v>
+        <v>378</v>
       </c>
       <c r="I184" s="6" t="s">
-        <v>1620</v>
+        <v>2</v>
       </c>
       <c r="J184" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K184" s="6">
         <v>2</v>
       </c>
-      <c r="L184" s="6">
-        <v>2</v>
+      <c r="L184" s="6" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="185" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A185" s="40"/>
-      <c r="B185" s="24" t="s">
-[...9 lines deleted...]
-      <c r="F185" s="24" t="s">
+      <c r="B185" s="29" t="s">
+        <v>1618</v>
+      </c>
+      <c r="C185" s="29" t="s">
+        <v>1617</v>
+      </c>
+      <c r="D185" s="29"/>
+      <c r="E185" s="6">
+        <v>42289699</v>
+      </c>
+      <c r="F185" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G185" s="26" t="s">
         <v>275</v>
       </c>
-      <c r="H185" s="24" t="s">
+      <c r="H185" s="29" t="s">
         <v>1522</v>
       </c>
-      <c r="I185" s="7" t="s">
-[...9 lines deleted...]
-        <v>3</v>
+      <c r="I185" s="6" t="s">
+        <v>1619</v>
+      </c>
+      <c r="J185" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K185" s="6">
+        <v>2</v>
+      </c>
+      <c r="L185" s="6">
+        <v>2</v>
       </c>
     </row>
     <row r="186" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A186" s="40"/>
       <c r="B186" s="24" t="s">
-        <v>279</v>
+        <v>995</v>
       </c>
       <c r="C186" s="24" t="s">
-        <v>16</v>
-[...3 lines deleted...]
-      </c>
+        <v>996</v>
+      </c>
+      <c r="D186" s="24"/>
       <c r="E186" s="24" t="s">
-        <v>857</v>
+        <v>997</v>
       </c>
       <c r="F186" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G186" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H186" s="24" t="s">
-        <v>378</v>
-[...2 lines deleted...]
-        <v>1767</v>
+        <v>1522</v>
+      </c>
+      <c r="I186" s="7" t="s">
+        <v>3</v>
       </c>
       <c r="J186" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K186" s="7">
         <v>1</v>
       </c>
-      <c r="L186" s="7">
-        <v>1</v>
+      <c r="L186" s="7" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="187" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A187" s="40"/>
       <c r="B187" s="24" t="s">
+        <v>279</v>
+      </c>
+      <c r="C187" s="24" t="s">
+        <v>16</v>
+      </c>
+      <c r="D187" s="24" t="s">
+        <v>856</v>
+      </c>
+      <c r="E187" s="24" t="s">
+        <v>857</v>
+      </c>
+      <c r="F187" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G187" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H187" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I187" s="6" t="s">
+        <v>1766</v>
+      </c>
+      <c r="J187" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K187" s="7">
+        <v>1</v>
+      </c>
+      <c r="L187" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="188" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A188" s="40"/>
+      <c r="B188" s="24" t="s">
         <v>704</v>
       </c>
-      <c r="C187" s="24" t="s">
+      <c r="C188" s="24" t="s">
         <v>27</v>
       </c>
-      <c r="D187" s="24" t="s">
+      <c r="D188" s="24" t="s">
         <v>1298</v>
       </c>
-      <c r="E187" s="24" t="s">
+      <c r="E188" s="24" t="s">
         <v>1299</v>
       </c>
-      <c r="F187" s="24" t="s">
-[...5 lines deleted...]
-      <c r="H187" s="24" t="s">
+      <c r="F188" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G188" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H188" s="24" t="s">
         <v>1067</v>
       </c>
-      <c r="I187" s="6" t="s">
+      <c r="I188" s="6" t="s">
         <v>6</v>
       </c>
-      <c r="J187" s="7" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="J188" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K188" s="7">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="L188" s="7">
+        <v>2</v>
       </c>
     </row>
     <row r="189" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A189" s="40" t="s">
-        <v>41</v>
+        <v>32</v>
       </c>
       <c r="B189" s="24" t="s">
-        <v>847</v>
+        <v>858</v>
       </c>
       <c r="C189" s="25" t="s">
-        <v>258</v>
+        <v>35</v>
       </c>
       <c r="D189" s="25" t="s">
-        <v>849</v>
+        <v>860</v>
       </c>
       <c r="E189" s="25" t="s">
-        <v>848</v>
+        <v>859</v>
       </c>
       <c r="F189" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G189" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H189" s="25" t="s">
-        <v>378</v>
+        <v>380</v>
       </c>
       <c r="I189" s="7" t="s">
-        <v>6</v>
-[...8 lines deleted...]
-        <v>1</v>
+        <v>4</v>
+      </c>
+      <c r="J189" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K189" s="7">
+        <v>3</v>
+      </c>
+      <c r="L189" s="7" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="190" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A190" s="40" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="B190" s="24" t="s">
-        <v>390</v>
+        <v>847</v>
       </c>
       <c r="C190" s="25" t="s">
-        <v>47</v>
+        <v>258</v>
       </c>
       <c r="D190" s="25" t="s">
-        <v>391</v>
+        <v>849</v>
       </c>
       <c r="E190" s="25" t="s">
-        <v>392</v>
+        <v>848</v>
       </c>
       <c r="F190" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G190" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H190" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I190" s="7" t="s">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J190" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K190" s="6">
         <v>1</v>
       </c>
-      <c r="L190" s="6" t="s">
-        <v>3</v>
+      <c r="L190" s="6">
+        <v>1</v>
       </c>
     </row>
     <row r="191" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A191" s="40"/>
+      <c r="A191" s="40" t="s">
+        <v>43</v>
+      </c>
       <c r="B191" s="24" t="s">
-        <v>1602</v>
+        <v>1957</v>
       </c>
       <c r="C191" s="25" t="s">
-        <v>1589</v>
-[...5 lines deleted...]
-        <v>1615</v>
+        <v>1958</v>
+      </c>
+      <c r="D191" s="8"/>
+      <c r="E191" s="8">
+        <v>52495855</v>
       </c>
       <c r="F191" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G191" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H191" s="25" t="s">
-        <v>1240</v>
-[...2 lines deleted...]
-        <v>1134</v>
+        <v>1522</v>
+      </c>
+      <c r="I191" s="6" t="s">
+        <v>23</v>
       </c>
       <c r="J191" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K191" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="L191" s="6">
-        <v>1</v>
+        <v>2</v>
       </c>
     </row>
     <row r="192" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A192" s="40" t="s">
+        <v>46</v>
+      </c>
+      <c r="B192" s="24" t="s">
+        <v>390</v>
+      </c>
+      <c r="C192" s="25" t="s">
+        <v>47</v>
+      </c>
+      <c r="D192" s="25" t="s">
+        <v>391</v>
+      </c>
+      <c r="E192" s="25" t="s">
+        <v>392</v>
+      </c>
+      <c r="F192" s="25" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G192" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H192" s="25" t="s">
+        <v>378</v>
+      </c>
+      <c r="I192" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="J192" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K192" s="6">
+        <v>1</v>
+      </c>
+      <c r="L192" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="193" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A193" s="40"/>
+      <c r="B193" s="24" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C193" s="25" t="s">
+        <v>1589</v>
+      </c>
+      <c r="D193" s="25" t="s">
+        <v>1723</v>
+      </c>
+      <c r="E193" s="25" t="s">
+        <v>1614</v>
+      </c>
+      <c r="F193" s="25" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G193" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H193" s="25" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I193" s="7" t="s">
+        <v>1134</v>
+      </c>
+      <c r="J193" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K193" s="6">
+        <v>1</v>
+      </c>
+      <c r="L193" s="6">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="194" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A194" s="40" t="s">
         <v>56</v>
       </c>
-      <c r="B192" s="29" t="s">
+      <c r="B194" s="29" t="s">
         <v>1109</v>
       </c>
-      <c r="C192" s="29" t="s">
+      <c r="C194" s="29" t="s">
         <v>1108</v>
       </c>
-      <c r="D192" s="29" t="s">
+      <c r="D194" s="29" t="s">
         <v>1110</v>
       </c>
-      <c r="E192" s="29" t="s">
+      <c r="E194" s="29" t="s">
         <v>1358</v>
       </c>
-      <c r="F192" s="29" t="s">
-[...5 lines deleted...]
-      <c r="H192" s="29" t="s">
+      <c r="F194" s="29" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G194" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H194" s="29" t="s">
         <v>380</v>
       </c>
-      <c r="I192" s="6" t="s">
-[...13 lines deleted...]
-      <c r="A193" s="40" t="s">
+      <c r="I194" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J194" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K194" s="6">
+        <v>2</v>
+      </c>
+      <c r="L194" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="195" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A195" s="40" t="s">
         <v>66</v>
       </c>
-      <c r="B193" s="29" t="s">
+      <c r="B195" s="29" t="s">
         <v>1608</v>
       </c>
-      <c r="C193" s="29" t="s">
+      <c r="C195" s="29" t="s">
         <v>1609</v>
       </c>
-      <c r="D193" s="29" t="s">
+      <c r="D195" s="29" t="s">
         <v>300</v>
       </c>
-      <c r="E193" s="6" t="s">
+      <c r="E195" s="6" t="s">
+        <v>1627</v>
+      </c>
+      <c r="F195" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G195" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H195" s="29" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I195" s="6" t="s">
         <v>1628</v>
       </c>
-      <c r="F193" s="6" t="s">
-[...90 lines deleted...]
-        <v>3</v>
+      <c r="J195" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K195" s="6">
+        <v>2</v>
+      </c>
+      <c r="L195" s="6">
+        <v>2</v>
       </c>
     </row>
     <row r="196" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A196" s="40"/>
       <c r="B196" s="24" t="s">
-        <v>324</v>
+        <v>532</v>
       </c>
       <c r="C196" s="25" t="s">
-        <v>158</v>
+        <v>75</v>
       </c>
       <c r="D196" s="25" t="s">
-        <v>322</v>
+        <v>862</v>
       </c>
       <c r="E196" s="25" t="s">
-        <v>850</v>
+        <v>861</v>
       </c>
       <c r="F196" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G196" s="34" t="s">
         <v>275</v>
       </c>
       <c r="H196" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I196" s="7" t="s">
         <v>6</v>
       </c>
       <c r="J196" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K196" s="7">
         <v>2</v>
       </c>
       <c r="L196" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="197" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A197" s="40"/>
       <c r="B197" s="24" t="s">
-        <v>671</v>
+        <v>534</v>
       </c>
       <c r="C197" s="25" t="s">
-        <v>1170</v>
+        <v>170</v>
       </c>
       <c r="D197" s="25" t="s">
-        <v>300</v>
-[...4 lines deleted...]
-      <c r="F197" s="8" t="s">
+        <v>1105</v>
+      </c>
+      <c r="E197" s="25" t="s">
+        <v>851</v>
+      </c>
+      <c r="F197" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G197" s="34" t="s">
         <v>275</v>
       </c>
-      <c r="H197" s="24" t="s">
-        <v>1067</v>
+      <c r="H197" s="25" t="s">
+        <v>378</v>
       </c>
       <c r="I197" s="7" t="s">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="J197" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K197" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L197" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="198" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A198" s="40"/>
       <c r="B198" s="24" t="s">
+        <v>324</v>
+      </c>
+      <c r="C198" s="25" t="s">
+        <v>158</v>
+      </c>
+      <c r="D198" s="25" t="s">
+        <v>322</v>
+      </c>
+      <c r="E198" s="25" t="s">
+        <v>850</v>
+      </c>
+      <c r="F198" s="25" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G198" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H198" s="25" t="s">
+        <v>378</v>
+      </c>
+      <c r="I198" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="J198" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K198" s="7">
+        <v>2</v>
+      </c>
+      <c r="L198" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="199" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A199" s="40"/>
+      <c r="B199" s="24" t="s">
+        <v>671</v>
+      </c>
+      <c r="C199" s="25" t="s">
+        <v>1170</v>
+      </c>
+      <c r="D199" s="25" t="s">
+        <v>300</v>
+      </c>
+      <c r="E199" s="8">
+        <v>10829305</v>
+      </c>
+      <c r="F199" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G199" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H199" s="24" t="s">
+        <v>1067</v>
+      </c>
+      <c r="I199" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="J199" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K199" s="7">
+        <v>2</v>
+      </c>
+      <c r="L199" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="200" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A200" s="40"/>
+      <c r="B200" s="24" t="s">
         <v>1191</v>
       </c>
-      <c r="C198" s="25" t="s">
+      <c r="C200" s="25" t="s">
         <v>1163</v>
       </c>
-      <c r="D198" s="25" t="s">
+      <c r="D200" s="25" t="s">
         <v>1165</v>
       </c>
-      <c r="E198" s="8" t="s">
+      <c r="E200" s="8" t="s">
         <v>1164</v>
       </c>
-      <c r="F198" s="8" t="s">
-[...5 lines deleted...]
-      <c r="H198" s="24" t="s">
+      <c r="F200" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G200" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H200" s="24" t="s">
         <v>1067</v>
       </c>
-      <c r="I198" s="7" t="s">
-[...82 lines deleted...]
-      <c r="L200" s="6">
+      <c r="I200" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="J200" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K200" s="7">
+        <v>2</v>
+      </c>
+      <c r="L200" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="201" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A201" s="40" t="s">
-        <v>101</v>
-[...13 lines deleted...]
-      <c r="F201" s="6" t="s">
+        <v>94</v>
+      </c>
+      <c r="B201" s="24" t="s">
+        <v>853</v>
+      </c>
+      <c r="C201" s="25" t="s">
+        <v>192</v>
+      </c>
+      <c r="D201" s="25"/>
+      <c r="E201" s="25" t="s">
+        <v>852</v>
+      </c>
+      <c r="F201" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G201" s="34" t="s">
         <v>275</v>
       </c>
-      <c r="H201" s="29" t="s">
+      <c r="H201" s="25" t="s">
+        <v>378</v>
+      </c>
+      <c r="I201" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="J201" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K201" s="7">
+        <v>1</v>
+      </c>
+      <c r="L201" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="202" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A202" s="40" t="s">
+        <v>916</v>
+      </c>
+      <c r="B202" s="29" t="s">
+        <v>1405</v>
+      </c>
+      <c r="C202" s="29" t="s">
+        <v>1404</v>
+      </c>
+      <c r="D202" s="29" t="s">
+        <v>1506</v>
+      </c>
+      <c r="E202" s="6">
+        <v>26179745</v>
+      </c>
+      <c r="F202" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G202" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H202" s="29" t="s">
         <v>1067</v>
       </c>
-      <c r="I201" s="6" t="s">
-[...34 lines deleted...]
-      </c>
       <c r="I202" s="6" t="s">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="J202" s="6" t="s">
         <v>3</v>
       </c>
       <c r="K202" s="6">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="L202" s="6">
+        <v>2</v>
       </c>
     </row>
     <row r="203" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A203" s="40" t="s">
-        <v>117</v>
-[...11 lines deleted...]
-      <c r="F203" s="8" t="s">
+        <v>101</v>
+      </c>
+      <c r="B203" s="29" t="s">
+        <v>1419</v>
+      </c>
+      <c r="C203" s="29" t="s">
+        <v>1418</v>
+      </c>
+      <c r="D203" s="29" t="s">
+        <v>1636</v>
+      </c>
+      <c r="E203" s="6" t="s">
+        <v>1420</v>
+      </c>
+      <c r="F203" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G203" s="34" t="s">
         <v>275</v>
       </c>
-      <c r="H203" s="25" t="s">
+      <c r="H203" s="29" t="s">
         <v>1067</v>
       </c>
-      <c r="I203" s="7" t="s">
-[...9 lines deleted...]
-        <v>1</v>
+      <c r="I203" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="J203" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K203" s="6">
+        <v>2</v>
+      </c>
+      <c r="L203" s="6" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="204" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A204" s="40"/>
-      <c r="B204" s="24" t="s">
-[...11 lines deleted...]
-      <c r="F204" s="8" t="s">
+      <c r="B204" s="29" t="s">
+        <v>1787</v>
+      </c>
+      <c r="C204" s="29" t="s">
+        <v>113</v>
+      </c>
+      <c r="D204" s="29" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E204" s="6" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F204" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G204" s="34" t="s">
         <v>275</v>
       </c>
-      <c r="H204" s="25" t="s">
-[...12 lines deleted...]
-        <v>2</v>
+      <c r="H204" s="29" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I204" s="6" t="s">
+        <v>26</v>
+      </c>
+      <c r="J204" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K204" s="6">
+        <v>3</v>
+      </c>
+      <c r="L204" s="6" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="205" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A205" s="40"/>
-[...25 lines deleted...]
-      <c r="K205" s="6">
+      <c r="A205" s="40" t="s">
+        <v>117</v>
+      </c>
+      <c r="B205" s="24" t="s">
+        <v>1190</v>
+      </c>
+      <c r="C205" s="25" t="s">
+        <v>1031</v>
+      </c>
+      <c r="D205" s="25"/>
+      <c r="E205" s="8">
+        <v>6917198</v>
+      </c>
+      <c r="F205" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G205" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H205" s="25" t="s">
+        <v>1067</v>
+      </c>
+      <c r="I205" s="7" t="s">
+        <v>1033</v>
+      </c>
+      <c r="J205" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K205" s="7">
         <v>1</v>
       </c>
-      <c r="L205" s="6">
+      <c r="L205" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="206" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A206" s="40"/>
       <c r="B206" s="24" t="s">
-        <v>1187</v>
+        <v>973</v>
       </c>
       <c r="C206" s="25" t="s">
-        <v>1188</v>
-[...5 lines deleted...]
-        <v>1843</v>
+        <v>140</v>
+      </c>
+      <c r="D206" s="25" t="s">
+        <v>1189</v>
+      </c>
+      <c r="E206" s="8">
+        <v>18513393</v>
+      </c>
+      <c r="F206" s="8" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G206" s="34" t="s">
+        <v>275</v>
       </c>
       <c r="H206" s="25" t="s">
-        <v>1067</v>
+        <v>378</v>
       </c>
       <c r="I206" s="7" t="s">
-        <v>6</v>
+        <v>1134</v>
       </c>
       <c r="J206" s="7" t="s">
         <v>3</v>
       </c>
-      <c r="K206" s="6">
+      <c r="K206" s="7">
+        <v>2</v>
+      </c>
+      <c r="L206" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="207" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A207" s="40"/>
+      <c r="B207" s="29" t="s">
+        <v>1407</v>
+      </c>
+      <c r="C207" s="29" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D207" s="29" t="s">
+        <v>1406</v>
+      </c>
+      <c r="E207" s="6" t="s">
+        <v>1841</v>
+      </c>
+      <c r="F207" s="6"/>
+      <c r="G207" s="74" t="s">
+        <v>1581</v>
+      </c>
+      <c r="H207" s="29" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I207" s="6" t="s">
+        <v>1508</v>
+      </c>
+      <c r="J207" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K207" s="6">
         <v>1</v>
       </c>
-      <c r="L206" s="7" t="s">
-[...36 lines deleted...]
-      </c>
       <c r="L207" s="6">
-        <v>2</v>
+        <v>1</v>
       </c>
     </row>
     <row r="208" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A208" s="40"/>
-      <c r="B208" s="29" t="s">
-[...17 lines deleted...]
-      <c r="H208" s="29" t="s">
+      <c r="B208" s="24" t="s">
+        <v>1187</v>
+      </c>
+      <c r="C208" s="25" t="s">
+        <v>1188</v>
+      </c>
+      <c r="D208" s="25"/>
+      <c r="E208" s="8"/>
+      <c r="F208" s="8"/>
+      <c r="G208" s="39" t="s">
+        <v>1842</v>
+      </c>
+      <c r="H208" s="25" t="s">
         <v>1067</v>
       </c>
-      <c r="I208" s="6" t="s">
-[...2 lines deleted...]
-      <c r="J208" s="6" t="s">
+      <c r="I208" s="7" t="s">
+        <v>6</v>
+      </c>
+      <c r="J208" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K208" s="6">
-        <v>2</v>
-[...2 lines deleted...]
-        <v>2</v>
+        <v>1</v>
+      </c>
+      <c r="L208" s="7" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="209" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A209" s="40"/>
-[...6 lines deleted...]
-      <c r="D209" s="30" t="s">
+      <c r="A209" s="40" t="s">
+        <v>131</v>
+      </c>
+      <c r="B209" s="29" t="s">
+        <v>1107</v>
+      </c>
+      <c r="C209" s="29" t="s">
+        <v>1106</v>
+      </c>
+      <c r="D209" s="29" t="s">
         <v>854</v>
       </c>
-      <c r="E209" s="30" t="s">
-[...2 lines deleted...]
-      <c r="F209" s="30" t="s">
+      <c r="E209" s="6" t="s">
+        <v>1474</v>
+      </c>
+      <c r="F209" s="6" t="s">
         <v>1483</v>
       </c>
       <c r="G209" s="38" t="s">
         <v>275</v>
       </c>
-      <c r="H209" s="30" t="s">
-[...11 lines deleted...]
-      <c r="L209" s="7">
+      <c r="H209" s="29" t="s">
+        <v>378</v>
+      </c>
+      <c r="I209" s="6" t="s">
+        <v>73</v>
+      </c>
+      <c r="J209" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K209" s="6">
+        <v>2</v>
+      </c>
+      <c r="L209" s="6">
         <v>2</v>
       </c>
     </row>
     <row r="210" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A210" s="40"/>
-      <c r="B210" s="24" t="s">
+      <c r="B210" s="29" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C210" s="29" t="s">
+        <v>239</v>
+      </c>
+      <c r="D210" s="29" t="s">
+        <v>1424</v>
+      </c>
+      <c r="E210" s="6">
+        <v>35258591</v>
+      </c>
+      <c r="F210" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G210" s="38" t="s">
+        <v>275</v>
+      </c>
+      <c r="H210" s="29" t="s">
+        <v>1067</v>
+      </c>
+      <c r="I210" s="6" t="s">
+        <v>1127</v>
+      </c>
+      <c r="J210" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K210" s="6">
+        <v>2</v>
+      </c>
+      <c r="L210" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="211" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A211" s="40"/>
+      <c r="B211" s="24" t="s">
+        <v>800</v>
+      </c>
+      <c r="C211" s="30" t="s">
+        <v>181</v>
+      </c>
+      <c r="D211" s="30" t="s">
+        <v>854</v>
+      </c>
+      <c r="E211" s="30" t="s">
+        <v>855</v>
+      </c>
+      <c r="F211" s="30" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G211" s="38" t="s">
+        <v>275</v>
+      </c>
+      <c r="H211" s="30" t="s">
+        <v>378</v>
+      </c>
+      <c r="I211" s="7" t="s">
+        <v>2</v>
+      </c>
+      <c r="J211" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K211" s="7">
+        <v>2</v>
+      </c>
+      <c r="L211" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="212" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A212" s="40"/>
+      <c r="B212" s="24" t="s">
         <v>1287</v>
       </c>
-      <c r="C210" s="30" t="s">
+      <c r="C212" s="30" t="s">
         <v>1194</v>
       </c>
-      <c r="D210" s="30" t="s">
+      <c r="D212" s="30" t="s">
         <v>1195</v>
       </c>
-      <c r="E210" s="30" t="s">
+      <c r="E212" s="30" t="s">
         <v>1196</v>
       </c>
-      <c r="F210" s="30" t="s">
-[...5 lines deleted...]
-      <c r="H210" s="30" t="s">
+      <c r="F212" s="30" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G212" s="38" t="s">
+        <v>275</v>
+      </c>
+      <c r="H212" s="30" t="s">
         <v>1067</v>
       </c>
-      <c r="I210" s="7" t="s">
+      <c r="I212" s="7" t="s">
         <v>1127</v>
       </c>
-      <c r="J210" s="7" t="s">
-[...10 lines deleted...]
-      <c r="A211" s="136" t="s">
+      <c r="J212" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K212" s="7">
+        <v>2</v>
+      </c>
+      <c r="L212" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="213" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A213" s="134" t="s">
         <v>263</v>
       </c>
-      <c r="B211" s="136"/>
-[...12 lines deleted...]
-      <c r="A212" s="48" t="s">
+      <c r="B213" s="134"/>
+      <c r="C213" s="134"/>
+      <c r="D213" s="134"/>
+      <c r="E213" s="134"/>
+      <c r="F213" s="134"/>
+      <c r="G213" s="134"/>
+      <c r="H213" s="134"/>
+      <c r="I213" s="134"/>
+      <c r="J213" s="134"/>
+      <c r="K213" s="134"/>
+      <c r="L213" s="134"/>
+    </row>
+    <row r="214" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A214" s="48" t="s">
         <v>0</v>
       </c>
-      <c r="B212" s="10" t="s">
+      <c r="B214" s="10" t="s">
         <v>267</v>
       </c>
-      <c r="C212" s="10" t="s">
+      <c r="C214" s="10" t="s">
         <v>375</v>
       </c>
-      <c r="D212" s="10" t="s">
+      <c r="D214" s="10" t="s">
         <v>686</v>
       </c>
-      <c r="E212" s="10" t="s">
+      <c r="E214" s="10" t="s">
         <v>582</v>
       </c>
-      <c r="F212" s="41" t="s">
+      <c r="F214" s="41" t="s">
         <v>1484</v>
       </c>
-      <c r="G212" s="10" t="s">
+      <c r="G214" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="H212" s="10" t="s">
+      <c r="H214" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="I212" s="10" t="s">
+      <c r="I214" s="10" t="s">
         <v>269</v>
       </c>
-      <c r="J212" s="10" t="s">
+      <c r="J214" s="10" t="s">
         <v>270</v>
       </c>
-      <c r="K212" s="10" t="s">
+      <c r="K214" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="L212" s="10" t="s">
+      <c r="L214" s="10" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="213" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A213" s="40" t="s">
+    <row r="215" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A215" s="40" t="s">
         <v>11</v>
       </c>
-      <c r="B213" s="24" t="s">
+      <c r="B215" s="24" t="s">
         <v>284</v>
       </c>
-      <c r="C213" s="24" t="s">
+      <c r="C215" s="24" t="s">
         <v>17</v>
-      </c>
-[...70 lines deleted...]
-        <v>877</v>
       </c>
       <c r="D215" s="29" t="s">
         <v>1324</v>
       </c>
-      <c r="E215" s="29" t="s">
-[...8 lines deleted...]
-      <c r="H215" s="29" t="s">
+      <c r="E215" s="24" t="s">
+        <v>871</v>
+      </c>
+      <c r="F215" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G215" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H215" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I215" s="7" t="s">
-        <v>1319</v>
+        <v>2</v>
       </c>
       <c r="J215" s="7" t="s">
-        <v>1320</v>
+        <v>3</v>
       </c>
       <c r="K215" s="7">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="L215" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="216" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+    <row r="216" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A216" s="40"/>
-      <c r="B216" s="29" t="s">
-[...29 lines deleted...]
-      <c r="L216" s="7" t="s">
+      <c r="B216" s="6" t="s">
+        <v>277</v>
+      </c>
+      <c r="C216" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="D216" s="6" t="s">
+        <v>1325</v>
+      </c>
+      <c r="E216" s="6" t="s">
+        <v>1166</v>
+      </c>
+      <c r="F216" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G216" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H216" s="6" t="s">
+        <v>1240</v>
+      </c>
+      <c r="I216" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J216" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K216" s="6">
+        <v>1</v>
+      </c>
+      <c r="L216" s="6" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="217" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A217" s="40"/>
       <c r="B217" s="29" t="s">
-        <v>1118</v>
+        <v>285</v>
       </c>
       <c r="C217" s="29" t="s">
-        <v>1116</v>
+        <v>877</v>
       </c>
       <c r="D217" s="29" t="s">
-        <v>1117</v>
+        <v>1324</v>
       </c>
       <c r="E217" s="29" t="s">
-        <v>1182</v>
+        <v>1112</v>
       </c>
       <c r="F217" s="29" t="s">
         <v>1483</v>
       </c>
       <c r="G217" s="36" t="s">
         <v>275</v>
       </c>
       <c r="H217" s="29" t="s">
         <v>378</v>
       </c>
       <c r="I217" s="7" t="s">
-        <v>4</v>
+        <v>1319</v>
       </c>
       <c r="J217" s="7" t="s">
-        <v>3</v>
+        <v>1320</v>
       </c>
       <c r="K217" s="7">
         <v>2</v>
       </c>
-      <c r="L217" s="7" t="s">
-[...3 lines deleted...]
-    <row r="218" spans="1:12" ht="14.25" x14ac:dyDescent="0.3">
+      <c r="L217" s="7">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="218" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A218" s="40"/>
       <c r="B218" s="29" t="s">
+        <v>523</v>
+      </c>
+      <c r="C218" s="29" t="s">
+        <v>13</v>
+      </c>
+      <c r="D218" s="29" t="s">
+        <v>1111</v>
+      </c>
+      <c r="E218" s="29" t="s">
+        <v>1115</v>
+      </c>
+      <c r="F218" s="29" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G218" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H218" s="29" t="s">
+        <v>378</v>
+      </c>
+      <c r="I218" s="7" t="s">
+        <v>1335</v>
+      </c>
+      <c r="J218" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K218" s="7">
+        <v>3</v>
+      </c>
+      <c r="L218" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="219" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A219" s="40"/>
+      <c r="B219" s="29" t="s">
+        <v>1118</v>
+      </c>
+      <c r="C219" s="29" t="s">
+        <v>1116</v>
+      </c>
+      <c r="D219" s="29" t="s">
+        <v>1117</v>
+      </c>
+      <c r="E219" s="29" t="s">
+        <v>1182</v>
+      </c>
+      <c r="F219" s="29" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G219" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H219" s="29" t="s">
+        <v>378</v>
+      </c>
+      <c r="I219" s="7" t="s">
+        <v>4</v>
+      </c>
+      <c r="J219" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K219" s="7">
+        <v>2</v>
+      </c>
+      <c r="L219" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="220" spans="1:12" ht="14.25" x14ac:dyDescent="0.3">
+      <c r="A220" s="40"/>
+      <c r="B220" s="29" t="s">
         <v>373</v>
       </c>
-      <c r="C218" s="29" t="s">
+      <c r="C220" s="29" t="s">
         <v>160</v>
       </c>
-      <c r="D218" s="29" t="s">
+      <c r="D220" s="29" t="s">
         <v>1447</v>
       </c>
-      <c r="E218" s="29" t="s">
-[...8 lines deleted...]
-      <c r="H218" s="29" t="s">
+      <c r="E220" s="29" t="s">
         <v>1644</v>
       </c>
-      <c r="I218" s="6" t="s">
-[...5 lines deleted...]
-      <c r="K218" s="6">
+      <c r="F220" s="29" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G220" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H220" s="29" t="s">
+        <v>1643</v>
+      </c>
+      <c r="I220" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="J220" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K220" s="6">
         <v>1</v>
       </c>
-      <c r="L218" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A219" s="19" t="s">
+      <c r="L220" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="221" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A221" s="19" t="s">
         <v>41</v>
       </c>
-      <c r="B219" s="6" t="s">
+      <c r="B221" s="6" t="s">
         <v>1177</v>
       </c>
-      <c r="C219" s="6" t="s">
+      <c r="C221" s="6" t="s">
         <v>1119</v>
       </c>
-      <c r="D219" s="6"/>
-      <c r="E219" s="6">
+      <c r="D221" s="6"/>
+      <c r="E221" s="6">
         <v>27012842</v>
       </c>
-      <c r="F219" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H219" s="6" t="s">
+      <c r="F221" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G221" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H221" s="6" t="s">
         <v>1240</v>
       </c>
-      <c r="I219" s="6" t="s">
+      <c r="I221" s="6" t="s">
         <v>1422</v>
       </c>
-      <c r="J219" s="6" t="s">
-[...2 lines deleted...]
-      <c r="K219" s="6" t="s">
+      <c r="J221" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K221" s="6" t="s">
         <v>1423</v>
       </c>
-      <c r="L219" s="6" t="s">
-[...76 lines deleted...]
-        <v>868</v>
+      <c r="L221" s="6" t="s">
+        <v>3</v>
       </c>
     </row>
     <row r="222" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A222" s="40" t="s">
+        <v>51</v>
+      </c>
+      <c r="B222" s="24" t="s">
+        <v>304</v>
+      </c>
+      <c r="C222" s="24" t="s">
+        <v>234</v>
+      </c>
+      <c r="D222" s="24" t="s">
+        <v>873</v>
+      </c>
+      <c r="E222" s="24" t="s">
+        <v>872</v>
+      </c>
+      <c r="F222" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G222" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H222" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I222" s="7" t="s">
+        <v>8</v>
+      </c>
+      <c r="J222" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K222" s="7">
+        <v>2</v>
+      </c>
+      <c r="L222" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="223" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A223" s="40" t="s">
+        <v>56</v>
+      </c>
+      <c r="B223" s="24" t="s">
+        <v>866</v>
+      </c>
+      <c r="C223" s="24" t="s">
+        <v>867</v>
+      </c>
+      <c r="D223" s="24" t="s">
+        <v>1724</v>
+      </c>
+      <c r="E223" s="24" t="s">
+        <v>870</v>
+      </c>
+      <c r="F223" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G223" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H223" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I223" s="7" t="s">
+        <v>869</v>
+      </c>
+      <c r="J223" s="7" t="s">
+        <v>869</v>
+      </c>
+      <c r="K223" s="7" t="s">
+        <v>868</v>
+      </c>
+      <c r="L223" s="7" t="s">
+        <v>868</v>
+      </c>
+    </row>
+    <row r="224" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A224" s="40" t="s">
         <v>66</v>
       </c>
-      <c r="B222" s="24" t="s">
+      <c r="B224" s="24" t="s">
         <v>327</v>
       </c>
-      <c r="C222" s="25" t="s">
+      <c r="C224" s="25" t="s">
         <v>71</v>
       </c>
-      <c r="D222" s="25" t="s">
+      <c r="D224" s="25" t="s">
         <v>1114</v>
       </c>
-      <c r="E222" s="25" t="s">
+      <c r="E224" s="25" t="s">
         <v>874</v>
       </c>
-      <c r="F222" s="25" t="s">
-[...8 lines deleted...]
-      <c r="I222" s="7" t="s">
+      <c r="F224" s="25" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G224" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H224" s="25" t="s">
+        <v>378</v>
+      </c>
+      <c r="I224" s="7" t="s">
         <v>73</v>
       </c>
-      <c r="J222" s="7" t="s">
-[...11 lines deleted...]
-      <c r="B223" s="24" t="s">
+      <c r="J224" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K224" s="7">
+        <v>2</v>
+      </c>
+      <c r="L224" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="225" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A225" s="40"/>
+      <c r="B225" s="24" t="s">
         <v>1540</v>
       </c>
-      <c r="C223" s="25" t="s">
+      <c r="C225" s="25" t="s">
         <v>1541</v>
       </c>
-      <c r="D223" s="25" t="s">
+      <c r="D225" s="25" t="s">
+        <v>1799</v>
+      </c>
+      <c r="E225" s="25" t="s">
         <v>1800</v>
       </c>
-      <c r="E223" s="25" t="s">
-[...8 lines deleted...]
-      <c r="H223" s="25" t="s">
+      <c r="F225" s="25" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G225" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H225" s="25" t="s">
         <v>1522</v>
       </c>
-      <c r="I223" s="7" t="s">
+      <c r="I225" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="J223" s="7" t="s">
-[...11 lines deleted...]
-      <c r="B224" s="29" t="s">
+      <c r="J225" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K225" s="7">
+        <v>2</v>
+      </c>
+      <c r="L225" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="226" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A226" s="40"/>
+      <c r="B226" s="29" t="s">
         <v>319</v>
       </c>
-      <c r="C224" s="29" t="s">
+      <c r="C226" s="29" t="s">
         <v>538</v>
       </c>
-      <c r="D224" s="29" t="s">
+      <c r="D226" s="29" t="s">
         <v>1113</v>
       </c>
-      <c r="E224" s="29" t="s">
+      <c r="E226" s="29" t="s">
         <v>1579</v>
       </c>
-      <c r="F224" s="29" t="s">
-[...8 lines deleted...]
-      <c r="I224" s="6" t="s">
+      <c r="F226" s="29" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G226" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H226" s="29" t="s">
+        <v>378</v>
+      </c>
+      <c r="I226" s="6" t="s">
         <v>1120</v>
       </c>
-      <c r="J224" s="6" t="s">
-[...10 lines deleted...]
-      <c r="A225" s="40" t="s">
+      <c r="J226" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K226" s="6">
+        <v>3</v>
+      </c>
+      <c r="L226" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="227" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A227" s="40" t="s">
         <v>101</v>
       </c>
-      <c r="B225" s="29" t="s">
+      <c r="B227" s="29" t="s">
         <v>863</v>
       </c>
-      <c r="C225" s="29" t="s">
+      <c r="C227" s="29" t="s">
         <v>864</v>
       </c>
-      <c r="D225" s="29" t="s">
+      <c r="D227" s="29" t="s">
         <v>771</v>
       </c>
-      <c r="E225" s="29" t="s">
+      <c r="E227" s="29" t="s">
         <v>865</v>
       </c>
-      <c r="F225" s="29" t="s">
-[...14 lines deleted...]
-      <c r="K225" s="6">
+      <c r="F227" s="29" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G227" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H227" s="29" t="s">
+        <v>378</v>
+      </c>
+      <c r="I227" s="6" t="s">
+        <v>2</v>
+      </c>
+      <c r="J227" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K227" s="6">
         <v>1</v>
       </c>
-      <c r="L225" s="6" t="s">
-[...4 lines deleted...]
-      <c r="A226" s="40" t="s">
+      <c r="L227" s="6" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="228" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A228" s="40" t="s">
         <v>131</v>
       </c>
-      <c r="B226" s="29" t="s">
+      <c r="B228" s="29" t="s">
         <v>546</v>
       </c>
-      <c r="C226" s="25" t="s">
+      <c r="C228" s="25" t="s">
         <v>545</v>
       </c>
-      <c r="D226" s="25" t="s">
+      <c r="D228" s="25" t="s">
         <v>876</v>
       </c>
-      <c r="E226" s="25" t="s">
+      <c r="E228" s="25" t="s">
         <v>875</v>
       </c>
-      <c r="F226" s="25" t="s">
-[...8 lines deleted...]
-      <c r="I226" s="7" t="s">
+      <c r="F228" s="25" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G228" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H228" s="25" t="s">
+        <v>378</v>
+      </c>
+      <c r="I228" s="7" t="s">
         <v>4</v>
       </c>
-      <c r="J226" s="7" t="s">
-[...11 lines deleted...]
-      <c r="B227" s="24" t="s">
+      <c r="J228" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K228" s="7">
+        <v>3</v>
+      </c>
+      <c r="L228" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="229" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A229" s="40"/>
+      <c r="B229" s="24" t="s">
         <v>1412</v>
       </c>
-      <c r="C227" s="24" t="s">
+      <c r="C229" s="24" t="s">
         <v>1414</v>
       </c>
-      <c r="D227" s="24" t="s">
-[...2 lines deleted...]
-      <c r="E227" s="24" t="s">
+      <c r="D229" s="24" t="s">
+        <v>1725</v>
+      </c>
+      <c r="E229" s="24" t="s">
         <v>1475</v>
       </c>
-      <c r="F227" s="24" t="s">
-[...5 lines deleted...]
-      <c r="H227" s="24" t="s">
+      <c r="F229" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G229" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H229" s="24" t="s">
         <v>1591</v>
       </c>
-      <c r="I227" s="7" t="s">
+      <c r="I229" s="7" t="s">
         <v>1413</v>
       </c>
-      <c r="J227" s="7" t="s">
-[...10 lines deleted...]
-      <c r="A228" s="136" t="s">
+      <c r="J229" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K229" s="7">
+        <v>2</v>
+      </c>
+      <c r="L229" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="230" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A230" s="134" t="s">
         <v>142</v>
       </c>
-      <c r="B228" s="136"/>
-[...12 lines deleted...]
-      <c r="A229" s="48" t="s">
+      <c r="B230" s="134"/>
+      <c r="C230" s="134"/>
+      <c r="D230" s="134"/>
+      <c r="E230" s="134"/>
+      <c r="F230" s="134"/>
+      <c r="G230" s="134"/>
+      <c r="H230" s="134"/>
+      <c r="I230" s="134"/>
+      <c r="J230" s="134"/>
+      <c r="K230" s="134"/>
+      <c r="L230" s="134"/>
+    </row>
+    <row r="231" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A231" s="48" t="s">
         <v>0</v>
       </c>
-      <c r="B229" s="10" t="s">
+      <c r="B231" s="10" t="s">
         <v>267</v>
       </c>
-      <c r="C229" s="10" t="s">
+      <c r="C231" s="10" t="s">
         <v>375</v>
       </c>
-      <c r="D229" s="10" t="s">
+      <c r="D231" s="10" t="s">
         <v>686</v>
       </c>
-      <c r="E229" s="10" t="s">
+      <c r="E231" s="10" t="s">
         <v>582</v>
       </c>
-      <c r="F229" s="41" t="s">
+      <c r="F231" s="41" t="s">
         <v>1484</v>
       </c>
-      <c r="G229" s="10" t="s">
+      <c r="G231" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="H229" s="10" t="s">
+      <c r="H231" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="I229" s="10" t="s">
+      <c r="I231" s="10" t="s">
         <v>269</v>
       </c>
-      <c r="J229" s="10" t="s">
+      <c r="J231" s="10" t="s">
         <v>270</v>
       </c>
-      <c r="K229" s="10" t="s">
+      <c r="K231" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="L229" s="10" t="s">
+      <c r="L231" s="10" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="230" spans="1:12" ht="14.25" x14ac:dyDescent="0.3">
-      <c r="A230" s="19" t="s">
+    <row r="232" spans="1:12" ht="14.25" x14ac:dyDescent="0.3">
+      <c r="A232" s="19" t="s">
         <v>11</v>
       </c>
-      <c r="B230" s="7" t="s">
+      <c r="B232" s="7" t="s">
         <v>523</v>
       </c>
-      <c r="C230" s="29" t="s">
+      <c r="C232" s="29" t="s">
         <v>13</v>
       </c>
-      <c r="D230" s="7" t="s">
+      <c r="D232" s="7" t="s">
         <v>1171</v>
       </c>
-      <c r="E230" s="7" t="s">
+      <c r="E232" s="7" t="s">
         <v>1348</v>
       </c>
-      <c r="F230" s="7"/>
-[...89 lines deleted...]
-    <row r="233" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="F232" s="7"/>
+      <c r="G232" s="27" t="s">
+        <v>1639</v>
+      </c>
+      <c r="H232" s="7" t="s">
+        <v>378</v>
+      </c>
+      <c r="I232" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="J232" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K232" s="7">
+        <v>2</v>
+      </c>
+      <c r="L232" s="7">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="233" spans="1:12" s="3" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A233" s="19"/>
       <c r="B233" s="6" t="s">
+        <v>288</v>
+      </c>
+      <c r="C233" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="D233" s="6" t="s">
+        <v>1426</v>
+      </c>
+      <c r="E233" s="6" t="s">
+        <v>1425</v>
+      </c>
+      <c r="F233" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G233" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H233" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I233" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="J233" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K233" s="6">
+        <v>2</v>
+      </c>
+      <c r="L233" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="234" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A234" s="19"/>
+      <c r="B234" s="6" t="s">
+        <v>373</v>
+      </c>
+      <c r="C234" s="6" t="s">
+        <v>160</v>
+      </c>
+      <c r="D234" s="6" t="s">
+        <v>1689</v>
+      </c>
+      <c r="E234" s="6">
+        <v>17577904</v>
+      </c>
+      <c r="F234" s="6"/>
+      <c r="G234" s="37" t="s">
+        <v>1732</v>
+      </c>
+      <c r="H234" s="6" t="s">
+        <v>378</v>
+      </c>
+      <c r="I234" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="J234" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K234" s="6">
+        <v>2</v>
+      </c>
+      <c r="L234" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="235" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A235" s="19"/>
+      <c r="B235" s="6" t="s">
         <v>457</v>
       </c>
-      <c r="C233" s="6" t="s">
+      <c r="C235" s="6" t="s">
         <v>163</v>
       </c>
-      <c r="D233" s="6" t="s">
+      <c r="D235" s="6" t="s">
         <v>1447</v>
       </c>
-      <c r="E233" s="6" t="s">
+      <c r="E235" s="6" t="s">
         <v>1446</v>
       </c>
-      <c r="F233" s="6" t="s">
-[...22 lines deleted...]
-      <c r="A234" s="40" t="s">
+      <c r="F235" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G235" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H235" s="6" t="s">
+        <v>1630</v>
+      </c>
+      <c r="I235" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="J235" s="6" t="s">
+        <v>3</v>
+      </c>
+      <c r="K235" s="6">
+        <v>2</v>
+      </c>
+      <c r="L235" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="236" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A236" s="40" t="s">
         <v>66</v>
       </c>
-      <c r="B234" s="29" t="s">
+      <c r="B236" s="29" t="s">
         <v>1432</v>
       </c>
-      <c r="C234" s="29" t="s">
+      <c r="C236" s="29" t="s">
         <v>1433</v>
       </c>
-      <c r="D234" s="29" t="s">
+      <c r="D236" s="29" t="s">
         <v>1434</v>
       </c>
-      <c r="E234" s="6">
+      <c r="E236" s="6">
         <v>36192035</v>
       </c>
-      <c r="F234" s="6" t="s">
-[...5 lines deleted...]
-      <c r="H234" s="29" t="s">
+      <c r="F236" s="6" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G236" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H236" s="29" t="s">
         <v>1067</v>
       </c>
-      <c r="I234" s="29" t="s">
-[...13 lines deleted...]
-      <c r="A235" s="133" t="s">
+      <c r="I236" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="J236" s="29" t="s">
+        <v>3</v>
+      </c>
+      <c r="K236" s="6">
+        <v>2</v>
+      </c>
+      <c r="L236" s="6">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="237" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A237" s="136" t="s">
         <v>186</v>
       </c>
-      <c r="B235" s="134"/>
-[...12 lines deleted...]
-      <c r="A236" s="48" t="s">
+      <c r="B237" s="135"/>
+      <c r="C237" s="135"/>
+      <c r="D237" s="135"/>
+      <c r="E237" s="135"/>
+      <c r="F237" s="135"/>
+      <c r="G237" s="135"/>
+      <c r="H237" s="135"/>
+      <c r="I237" s="135"/>
+      <c r="J237" s="135"/>
+      <c r="K237" s="135"/>
+      <c r="L237" s="137"/>
+    </row>
+    <row r="238" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A238" s="48" t="s">
         <v>0</v>
       </c>
-      <c r="B236" s="10" t="s">
+      <c r="B238" s="10" t="s">
         <v>267</v>
       </c>
-      <c r="C236" s="10" t="s">
+      <c r="C238" s="10" t="s">
         <v>375</v>
       </c>
-      <c r="D236" s="10" t="s">
+      <c r="D238" s="10" t="s">
         <v>686</v>
       </c>
-      <c r="E236" s="10" t="s">
+      <c r="E238" s="10" t="s">
         <v>582</v>
       </c>
-      <c r="F236" s="41" t="s">
+      <c r="F238" s="41" t="s">
         <v>1484</v>
       </c>
-      <c r="G236" s="10" t="s">
+      <c r="G238" s="10" t="s">
         <v>414</v>
       </c>
-      <c r="H236" s="10" t="s">
+      <c r="H238" s="10" t="s">
         <v>379</v>
       </c>
-      <c r="I236" s="10" t="s">
+      <c r="I238" s="10" t="s">
         <v>269</v>
       </c>
-      <c r="J236" s="10" t="s">
+      <c r="J238" s="10" t="s">
         <v>270</v>
       </c>
-      <c r="K236" s="10" t="s">
+      <c r="K238" s="10" t="s">
         <v>271</v>
       </c>
-      <c r="L236" s="10" t="s">
+      <c r="L238" s="10" t="s">
         <v>272</v>
       </c>
     </row>
-    <row r="237" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A237" s="40" t="s">
+    <row r="239" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A239" s="40" t="s">
         <v>11</v>
       </c>
-      <c r="B237" s="24" t="s">
+      <c r="B239" s="24" t="s">
         <v>277</v>
       </c>
-      <c r="C237" s="24" t="s">
+      <c r="C239" s="24" t="s">
         <v>14</v>
       </c>
-      <c r="D237" s="24" t="s">
+      <c r="D239" s="24" t="s">
         <v>1171</v>
       </c>
-      <c r="E237" s="24" t="s">
-[...9 lines deleted...]
-      <c r="I237" s="7" t="s">
+      <c r="E239" s="24" t="s">
+        <v>1878</v>
+      </c>
+      <c r="F239" s="24"/>
+      <c r="G239" s="15" t="s">
+        <v>1879</v>
+      </c>
+      <c r="H239" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I239" s="7" t="s">
         <v>6</v>
       </c>
-      <c r="J237" s="7" t="s">
-[...5 lines deleted...]
-      <c r="L237" s="7">
+      <c r="J239" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K239" s="7">
+        <v>2</v>
+      </c>
+      <c r="L239" s="7">
         <v>1</v>
       </c>
     </row>
-    <row r="238" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A238" s="40" t="s">
+    <row r="240" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A240" s="40" t="s">
         <v>51</v>
       </c>
-      <c r="B238" s="24" t="s">
+      <c r="B240" s="24" t="s">
         <v>304</v>
       </c>
-      <c r="C238" s="24" t="s">
+      <c r="C240" s="24" t="s">
         <v>235</v>
       </c>
-      <c r="D238" s="24" t="s">
+      <c r="D240" s="24" t="s">
         <v>879</v>
       </c>
-      <c r="E238" s="29" t="s">
+      <c r="E240" s="29" t="s">
         <v>880</v>
       </c>
-      <c r="F238" s="24" t="s">
-[...8 lines deleted...]
-      <c r="I238" s="7" t="s">
+      <c r="F240" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G240" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H240" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I240" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="J238" s="7" t="s">
-[...10 lines deleted...]
-      <c r="A239" s="133" t="s">
+      <c r="J240" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K240" s="7">
+        <v>2</v>
+      </c>
+      <c r="L240" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="241" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A241" s="136" t="s">
         <v>238</v>
       </c>
-      <c r="B239" s="134"/>
-[...63 lines deleted...]
-      <c r="L241" s="93"/>
+      <c r="B241" s="135"/>
+      <c r="C241" s="135"/>
+      <c r="D241" s="135"/>
+      <c r="E241" s="135"/>
+      <c r="F241" s="135"/>
+      <c r="G241" s="135"/>
+      <c r="H241" s="135"/>
+      <c r="I241" s="135"/>
+      <c r="J241" s="135"/>
+      <c r="K241" s="135"/>
+      <c r="L241" s="137"/>
     </row>
     <row r="242" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A242" s="48" t="s">
         <v>0</v>
       </c>
       <c r="B242" s="10" t="s">
         <v>267</v>
       </c>
       <c r="C242" s="10" t="s">
         <v>375</v>
       </c>
       <c r="D242" s="10" t="s">
         <v>686</v>
       </c>
       <c r="E242" s="10" t="s">
         <v>582</v>
       </c>
       <c r="F242" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G242" s="10" t="s">
         <v>414</v>
       </c>
       <c r="H242" s="10" t="s">
         <v>379</v>
       </c>
       <c r="I242" s="10" t="s">
         <v>269</v>
       </c>
       <c r="J242" s="10" t="s">
         <v>270</v>
       </c>
       <c r="K242" s="10" t="s">
         <v>271</v>
       </c>
       <c r="L242" s="10" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="243" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A243" s="40" t="s">
+      <c r="A243" s="91" t="s">
+        <v>1811</v>
+      </c>
+      <c r="B243" s="92"/>
+      <c r="C243" s="92"/>
+      <c r="D243" s="92"/>
+      <c r="E243" s="92"/>
+      <c r="F243" s="92"/>
+      <c r="G243" s="92"/>
+      <c r="H243" s="92"/>
+      <c r="I243" s="93"/>
+      <c r="J243" s="93"/>
+      <c r="K243" s="93"/>
+      <c r="L243" s="93"/>
+    </row>
+    <row r="244" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A244" s="48" t="s">
+        <v>0</v>
+      </c>
+      <c r="B244" s="10" t="s">
+        <v>267</v>
+      </c>
+      <c r="C244" s="10" t="s">
+        <v>375</v>
+      </c>
+      <c r="D244" s="10" t="s">
+        <v>686</v>
+      </c>
+      <c r="E244" s="10" t="s">
+        <v>582</v>
+      </c>
+      <c r="F244" s="41" t="s">
+        <v>1484</v>
+      </c>
+      <c r="G244" s="10" t="s">
+        <v>414</v>
+      </c>
+      <c r="H244" s="10" t="s">
+        <v>379</v>
+      </c>
+      <c r="I244" s="10" t="s">
+        <v>269</v>
+      </c>
+      <c r="J244" s="10" t="s">
+        <v>270</v>
+      </c>
+      <c r="K244" s="10" t="s">
+        <v>271</v>
+      </c>
+      <c r="L244" s="10" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="245" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A245" s="40" t="s">
         <v>117</v>
       </c>
-      <c r="B243" s="24" t="s">
+      <c r="B245" s="24" t="s">
+        <v>1812</v>
+      </c>
+      <c r="C245" s="24" t="s">
         <v>1813</v>
       </c>
-      <c r="C243" s="24" t="s">
-[...3 lines deleted...]
-      <c r="E243" s="7">
+      <c r="D245" s="24"/>
+      <c r="E245" s="7">
         <v>49371720</v>
       </c>
-      <c r="F243" s="24" t="s">
-[...5 lines deleted...]
-      <c r="H243" s="24" t="s">
+      <c r="F245" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G245" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H245" s="24" t="s">
         <v>1522</v>
       </c>
-      <c r="I243" s="7" t="s">
-[...8 lines deleted...]
-      <c r="L243" s="7">
+      <c r="I245" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="J245" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K245" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="L245" s="7">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="15">
+    <mergeCell ref="A241:L241"/>
+    <mergeCell ref="A144:L144"/>
+    <mergeCell ref="A178:L178"/>
+    <mergeCell ref="A213:L213"/>
+    <mergeCell ref="A230:L230"/>
+    <mergeCell ref="A237:L237"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="A33:L33"/>
     <mergeCell ref="A148:L148"/>
-    <mergeCell ref="A159:L159"/>
+    <mergeCell ref="A160:L160"/>
     <mergeCell ref="A131:L131"/>
     <mergeCell ref="A118:L118"/>
     <mergeCell ref="A117:L117"/>
     <mergeCell ref="A2:L2"/>
-    <mergeCell ref="A239:L239"/>
-[...4 lines deleted...]
-    <mergeCell ref="A235:L235"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="C97" r:id="rId1" display="http://www.ehu.eus/en/en-home" xr:uid="{00000000-0004-0000-0500-000000000000}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" fitToHeight="0" orientation="landscape" r:id="rId2"/>
   <ignoredErrors>
     <ignoredError sqref="K18" numberStoredAsText="1"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr>
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:L20"/>
+  <dimension ref="A1:L22"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="G48" sqref="G48"/>
+      <selection activeCell="A10" sqref="A10:XFD10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="40.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="30.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="16.7109375" style="1" customWidth="1"/>
     <col min="9" max="9" width="40.7109375" style="4" customWidth="1"/>
     <col min="10" max="12" width="20.7109375" style="4" customWidth="1"/>
     <col min="13" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="122" t="s">
         <v>218</v>
       </c>
-      <c r="B1" s="121"/>
-[...9 lines deleted...]
-      <c r="L1" s="121"/>
+      <c r="B1" s="122"/>
+      <c r="C1" s="122"/>
+      <c r="D1" s="122"/>
+      <c r="E1" s="122"/>
+      <c r="F1" s="122"/>
+      <c r="G1" s="122"/>
+      <c r="H1" s="122"/>
+      <c r="I1" s="122"/>
+      <c r="J1" s="122"/>
+      <c r="K1" s="122"/>
+      <c r="L1" s="122"/>
     </row>
     <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="138" t="s">
         <v>265</v>
       </c>
       <c r="B2" s="138"/>
       <c r="C2" s="138"/>
       <c r="D2" s="138"/>
       <c r="E2" s="138"/>
       <c r="F2" s="138"/>
       <c r="G2" s="138"/>
       <c r="H2" s="138"/>
       <c r="I2" s="138"/>
       <c r="J2" s="138"/>
       <c r="K2" s="138"/>
       <c r="L2" s="138"/>
     </row>
     <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="49" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="41" t="s">
         <v>267</v>
       </c>
       <c r="C3" s="41" t="s">
@@ -32841,113 +32989,113 @@
         <v>583</v>
       </c>
       <c r="F3" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G3" s="41" t="s">
         <v>414</v>
       </c>
       <c r="H3" s="41" t="s">
         <v>994</v>
       </c>
       <c r="I3" s="10" t="s">
         <v>269</v>
       </c>
       <c r="J3" s="10" t="s">
         <v>270</v>
       </c>
       <c r="K3" s="10" t="s">
         <v>271</v>
       </c>
       <c r="L3" s="10" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="139" t="s">
+      <c r="A4" s="140" t="s">
         <v>78</v>
       </c>
-      <c r="B4" s="140"/>
-[...9 lines deleted...]
-      <c r="L4" s="141"/>
+      <c r="B4" s="141"/>
+      <c r="C4" s="141"/>
+      <c r="D4" s="141"/>
+      <c r="E4" s="141"/>
+      <c r="F4" s="141"/>
+      <c r="G4" s="141"/>
+      <c r="H4" s="141"/>
+      <c r="I4" s="141"/>
+      <c r="J4" s="141"/>
+      <c r="K4" s="141"/>
+      <c r="L4" s="142"/>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="40" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>285</v>
       </c>
       <c r="C5" s="24" t="s">
         <v>243</v>
       </c>
       <c r="D5" s="24" t="s">
-        <v>1680</v>
+        <v>1679</v>
       </c>
       <c r="E5" s="24" t="s">
         <v>1015</v>
       </c>
       <c r="F5" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G5" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H5" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K5" s="7">
         <v>2</v>
       </c>
       <c r="L5" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="40"/>
       <c r="B6" s="24" t="s">
         <v>373</v>
       </c>
       <c r="C6" s="24" t="s">
         <v>160</v>
       </c>
       <c r="D6" s="24" t="s">
-        <v>1711</v>
+        <v>1710</v>
       </c>
       <c r="E6" s="7">
         <v>28875477</v>
       </c>
       <c r="F6" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G6" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H6" s="24" t="s">
         <v>1591</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="7">
         <v>2</v>
       </c>
       <c r="L6" s="7">
         <v>4</v>
       </c>
@@ -32978,51 +33126,51 @@
       </c>
       <c r="J7" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K7" s="7">
         <v>4</v>
       </c>
       <c r="L7" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="40" t="s">
         <v>46</v>
       </c>
       <c r="B8" s="24" t="s">
         <v>1602</v>
       </c>
       <c r="C8" s="24" t="s">
         <v>1589</v>
       </c>
       <c r="D8" s="24" t="s">
         <v>924</v>
       </c>
       <c r="E8" s="24" t="s">
-        <v>1777</v>
+        <v>1776</v>
       </c>
       <c r="F8" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G8" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H8" s="24" t="s">
         <v>1522</v>
       </c>
       <c r="I8" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J8" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K8" s="7">
         <v>2</v>
       </c>
       <c r="L8" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="40" t="s">
@@ -33039,491 +33187,563 @@
         <v>19144725</v>
       </c>
       <c r="F9" s="7" t="s">
         <v>1483</v>
       </c>
       <c r="G9" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H9" s="24" t="s">
         <v>1067</v>
       </c>
       <c r="I9" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="7">
         <v>4</v>
       </c>
       <c r="L9" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="40" t="s">
+      <c r="A10" s="40"/>
+      <c r="B10" s="24" t="s">
+        <v>1934</v>
+      </c>
+      <c r="C10" s="24" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D10" s="24" t="s">
+        <v>924</v>
+      </c>
+      <c r="E10" s="7">
+        <v>52410455</v>
+      </c>
+      <c r="F10" s="7" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G10" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H10" s="24" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I10" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="J10" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K10" s="7">
+        <v>4</v>
+      </c>
+      <c r="L10" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="40" t="s">
         <v>1417</v>
       </c>
-      <c r="B10" s="24" t="s">
+      <c r="B11" s="24" t="s">
         <v>1007</v>
       </c>
-      <c r="C10" s="25" t="s">
+      <c r="C11" s="25" t="s">
         <v>179</v>
       </c>
-      <c r="D10" s="25" t="s">
-[...2 lines deleted...]
-      <c r="E10" s="25" t="s">
+      <c r="D11" s="25" t="s">
+        <v>1680</v>
+      </c>
+      <c r="E11" s="25" t="s">
         <v>1028</v>
       </c>
-      <c r="F10" s="25" t="s">
-[...35 lines deleted...]
-      <c r="F11" s="24" t="s">
+      <c r="F11" s="25" t="s">
         <v>1483</v>
       </c>
       <c r="G11" s="26" t="s">
         <v>275</v>
       </c>
-      <c r="H11" s="24" t="s">
+      <c r="H11" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>150</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K11" s="7">
         <v>5</v>
       </c>
       <c r="L11" s="7">
         <v>6</v>
       </c>
     </row>
     <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A12" s="29"/>
       <c r="B12" s="24" t="s">
-        <v>745</v>
+        <v>1003</v>
       </c>
       <c r="C12" s="24" t="s">
-        <v>1061</v>
-[...1 lines deleted...]
-      <c r="D12" s="24"/>
+        <v>193</v>
+      </c>
+      <c r="D12" s="24" t="s">
+        <v>1005</v>
+      </c>
       <c r="E12" s="24" t="s">
-        <v>1797</v>
+        <v>1004</v>
       </c>
       <c r="F12" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G12" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H12" s="24" t="s">
-        <v>1240</v>
+        <v>378</v>
       </c>
       <c r="I12" s="7" t="s">
-        <v>73</v>
+        <v>150</v>
       </c>
       <c r="J12" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K12" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L12" s="7">
-        <v>4</v>
+        <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A13" s="29"/>
       <c r="B13" s="24" t="s">
-        <v>1355</v>
+        <v>745</v>
       </c>
       <c r="C13" s="24" t="s">
-        <v>1357</v>
+        <v>1061</v>
       </c>
       <c r="D13" s="24"/>
       <c r="E13" s="24" t="s">
-        <v>1356</v>
+        <v>1796</v>
       </c>
       <c r="F13" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G13" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H13" s="24" t="s">
-        <v>1067</v>
+        <v>1240</v>
       </c>
       <c r="I13" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J13" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K13" s="7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L13" s="7">
         <v>4</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A14" s="29"/>
       <c r="B14" s="24" t="s">
-        <v>1432</v>
+        <v>1355</v>
       </c>
       <c r="C14" s="24" t="s">
-        <v>1557</v>
-[...5 lines deleted...]
-        <v>39630868</v>
+        <v>1357</v>
+      </c>
+      <c r="D14" s="24"/>
+      <c r="E14" s="24" t="s">
+        <v>1356</v>
       </c>
       <c r="F14" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G14" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H14" s="24" t="s">
-        <v>1240</v>
+        <v>1067</v>
       </c>
       <c r="I14" s="7" t="s">
-        <v>793</v>
+        <v>74</v>
       </c>
       <c r="J14" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K14" s="7">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="L14" s="7">
-        <v>5</v>
+        <v>4</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A15" s="29"/>
       <c r="B15" s="24" t="s">
-        <v>1415</v>
+        <v>1432</v>
       </c>
       <c r="C15" s="24" t="s">
-        <v>1416</v>
-[...1 lines deleted...]
-      <c r="D15" s="24"/>
+        <v>1557</v>
+      </c>
+      <c r="D15" s="24" t="s">
+        <v>1556</v>
+      </c>
       <c r="E15" s="7">
-        <v>28555803</v>
-[...1 lines deleted...]
-      <c r="F15" s="7" t="s">
+        <v>39630868</v>
+      </c>
+      <c r="F15" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G15" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H15" s="24" t="s">
-        <v>1067</v>
+        <v>1240</v>
       </c>
       <c r="I15" s="7" t="s">
-        <v>73</v>
+        <v>793</v>
       </c>
       <c r="J15" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K15" s="7">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="L15" s="7">
         <v>5</v>
       </c>
     </row>
     <row r="16" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A16" s="29"/>
       <c r="B16" s="24" t="s">
-        <v>998</v>
-[...17 lines deleted...]
-        <v>378</v>
+        <v>1415</v>
+      </c>
+      <c r="C16" s="24" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D16" s="24"/>
+      <c r="E16" s="7">
+        <v>28555803</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G16" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H16" s="24" t="s">
+        <v>1067</v>
       </c>
       <c r="I16" s="7" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="J16" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K16" s="7">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L16" s="7">
-        <v>2</v>
+        <v>5</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A17" s="29"/>
       <c r="B17" s="24" t="s">
-        <v>324</v>
-[...14 lines deleted...]
-      <c r="H17" s="24" t="s">
+        <v>998</v>
+      </c>
+      <c r="C17" s="25" t="s">
+        <v>149</v>
+      </c>
+      <c r="D17" s="25" t="s">
+        <v>1000</v>
+      </c>
+      <c r="E17" s="25" t="s">
+        <v>999</v>
+      </c>
+      <c r="F17" s="25" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G17" s="34" t="s">
+        <v>275</v>
+      </c>
+      <c r="H17" s="25" t="s">
         <v>378</v>
       </c>
       <c r="I17" s="7" t="s">
-        <v>150</v>
+        <v>74</v>
       </c>
       <c r="J17" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K17" s="7">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="L17" s="7">
-        <v>6</v>
+        <v>2</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A18" s="29"/>
       <c r="B18" s="24" t="s">
+        <v>324</v>
+      </c>
+      <c r="C18" s="24" t="s">
+        <v>158</v>
+      </c>
+      <c r="D18" s="24"/>
+      <c r="E18" s="7">
+        <v>6904569</v>
+      </c>
+      <c r="F18" s="7" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G18" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H18" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I18" s="7" t="s">
+        <v>150</v>
+      </c>
+      <c r="J18" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K18" s="7">
+        <v>5</v>
+      </c>
+      <c r="L18" s="7">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="29"/>
+      <c r="B19" s="24" t="s">
         <v>1270</v>
       </c>
-      <c r="C18" s="24" t="s">
+      <c r="C19" s="24" t="s">
         <v>1271</v>
       </c>
-      <c r="D18" s="24" t="s">
+      <c r="D19" s="24" t="s">
         <v>1575</v>
       </c>
-      <c r="E18" s="7">
+      <c r="E19" s="7">
         <v>41038615</v>
       </c>
-      <c r="F18" s="7" t="s">
-[...5 lines deleted...]
-      <c r="H18" s="24" t="s">
+      <c r="F19" s="7" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G19" s="36" t="s">
+        <v>275</v>
+      </c>
+      <c r="H19" s="24" t="s">
         <v>1522</v>
-      </c>
-[...34 lines deleted...]
-        <v>378</v>
       </c>
       <c r="I19" s="7" t="s">
         <v>74</v>
       </c>
       <c r="J19" s="7" t="s">
-        <v>3</v>
+        <v>150</v>
       </c>
       <c r="K19" s="7">
+        <v>4</v>
+      </c>
+      <c r="L19" s="7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="40" t="s">
+        <v>117</v>
+      </c>
+      <c r="B20" s="24" t="s">
+        <v>1951</v>
+      </c>
+      <c r="C20" s="24" t="s">
+        <v>1408</v>
+      </c>
+      <c r="D20" s="24" t="s">
+        <v>890</v>
+      </c>
+      <c r="E20" s="7" t="s">
+        <v>1952</v>
+      </c>
+      <c r="F20" s="7"/>
+      <c r="G20" s="37" t="s">
+        <v>1881</v>
+      </c>
+      <c r="H20" s="24" t="s">
+        <v>1522</v>
+      </c>
+      <c r="I20" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="J20" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K20" s="7">
+        <v>2</v>
+      </c>
+      <c r="L20" s="7" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="40" t="s">
+        <v>131</v>
+      </c>
+      <c r="B21" s="24" t="s">
+        <v>1001</v>
+      </c>
+      <c r="C21" s="24" t="s">
+        <v>239</v>
+      </c>
+      <c r="D21" s="24"/>
+      <c r="E21" s="24" t="s">
+        <v>1002</v>
+      </c>
+      <c r="F21" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G21" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H21" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I21" s="7" t="s">
+        <v>74</v>
+      </c>
+      <c r="J21" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K21" s="7">
         <v>1</v>
       </c>
-      <c r="L19" s="7">
-[...5 lines deleted...]
-      <c r="B20" s="24" t="s">
+      <c r="L21" s="7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="40"/>
+      <c r="B22" s="24" t="s">
         <v>800</v>
       </c>
-      <c r="C20" s="24" t="s">
+      <c r="C22" s="24" t="s">
         <v>181</v>
       </c>
-      <c r="D20" s="24" t="s">
+      <c r="D22" s="24" t="s">
         <v>1037</v>
       </c>
-      <c r="E20" s="24" t="s">
+      <c r="E22" s="24" t="s">
         <v>1036</v>
       </c>
-      <c r="F20" s="24" t="s">
-[...17 lines deleted...]
-      <c r="L20" s="7">
+      <c r="F22" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G22" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H22" s="24" t="s">
+        <v>378</v>
+      </c>
+      <c r="I22" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="J22" s="7" t="s">
+        <v>3</v>
+      </c>
+      <c r="K22" s="7">
+        <v>2</v>
+      </c>
+      <c r="L22" s="7">
         <v>2</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A4:L4"/>
     <mergeCell ref="A2:L2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="75" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr>
     <tabColor theme="5"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G24" sqref="G24"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="15.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" style="1" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="20.7109375" style="1" customWidth="1"/>
     <col min="5" max="5" width="25.7109375" style="1" customWidth="1"/>
     <col min="6" max="6" width="12.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="40.7109375" style="1" customWidth="1"/>
     <col min="8" max="8" width="12.5703125" style="1" customWidth="1"/>
     <col min="9" max="12" width="20.7109375" style="4" customWidth="1"/>
     <col min="13" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="121" t="s">
+      <c r="A1" s="122" t="s">
         <v>218</v>
       </c>
-      <c r="B1" s="121"/>
-[...9 lines deleted...]
-      <c r="L1" s="121"/>
+      <c r="B1" s="122"/>
+      <c r="C1" s="122"/>
+      <c r="D1" s="122"/>
+      <c r="E1" s="122"/>
+      <c r="F1" s="122"/>
+      <c r="G1" s="122"/>
+      <c r="H1" s="122"/>
+      <c r="I1" s="122"/>
+      <c r="J1" s="122"/>
+      <c r="K1" s="122"/>
+      <c r="L1" s="122"/>
     </row>
     <row r="2" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A2" s="138" t="s">
         <v>265</v>
       </c>
       <c r="B2" s="138"/>
       <c r="C2" s="138"/>
       <c r="D2" s="138"/>
       <c r="E2" s="138"/>
       <c r="F2" s="138"/>
       <c r="G2" s="138"/>
       <c r="H2" s="138"/>
       <c r="I2" s="138"/>
       <c r="J2" s="138"/>
       <c r="K2" s="138"/>
       <c r="L2" s="138"/>
     </row>
     <row r="3" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="49" t="s">
         <v>0</v>
       </c>
       <c r="B3" s="41" t="s">
         <v>267</v>
       </c>
       <c r="C3" s="41" t="s">
@@ -33536,242 +33756,242 @@
         <v>583</v>
       </c>
       <c r="F3" s="41" t="s">
         <v>1484</v>
       </c>
       <c r="G3" s="41" t="s">
         <v>414</v>
       </c>
       <c r="H3" s="41" t="s">
         <v>994</v>
       </c>
       <c r="I3" s="10" t="s">
         <v>269</v>
       </c>
       <c r="J3" s="10" t="s">
         <v>270</v>
       </c>
       <c r="K3" s="10" t="s">
         <v>271</v>
       </c>
       <c r="L3" s="10" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="4" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="139" t="s">
+      <c r="A4" s="140" t="s">
         <v>12</v>
       </c>
-      <c r="B4" s="140"/>
-[...9 lines deleted...]
-      <c r="L4" s="141"/>
+      <c r="B4" s="141"/>
+      <c r="C4" s="141"/>
+      <c r="D4" s="141"/>
+      <c r="E4" s="141"/>
+      <c r="F4" s="141"/>
+      <c r="G4" s="141"/>
+      <c r="H4" s="141"/>
+      <c r="I4" s="141"/>
+      <c r="J4" s="141"/>
+      <c r="K4" s="141"/>
+      <c r="L4" s="142"/>
     </row>
     <row r="5" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="40" t="s">
         <v>11</v>
       </c>
       <c r="B5" s="24" t="s">
         <v>995</v>
       </c>
       <c r="C5" s="24" t="s">
         <v>996</v>
       </c>
       <c r="D5" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E5" s="24" t="s">
         <v>997</v>
       </c>
       <c r="F5" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G5" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H5" s="24" t="s">
         <v>378</v>
       </c>
       <c r="I5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K5" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L5" s="7">
         <v>2</v>
       </c>
     </row>
     <row r="6" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="40" t="s">
         <v>66</v>
       </c>
       <c r="B6" s="24" t="s">
-        <v>1925</v>
+        <v>1923</v>
       </c>
       <c r="C6" s="24" t="s">
-        <v>1926</v>
+        <v>1924</v>
       </c>
       <c r="D6" s="24" t="s">
         <v>12</v>
       </c>
       <c r="E6" s="7">
         <v>50373036</v>
       </c>
       <c r="F6" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G6" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H6" s="72" t="s">
-        <v>1807</v>
+        <v>1806</v>
       </c>
       <c r="I6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K6" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L6" s="7">
         <v>1</v>
       </c>
     </row>
     <row r="8" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A8" s="139" t="s">
-[...12 lines deleted...]
-      <c r="L8" s="141"/>
+      <c r="A8" s="140" t="s">
+        <v>1926</v>
+      </c>
+      <c r="B8" s="141"/>
+      <c r="C8" s="141"/>
+      <c r="D8" s="141"/>
+      <c r="E8" s="141"/>
+      <c r="F8" s="141"/>
+      <c r="G8" s="141"/>
+      <c r="H8" s="141"/>
+      <c r="I8" s="141"/>
+      <c r="J8" s="141"/>
+      <c r="K8" s="141"/>
+      <c r="L8" s="142"/>
     </row>
     <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="40" t="s">
         <v>11</v>
       </c>
       <c r="B9" s="24" t="s">
         <v>285</v>
       </c>
       <c r="C9" s="24" t="s">
         <v>21</v>
       </c>
       <c r="D9" s="24" t="s">
-        <v>1933</v>
+        <v>1931</v>
       </c>
       <c r="E9" s="24" t="s">
-        <v>1930</v>
+        <v>1928</v>
       </c>
       <c r="F9" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G9" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H9" s="72" t="s">
-        <v>1807</v>
+        <v>1806</v>
       </c>
       <c r="I9" s="7" t="s">
-        <v>1931</v>
+        <v>1929</v>
       </c>
       <c r="J9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K9" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L9" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="23" t="s">
+        <v>1805</v>
+      </c>
+      <c r="B10" s="24" t="s">
+        <v>1803</v>
+      </c>
+      <c r="C10" s="24" t="s">
+        <v>1804</v>
+      </c>
+      <c r="D10" s="24" t="s">
+        <v>1930</v>
+      </c>
+      <c r="E10" s="24" t="s">
+        <v>1807</v>
+      </c>
+      <c r="F10" s="24" t="s">
+        <v>1483</v>
+      </c>
+      <c r="G10" s="26" t="s">
+        <v>275</v>
+      </c>
+      <c r="H10" s="72" t="s">
         <v>1806</v>
       </c>
-      <c r="B10" s="24" t="s">
-[...19 lines deleted...]
-      </c>
       <c r="I10" s="7" t="s">
-        <v>1929</v>
+        <v>1927</v>
       </c>
       <c r="J10" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K10" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L10" s="7" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="40" t="s">
         <v>98</v>
       </c>
       <c r="B11" s="24" t="s">
-        <v>1942</v>
+        <v>1939</v>
       </c>
       <c r="C11" s="24" t="s">
-        <v>1943</v>
+        <v>1940</v>
       </c>
       <c r="D11" s="24"/>
       <c r="E11" s="7">
         <v>50830474</v>
       </c>
       <c r="F11" s="24" t="s">
         <v>1483</v>
       </c>
       <c r="G11" s="26" t="s">
         <v>275</v>
       </c>
       <c r="H11" s="24" t="s">
         <v>1522</v>
       </c>
       <c r="I11" s="7" t="s">
         <v>3</v>
       </c>
       <c r="J11" s="7" t="s">
         <v>3</v>
       </c>
       <c r="K11" s="7" t="s">
         <v>3</v>
       </c>
       <c r="L11" s="7">
         <v>1</v>
@@ -33790,408 +34010,408 @@
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{60B4A8DC-F15A-475C-839D-7F2B4A8EA27A}">
   <sheetPr>
     <tabColor rgb="FFFF0000"/>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:M11"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="F6" sqref="F6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.85546875" defaultRowHeight="15" customHeight="1" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="3" width="15.7109375" style="1" customWidth="1"/>
     <col min="4" max="4" width="50.7109375" style="1" customWidth="1"/>
     <col min="5" max="6" width="20.7109375" style="1" customWidth="1"/>
     <col min="7" max="7" width="35.7109375" style="1" customWidth="1"/>
     <col min="8" max="11" width="20.7109375" style="1" customWidth="1"/>
     <col min="12" max="16384" width="8.85546875" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="142" t="s">
-[...11 lines deleted...]
-      <c r="K1" s="142"/>
+      <c r="A1" s="143" t="s">
+        <v>1866</v>
+      </c>
+      <c r="B1" s="143"/>
+      <c r="C1" s="143"/>
+      <c r="D1" s="143"/>
+      <c r="E1" s="143"/>
+      <c r="F1" s="143"/>
+      <c r="G1" s="143"/>
+      <c r="H1" s="143"/>
+      <c r="I1" s="143"/>
+      <c r="J1" s="143"/>
+      <c r="K1" s="143"/>
     </row>
     <row r="2" spans="1:13" customFormat="1" x14ac:dyDescent="0.25">
       <c r="A2" s="41" t="s">
-        <v>1861</v>
+        <v>1859</v>
       </c>
       <c r="B2" s="41" t="s">
         <v>0</v>
       </c>
       <c r="C2" s="41" t="s">
         <v>267</v>
       </c>
       <c r="D2" s="41" t="s">
         <v>375</v>
       </c>
       <c r="E2" s="10" t="s">
         <v>686</v>
       </c>
       <c r="F2" s="41" t="s">
         <v>583</v>
       </c>
       <c r="G2" s="41" t="s">
-        <v>1869</v>
+        <v>1867</v>
       </c>
       <c r="H2" s="10" t="s">
         <v>269</v>
       </c>
       <c r="I2" s="10" t="s">
         <v>270</v>
       </c>
       <c r="J2" s="10" t="s">
         <v>271</v>
       </c>
       <c r="K2" s="10" t="s">
         <v>272</v>
       </c>
     </row>
     <row r="3" spans="1:13" customFormat="1" ht="15.75" x14ac:dyDescent="0.3">
-      <c r="A3" s="106" t="s">
+      <c r="A3" s="105" t="s">
+        <v>1898</v>
+      </c>
+      <c r="B3" s="94" t="s">
+        <v>101</v>
+      </c>
+      <c r="C3" s="94" t="s">
+        <v>1156</v>
+      </c>
+      <c r="D3" s="94" t="s">
+        <v>1027</v>
+      </c>
+      <c r="E3" s="94" t="s">
+        <v>886</v>
+      </c>
+      <c r="F3" s="94" t="s">
         <v>1900</v>
       </c>
-      <c r="B3" s="95" t="s">
-[...17 lines deleted...]
-      <c r="H3" s="95" t="s">
+      <c r="G3" s="94" t="s">
+        <v>1899</v>
+      </c>
+      <c r="H3" s="94" t="s">
         <v>1183</v>
       </c>
-      <c r="I3" s="95" t="s">
-[...9 lines deleted...]
-      <c r="M3" s="105"/>
+      <c r="I3" s="94" t="s">
+        <v>3</v>
+      </c>
+      <c r="J3" s="95" t="s">
+        <v>3</v>
+      </c>
+      <c r="K3" s="95" t="s">
+        <v>3</v>
+      </c>
+      <c r="L3" s="103"/>
+      <c r="M3" s="104"/>
     </row>
     <row r="4" spans="1:13" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="97" t="s">
-[...2 lines deleted...]
-      <c r="B4" s="95" t="s">
+      <c r="A4" s="96" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B4" s="94" t="s">
         <v>1373</v>
       </c>
-      <c r="C4" s="95" t="s">
+      <c r="C4" s="94" t="s">
+        <v>1847</v>
+      </c>
+      <c r="D4" s="94" t="s">
+        <v>1848</v>
+      </c>
+      <c r="E4" s="94" t="s">
         <v>1849</v>
       </c>
-      <c r="D4" s="95" t="s">
-[...5 lines deleted...]
-      <c r="F4" s="96">
+      <c r="F4" s="95">
         <v>18483056</v>
       </c>
-      <c r="G4" s="95" t="s">
-[...11 lines deleted...]
-      <c r="K4" s="101" t="s">
+      <c r="G4" s="94" t="s">
+        <v>1871</v>
+      </c>
+      <c r="H4" s="100" t="s">
+        <v>3</v>
+      </c>
+      <c r="I4" s="100" t="s">
+        <v>3</v>
+      </c>
+      <c r="J4" s="100" t="s">
+        <v>1872</v>
+      </c>
+      <c r="K4" s="100" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="26" t="s">
-        <v>1863</v>
-[...1 lines deleted...]
-      <c r="B5" s="96" t="s">
+        <v>1861</v>
+      </c>
+      <c r="B5" s="95" t="s">
         <v>131</v>
       </c>
-      <c r="C5" s="96" t="s">
-[...21 lines deleted...]
-      <c r="K5" s="101" t="s">
+      <c r="C5" s="95" t="s">
+        <v>1850</v>
+      </c>
+      <c r="D5" s="95" t="s">
+        <v>1851</v>
+      </c>
+      <c r="E5" s="95"/>
+      <c r="F5" s="94" t="s">
+        <v>1870</v>
+      </c>
+      <c r="G5" s="95" t="s">
+        <v>1869</v>
+      </c>
+      <c r="H5" s="100" t="s">
+        <v>1874</v>
+      </c>
+      <c r="I5" s="100" t="s">
+        <v>3</v>
+      </c>
+      <c r="J5" s="100" t="s">
+        <v>3</v>
+      </c>
+      <c r="K5" s="100" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="26" t="s">
-        <v>1867</v>
-[...1 lines deleted...]
-      <c r="B6" s="100" t="s">
+        <v>1865</v>
+      </c>
+      <c r="B6" s="99" t="s">
         <v>41</v>
       </c>
-      <c r="C6" s="100" t="s">
+      <c r="C6" s="99" t="s">
         <v>1603</v>
       </c>
-      <c r="D6" s="100" t="s">
+      <c r="D6" s="99" t="s">
         <v>1604</v>
       </c>
-      <c r="E6" s="100" t="s">
+      <c r="E6" s="99" t="s">
         <v>1605</v>
       </c>
-      <c r="F6" s="100" t="s">
+      <c r="F6" s="99" t="s">
         <v>1606</v>
       </c>
-      <c r="G6" s="100" t="s">
-[...8 lines deleted...]
-      <c r="J6" s="100">
+      <c r="G6" s="99" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H6" s="99" t="s">
+        <v>3</v>
+      </c>
+      <c r="I6" s="99" t="s">
+        <v>3</v>
+      </c>
+      <c r="J6" s="99">
         <v>1</v>
       </c>
-      <c r="K6" s="100" t="s">
+      <c r="K6" s="99" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="7" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="26" t="s">
+        <v>1862</v>
+      </c>
+      <c r="B7" s="95" t="s">
+        <v>32</v>
+      </c>
+      <c r="C7" s="95" t="s">
+        <v>1852</v>
+      </c>
+      <c r="D7" s="95" t="s">
+        <v>364</v>
+      </c>
+      <c r="E7" s="95" t="s">
+        <v>1853</v>
+      </c>
+      <c r="F7" s="95" t="s">
+        <v>1854</v>
+      </c>
+      <c r="G7" s="94" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H7" s="100" t="s">
+        <v>3</v>
+      </c>
+      <c r="I7" s="100" t="s">
+        <v>3</v>
+      </c>
+      <c r="J7" s="100" t="s">
+        <v>1872</v>
+      </c>
+      <c r="K7" s="100" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="97" t="s">
+        <v>1863</v>
+      </c>
+      <c r="B8" s="94" t="s">
+        <v>66</v>
+      </c>
+      <c r="C8" s="94" t="s">
+        <v>1855</v>
+      </c>
+      <c r="D8" s="94" t="s">
+        <v>1856</v>
+      </c>
+      <c r="E8" s="94" t="s">
+        <v>715</v>
+      </c>
+      <c r="F8" s="94" t="s">
+        <v>1857</v>
+      </c>
+      <c r="G8" s="95" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H8" s="100" t="s">
+        <v>3</v>
+      </c>
+      <c r="I8" s="100" t="s">
+        <v>3</v>
+      </c>
+      <c r="J8" s="100" t="s">
+        <v>1872</v>
+      </c>
+      <c r="K8" s="100" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="97" t="s">
         <v>1864</v>
       </c>
-      <c r="B7" s="96" t="s">
-[...14 lines deleted...]
-      <c r="G7" s="95" t="s">
+      <c r="B9" s="94" t="s">
+        <v>101</v>
+      </c>
+      <c r="C9" s="94" t="s">
+        <v>695</v>
+      </c>
+      <c r="D9" s="94" t="s">
+        <v>103</v>
+      </c>
+      <c r="E9" s="94"/>
+      <c r="F9" s="94" t="s">
         <v>1870</v>
       </c>
-      <c r="H7" s="101" t="s">
-[...22 lines deleted...]
-      <c r="D8" s="95" t="s">
+      <c r="G9" s="94" t="s">
+        <v>1875</v>
+      </c>
+      <c r="H9" s="100" t="s">
+        <v>1876</v>
+      </c>
+      <c r="I9" s="100" t="s">
+        <v>3</v>
+      </c>
+      <c r="J9" s="99">
+        <v>2</v>
+      </c>
+      <c r="K9" s="100" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="98" t="s">
+        <v>78</v>
+      </c>
+      <c r="B10" s="94" t="s">
+        <v>101</v>
+      </c>
+      <c r="C10" s="94" t="s">
+        <v>486</v>
+      </c>
+      <c r="D10" s="94" t="s">
+        <v>106</v>
+      </c>
+      <c r="E10" s="94" t="s">
+        <v>1799</v>
+      </c>
+      <c r="F10" s="94" t="s">
         <v>1858</v>
       </c>
-      <c r="E8" s="95" t="s">
-[...82 lines deleted...]
-      <c r="J10" s="100">
+      <c r="G10" s="94" t="s">
+        <v>1873</v>
+      </c>
+      <c r="H10" s="100" t="s">
+        <v>3</v>
+      </c>
+      <c r="I10" s="99" t="s">
+        <v>3</v>
+      </c>
+      <c r="J10" s="99">
         <v>1</v>
       </c>
-      <c r="K10" s="100" t="s">
+      <c r="K10" s="99" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="15" customHeight="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="102" t="s">
+      <c r="A11" s="101" t="s">
         <v>12</v>
       </c>
-      <c r="B11" s="95" t="s">
+      <c r="B11" s="94" t="s">
         <v>1373</v>
       </c>
-      <c r="C11" s="95" t="s">
+      <c r="C11" s="94" t="s">
         <v>373</v>
       </c>
-      <c r="D11" s="95" t="s">
+      <c r="D11" s="94" t="s">
         <v>160</v>
       </c>
-      <c r="E11" s="95"/>
-      <c r="F11" s="95" t="s">
+      <c r="E11" s="94"/>
+      <c r="F11" s="94" t="s">
+        <v>1771</v>
+      </c>
+      <c r="G11" s="94" t="s">
+        <v>1868</v>
+      </c>
+      <c r="H11" s="95" t="s">
+        <v>3</v>
+      </c>
+      <c r="I11" s="95" t="s">
+        <v>3</v>
+      </c>
+      <c r="J11" s="95" t="s">
+        <v>3</v>
+      </c>
+      <c r="K11" s="95" t="s">
         <v>1772</v>
-      </c>
-[...13 lines deleted...]
-        <v>1773</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="A1:K1"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" scale="75" fitToHeight="0" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hárky</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
     </vt:vector>